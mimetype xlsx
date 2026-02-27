--- v0 (2025-12-17)
+++ v1 (2026-02-27)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cas365-my.sharepoint.com/personal/chieko_kabata_cas_softbank_jp/Documents/デスクトップ/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{70D22EA9-2BDA-496A-B895-6ECE5BA1D44B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{47EFAFAF-F998-45D0-A8B5-A718081CD16D}"/>
+  <xr:revisionPtr revIDLastSave="10" documentId="13_ncr:1_{70D22EA9-2BDA-496A-B895-6ECE5BA1D44B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6CB696A0-A589-4408-99E7-56CE8DCD3487}"/>
   <bookViews>
-    <workbookView xWindow="330" yWindow="20" windowWidth="18620" windowHeight="10060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="100" yWindow="190" windowWidth="19100" windowHeight="11090" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="サイバープロテクション申込書" sheetId="11" r:id="rId1"/>
     <sheet name="サイバープロテクション申込書 (記入例)" sheetId="10" r:id="rId2"/>
     <sheet name="申請書" sheetId="12" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">サイバープロテクション申込書!$A$1:$BH$99</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'サイバープロテクション申込書 (記入例)'!$A$1:$BI$98</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -138,51 +138,51 @@
   <c r="M43" i="12"/>
   <c r="M42" i="12"/>
   <c r="M41" i="12"/>
   <c r="M40" i="12"/>
   <c r="M39" i="12"/>
   <c r="M22" i="12"/>
   <c r="M21" i="12"/>
   <c r="M20" i="12"/>
   <c r="M19" i="12"/>
   <c r="M18" i="12"/>
   <c r="M17" i="12"/>
   <c r="M16" i="12"/>
   <c r="M15" i="12"/>
   <c r="M14" i="12"/>
   <c r="M13" i="12"/>
   <c r="M12" i="12"/>
   <c r="M11" i="12"/>
   <c r="M10" i="12"/>
   <c r="M9" i="12"/>
   <c r="M3" i="12"/>
   <c r="L6" i="12"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1361" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1369" uniqueCount="374">
   <si>
     <t>下記の利用する製品の利用規約をご確認の上、ご記入下さい。不備がありますとサービス開始が出来ない場合がございますのでご注意下さい。</t>
     <rPh sb="3" eb="5">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>セイヒン</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>クダ</t>
     </rPh>
     <rPh sb="28" eb="30">
       <t>フビ</t>
     </rPh>
     <rPh sb="58" eb="60">
       <t>チュウイ</t>
     </rPh>
     <rPh sb="60" eb="61">
       <t>クダ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
@@ -3579,50 +3579,65 @@
     <rPh sb="26" eb="28">
       <t>センタク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>SB C&amp;S株式会社</t>
   </si>
   <si>
     <t>エスビーシーアンドエスカブシキガイシャ</t>
   </si>
   <si>
     <t>105-7529</t>
   </si>
   <si>
     <t>東京都</t>
   </si>
   <si>
     <t>港区</t>
   </si>
   <si>
     <t>海岸1-7-1　東京ポートシティ竹芝オフィスタワー</t>
   </si>
   <si>
     <t>sbbmb-cx-msmoperation@g.softbank.co.jp</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ソリューション</t>
+  </si>
+  <si>
+    <t>ソリューション</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>担当者</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>タントウシャ</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
@@ -5341,50 +5356,692 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="2" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="75" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="76" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="100" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="2" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="38" fillId="4" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="4" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="4" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -5406,933 +6063,291 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...796 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="32" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="32" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -7273,454 +7288,454 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26CDADF9-1FC5-4A5B-9817-E4E8E4DAA017}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BH99"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="AY3" sqref="AY3:BH3"/>
+    <sheetView tabSelected="1" topLeftCell="A60" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="Y63" sqref="Y63:AF63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="17.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="60" width="2.90625" style="1" customWidth="1"/>
     <col min="61" max="16384" width="2.6328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:60" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="235" t="s">
+      <c r="A1" s="49" t="s">
         <v>359</v>
       </c>
-      <c r="B1" s="235"/>
-[...48 lines deleted...]
-      <c r="AY1" s="237">
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+      <c r="E1" s="49"/>
+      <c r="F1" s="49"/>
+      <c r="G1" s="49"/>
+      <c r="H1" s="49"/>
+      <c r="I1" s="49"/>
+      <c r="J1" s="49"/>
+      <c r="K1" s="49"/>
+      <c r="L1" s="49"/>
+      <c r="M1" s="49"/>
+      <c r="N1" s="49"/>
+      <c r="O1" s="49"/>
+      <c r="P1" s="49"/>
+      <c r="Q1" s="49"/>
+      <c r="R1" s="49"/>
+      <c r="S1" s="49"/>
+      <c r="T1" s="49"/>
+      <c r="U1" s="49"/>
+      <c r="V1" s="49"/>
+      <c r="W1" s="49"/>
+      <c r="X1" s="49"/>
+      <c r="Y1" s="49"/>
+      <c r="Z1" s="49"/>
+      <c r="AA1" s="49"/>
+      <c r="AB1" s="49"/>
+      <c r="AC1" s="49"/>
+      <c r="AD1" s="49"/>
+      <c r="AE1" s="49"/>
+      <c r="AF1" s="49"/>
+      <c r="AG1" s="49"/>
+      <c r="AH1" s="49"/>
+      <c r="AI1" s="49"/>
+      <c r="AJ1" s="49"/>
+      <c r="AK1" s="49"/>
+      <c r="AL1" s="49"/>
+      <c r="AM1" s="49"/>
+      <c r="AN1" s="49"/>
+      <c r="AO1" s="49"/>
+      <c r="AP1" s="49"/>
+      <c r="AQ1" s="49"/>
+      <c r="AR1" s="49"/>
+      <c r="AS1" s="49"/>
+      <c r="AT1" s="49"/>
+      <c r="AU1" s="49"/>
+      <c r="AV1" s="49"/>
+      <c r="AW1" s="49"/>
+      <c r="AX1" s="50"/>
+      <c r="AY1" s="51">
         <v>20250514</v>
       </c>
-      <c r="AZ1" s="238"/>
-[...7 lines deleted...]
-      <c r="BH1" s="239"/>
+      <c r="AZ1" s="52"/>
+      <c r="BA1" s="52"/>
+      <c r="BB1" s="52"/>
+      <c r="BC1" s="52"/>
+      <c r="BD1" s="52"/>
+      <c r="BE1" s="52"/>
+      <c r="BF1" s="52"/>
+      <c r="BG1" s="52"/>
+      <c r="BH1" s="53"/>
     </row>
     <row r="2" spans="1:60" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="240" t="s">
+      <c r="A2" s="54" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="240"/>
-[...57 lines deleted...]
-      <c r="BH2" s="240"/>
+      <c r="B2" s="54"/>
+      <c r="C2" s="54"/>
+      <c r="D2" s="54"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="54"/>
+      <c r="G2" s="54"/>
+      <c r="H2" s="54"/>
+      <c r="I2" s="54"/>
+      <c r="J2" s="54"/>
+      <c r="K2" s="54"/>
+      <c r="L2" s="54"/>
+      <c r="M2" s="54"/>
+      <c r="N2" s="54"/>
+      <c r="O2" s="54"/>
+      <c r="P2" s="54"/>
+      <c r="Q2" s="54"/>
+      <c r="R2" s="54"/>
+      <c r="S2" s="54"/>
+      <c r="T2" s="54"/>
+      <c r="U2" s="54"/>
+      <c r="V2" s="54"/>
+      <c r="W2" s="54"/>
+      <c r="X2" s="54"/>
+      <c r="Y2" s="54"/>
+      <c r="Z2" s="54"/>
+      <c r="AA2" s="54"/>
+      <c r="AB2" s="54"/>
+      <c r="AC2" s="54"/>
+      <c r="AD2" s="54"/>
+      <c r="AE2" s="54"/>
+      <c r="AF2" s="54"/>
+      <c r="AG2" s="54"/>
+      <c r="AH2" s="54"/>
+      <c r="AI2" s="54"/>
+      <c r="AJ2" s="54"/>
+      <c r="AK2" s="54"/>
+      <c r="AL2" s="54"/>
+      <c r="AM2" s="54"/>
+      <c r="AN2" s="54"/>
+      <c r="AO2" s="54"/>
+      <c r="AP2" s="54"/>
+      <c r="AQ2" s="54"/>
+      <c r="AR2" s="54"/>
+      <c r="AS2" s="54"/>
+      <c r="AT2" s="54"/>
+      <c r="AU2" s="54"/>
+      <c r="AV2" s="54"/>
+      <c r="AW2" s="54"/>
+      <c r="AX2" s="54"/>
+      <c r="AY2" s="54"/>
+      <c r="AZ2" s="54"/>
+      <c r="BA2" s="54"/>
+      <c r="BB2" s="54"/>
+      <c r="BC2" s="54"/>
+      <c r="BD2" s="54"/>
+      <c r="BE2" s="54"/>
+      <c r="BF2" s="54"/>
+      <c r="BG2" s="54"/>
+      <c r="BH2" s="54"/>
     </row>
     <row r="3" spans="1:60" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="241" t="s">
+      <c r="A3" s="55" t="s">
         <v>361</v>
       </c>
-      <c r="B3" s="241"/>
-[...40 lines deleted...]
-      <c r="AQ3" s="241"/>
+      <c r="B3" s="55"/>
+      <c r="C3" s="55"/>
+      <c r="D3" s="55"/>
+      <c r="E3" s="55"/>
+      <c r="F3" s="55"/>
+      <c r="G3" s="55"/>
+      <c r="H3" s="55"/>
+      <c r="I3" s="55"/>
+      <c r="J3" s="55"/>
+      <c r="K3" s="55"/>
+      <c r="L3" s="55"/>
+      <c r="M3" s="55"/>
+      <c r="N3" s="55"/>
+      <c r="O3" s="55"/>
+      <c r="P3" s="55"/>
+      <c r="Q3" s="55"/>
+      <c r="R3" s="55"/>
+      <c r="S3" s="55"/>
+      <c r="T3" s="55"/>
+      <c r="U3" s="55"/>
+      <c r="V3" s="55"/>
+      <c r="W3" s="55"/>
+      <c r="X3" s="55"/>
+      <c r="Y3" s="55"/>
+      <c r="Z3" s="55"/>
+      <c r="AA3" s="55"/>
+      <c r="AB3" s="55"/>
+      <c r="AC3" s="55"/>
+      <c r="AD3" s="55"/>
+      <c r="AE3" s="55"/>
+      <c r="AF3" s="55"/>
+      <c r="AG3" s="55"/>
+      <c r="AH3" s="55"/>
+      <c r="AI3" s="55"/>
+      <c r="AJ3" s="55"/>
+      <c r="AK3" s="55"/>
+      <c r="AL3" s="55"/>
+      <c r="AM3" s="55"/>
+      <c r="AN3" s="55"/>
+      <c r="AO3" s="55"/>
+      <c r="AP3" s="55"/>
+      <c r="AQ3" s="55"/>
       <c r="AR3" s="32"/>
-      <c r="AS3" s="242" t="s">
+      <c r="AS3" s="56" t="s">
         <v>1</v>
       </c>
-      <c r="AT3" s="243"/>
-[...13 lines deleted...]
-      <c r="BH3" s="247"/>
+      <c r="AT3" s="57"/>
+      <c r="AU3" s="57"/>
+      <c r="AV3" s="57"/>
+      <c r="AW3" s="57"/>
+      <c r="AX3" s="58"/>
+      <c r="AY3" s="59"/>
+      <c r="AZ3" s="60"/>
+      <c r="BA3" s="60"/>
+      <c r="BB3" s="60"/>
+      <c r="BC3" s="60"/>
+      <c r="BD3" s="60"/>
+      <c r="BE3" s="60"/>
+      <c r="BF3" s="60"/>
+      <c r="BG3" s="60"/>
+      <c r="BH3" s="61"/>
     </row>
     <row r="4" spans="1:60" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="225" t="s">
+      <c r="A4" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="225"/>
-[...57 lines deleted...]
-      <c r="BH4" s="225"/>
+      <c r="B4" s="36"/>
+      <c r="C4" s="36"/>
+      <c r="D4" s="36"/>
+      <c r="E4" s="36"/>
+      <c r="F4" s="36"/>
+      <c r="G4" s="36"/>
+      <c r="H4" s="36"/>
+      <c r="I4" s="36"/>
+      <c r="J4" s="36"/>
+      <c r="K4" s="36"/>
+      <c r="L4" s="36"/>
+      <c r="M4" s="36"/>
+      <c r="N4" s="36"/>
+      <c r="O4" s="36"/>
+      <c r="P4" s="36"/>
+      <c r="Q4" s="36"/>
+      <c r="R4" s="36"/>
+      <c r="S4" s="36"/>
+      <c r="T4" s="36"/>
+      <c r="U4" s="36"/>
+      <c r="V4" s="36"/>
+      <c r="W4" s="36"/>
+      <c r="X4" s="36"/>
+      <c r="Y4" s="36"/>
+      <c r="Z4" s="36"/>
+      <c r="AA4" s="36"/>
+      <c r="AB4" s="36"/>
+      <c r="AC4" s="36"/>
+      <c r="AD4" s="36"/>
+      <c r="AE4" s="36"/>
+      <c r="AF4" s="36"/>
+      <c r="AG4" s="36"/>
+      <c r="AH4" s="36"/>
+      <c r="AI4" s="36"/>
+      <c r="AJ4" s="36"/>
+      <c r="AK4" s="36"/>
+      <c r="AL4" s="36"/>
+      <c r="AM4" s="36"/>
+      <c r="AN4" s="36"/>
+      <c r="AO4" s="36"/>
+      <c r="AP4" s="36"/>
+      <c r="AQ4" s="36"/>
+      <c r="AR4" s="36"/>
+      <c r="AS4" s="36"/>
+      <c r="AT4" s="36"/>
+      <c r="AU4" s="36"/>
+      <c r="AV4" s="36"/>
+      <c r="AW4" s="36"/>
+      <c r="AX4" s="36"/>
+      <c r="AY4" s="36"/>
+      <c r="AZ4" s="36"/>
+      <c r="BA4" s="36"/>
+      <c r="BB4" s="36"/>
+      <c r="BC4" s="36"/>
+      <c r="BD4" s="36"/>
+      <c r="BE4" s="36"/>
+      <c r="BF4" s="36"/>
+      <c r="BG4" s="36"/>
+      <c r="BH4" s="36"/>
     </row>
     <row r="5" spans="1:60" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="226" t="s">
+      <c r="A5" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="226"/>
-[...57 lines deleted...]
-      <c r="BH5" s="226"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
+      <c r="D5" s="37"/>
+      <c r="E5" s="37"/>
+      <c r="F5" s="37"/>
+      <c r="G5" s="37"/>
+      <c r="H5" s="37"/>
+      <c r="I5" s="37"/>
+      <c r="J5" s="37"/>
+      <c r="K5" s="37"/>
+      <c r="L5" s="37"/>
+      <c r="M5" s="37"/>
+      <c r="N5" s="37"/>
+      <c r="O5" s="37"/>
+      <c r="P5" s="37"/>
+      <c r="Q5" s="37"/>
+      <c r="R5" s="37"/>
+      <c r="S5" s="37"/>
+      <c r="T5" s="37"/>
+      <c r="U5" s="37"/>
+      <c r="V5" s="37"/>
+      <c r="W5" s="37"/>
+      <c r="X5" s="37"/>
+      <c r="Y5" s="37"/>
+      <c r="Z5" s="37"/>
+      <c r="AA5" s="37"/>
+      <c r="AB5" s="37"/>
+      <c r="AC5" s="37"/>
+      <c r="AD5" s="37"/>
+      <c r="AE5" s="37"/>
+      <c r="AF5" s="37"/>
+      <c r="AG5" s="37"/>
+      <c r="AH5" s="37"/>
+      <c r="AI5" s="37"/>
+      <c r="AJ5" s="37"/>
+      <c r="AK5" s="37"/>
+      <c r="AL5" s="37"/>
+      <c r="AM5" s="37"/>
+      <c r="AN5" s="37"/>
+      <c r="AO5" s="37"/>
+      <c r="AP5" s="37"/>
+      <c r="AQ5" s="37"/>
+      <c r="AR5" s="37"/>
+      <c r="AS5" s="37"/>
+      <c r="AT5" s="37"/>
+      <c r="AU5" s="37"/>
+      <c r="AV5" s="37"/>
+      <c r="AW5" s="37"/>
+      <c r="AX5" s="37"/>
+      <c r="AY5" s="37"/>
+      <c r="AZ5" s="37"/>
+      <c r="BA5" s="37"/>
+      <c r="BB5" s="37"/>
+      <c r="BC5" s="37"/>
+      <c r="BD5" s="37"/>
+      <c r="BE5" s="37"/>
+      <c r="BF5" s="37"/>
+      <c r="BG5" s="37"/>
+      <c r="BH5" s="37"/>
     </row>
     <row r="6" spans="1:60" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="167" t="s">
+      <c r="A6" s="38" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="227"/>
-[...57 lines deleted...]
-      <c r="BH6" s="228"/>
+      <c r="B6" s="39"/>
+      <c r="C6" s="39"/>
+      <c r="D6" s="39"/>
+      <c r="E6" s="39"/>
+      <c r="F6" s="39"/>
+      <c r="G6" s="39"/>
+      <c r="H6" s="39"/>
+      <c r="I6" s="39"/>
+      <c r="J6" s="39"/>
+      <c r="K6" s="39"/>
+      <c r="L6" s="39"/>
+      <c r="M6" s="39"/>
+      <c r="N6" s="39"/>
+      <c r="O6" s="39"/>
+      <c r="P6" s="39"/>
+      <c r="Q6" s="39"/>
+      <c r="R6" s="39"/>
+      <c r="S6" s="39"/>
+      <c r="T6" s="39"/>
+      <c r="U6" s="39"/>
+      <c r="V6" s="39"/>
+      <c r="W6" s="39"/>
+      <c r="X6" s="39"/>
+      <c r="Y6" s="39"/>
+      <c r="Z6" s="39"/>
+      <c r="AA6" s="39"/>
+      <c r="AB6" s="39"/>
+      <c r="AC6" s="39"/>
+      <c r="AD6" s="39"/>
+      <c r="AE6" s="39"/>
+      <c r="AF6" s="39"/>
+      <c r="AG6" s="39"/>
+      <c r="AH6" s="39"/>
+      <c r="AI6" s="39"/>
+      <c r="AJ6" s="39"/>
+      <c r="AK6" s="39"/>
+      <c r="AL6" s="39"/>
+      <c r="AM6" s="39"/>
+      <c r="AN6" s="39"/>
+      <c r="AO6" s="39"/>
+      <c r="AP6" s="39"/>
+      <c r="AQ6" s="39"/>
+      <c r="AR6" s="39"/>
+      <c r="AS6" s="39"/>
+      <c r="AT6" s="39"/>
+      <c r="AU6" s="39"/>
+      <c r="AV6" s="39"/>
+      <c r="AW6" s="39"/>
+      <c r="AX6" s="39"/>
+      <c r="AY6" s="39"/>
+      <c r="AZ6" s="39"/>
+      <c r="BA6" s="39"/>
+      <c r="BB6" s="39"/>
+      <c r="BC6" s="39"/>
+      <c r="BD6" s="39"/>
+      <c r="BE6" s="39"/>
+      <c r="BF6" s="39"/>
+      <c r="BG6" s="39"/>
+      <c r="BH6" s="40"/>
     </row>
     <row r="7" spans="1:60" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="229" t="s">
+      <c r="A7" s="41" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="230"/>
-      <c r="C7" s="230"/>
+      <c r="B7" s="42"/>
+      <c r="C7" s="42"/>
       <c r="D7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="5"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
@@ -7742,316 +7757,316 @@
       <c r="AL7" s="3"/>
       <c r="AM7" s="3"/>
       <c r="AN7" s="3"/>
       <c r="AO7" s="3"/>
       <c r="AP7" s="3"/>
       <c r="AQ7" s="3"/>
       <c r="AR7" s="3"/>
       <c r="AS7" s="3"/>
       <c r="AT7" s="3"/>
       <c r="AU7" s="3"/>
       <c r="AV7" s="3"/>
       <c r="AW7" s="3"/>
       <c r="AX7" s="3"/>
       <c r="AY7" s="3"/>
       <c r="AZ7" s="3"/>
       <c r="BA7" s="3"/>
       <c r="BB7" s="3"/>
       <c r="BC7" s="3"/>
       <c r="BD7" s="3"/>
       <c r="BE7" s="3"/>
       <c r="BF7" s="3"/>
       <c r="BG7" s="3"/>
       <c r="BH7" s="6"/>
     </row>
     <row r="8" spans="1:60" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="231" t="s">
+      <c r="A8" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="232"/>
-[...13 lines deleted...]
-      <c r="P8" s="233" t="s">
+      <c r="B8" s="44"/>
+      <c r="C8" s="44"/>
+      <c r="D8" s="44"/>
+      <c r="E8" s="44"/>
+      <c r="F8" s="44"/>
+      <c r="G8" s="44"/>
+      <c r="H8" s="44"/>
+      <c r="I8" s="44"/>
+      <c r="J8" s="44"/>
+      <c r="K8" s="44"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="46"/>
+      <c r="O8" s="46"/>
+      <c r="P8" s="47" t="s">
         <v>10</v>
       </c>
-      <c r="Q8" s="233"/>
-[...42 lines deleted...]
-      <c r="BH8" s="234"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="47"/>
+      <c r="S8" s="47"/>
+      <c r="T8" s="47"/>
+      <c r="U8" s="47"/>
+      <c r="V8" s="47"/>
+      <c r="W8" s="47"/>
+      <c r="X8" s="47"/>
+      <c r="Y8" s="47"/>
+      <c r="Z8" s="47"/>
+      <c r="AA8" s="47"/>
+      <c r="AB8" s="47"/>
+      <c r="AC8" s="47"/>
+      <c r="AD8" s="47"/>
+      <c r="AE8" s="47"/>
+      <c r="AF8" s="47"/>
+      <c r="AG8" s="47"/>
+      <c r="AH8" s="47"/>
+      <c r="AI8" s="47"/>
+      <c r="AJ8" s="47"/>
+      <c r="AK8" s="47"/>
+      <c r="AL8" s="47"/>
+      <c r="AM8" s="47"/>
+      <c r="AN8" s="47"/>
+      <c r="AO8" s="47"/>
+      <c r="AP8" s="47"/>
+      <c r="AQ8" s="47"/>
+      <c r="AR8" s="47"/>
+      <c r="AS8" s="47"/>
+      <c r="AT8" s="47"/>
+      <c r="AU8" s="47"/>
+      <c r="AV8" s="47"/>
+      <c r="AW8" s="47"/>
+      <c r="AX8" s="47"/>
+      <c r="AY8" s="47"/>
+      <c r="AZ8" s="47"/>
+      <c r="BA8" s="47"/>
+      <c r="BB8" s="47"/>
+      <c r="BC8" s="47"/>
+      <c r="BD8" s="47"/>
+      <c r="BE8" s="47"/>
+      <c r="BF8" s="47"/>
+      <c r="BG8" s="47"/>
+      <c r="BH8" s="48"/>
     </row>
     <row r="9" spans="1:60" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="216" t="s">
+      <c r="A9" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="217"/>
-[...13 lines deleted...]
-      <c r="P9" s="220" t="s">
+      <c r="B9" s="82"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="83"/>
+      <c r="N9" s="84"/>
+      <c r="O9" s="84"/>
+      <c r="P9" s="85" t="s">
         <v>12</v>
       </c>
-      <c r="Q9" s="220"/>
-[...23 lines deleted...]
-      <c r="AO9" s="221" t="s">
+      <c r="Q9" s="85"/>
+      <c r="R9" s="85"/>
+      <c r="S9" s="85"/>
+      <c r="T9" s="85"/>
+      <c r="U9" s="85"/>
+      <c r="V9" s="85"/>
+      <c r="W9" s="85"/>
+      <c r="X9" s="85"/>
+      <c r="Y9" s="85"/>
+      <c r="Z9" s="85"/>
+      <c r="AA9" s="85"/>
+      <c r="AB9" s="85"/>
+      <c r="AC9" s="85"/>
+      <c r="AD9" s="85"/>
+      <c r="AE9" s="85"/>
+      <c r="AF9" s="85"/>
+      <c r="AG9" s="85"/>
+      <c r="AH9" s="85"/>
+      <c r="AI9" s="85"/>
+      <c r="AJ9" s="85"/>
+      <c r="AK9" s="85"/>
+      <c r="AL9" s="85"/>
+      <c r="AM9" s="85"/>
+      <c r="AN9" s="85"/>
+      <c r="AO9" s="86" t="s">
         <v>13</v>
       </c>
-      <c r="AP9" s="222"/>
-[...6 lines deleted...]
-      <c r="AW9" s="210" t="s">
+      <c r="AP9" s="87"/>
+      <c r="AQ9" s="87"/>
+      <c r="AR9" s="88"/>
+      <c r="AS9" s="89"/>
+      <c r="AT9" s="74"/>
+      <c r="AU9" s="74"/>
+      <c r="AV9" s="74"/>
+      <c r="AW9" s="75" t="s">
         <v>14</v>
       </c>
-      <c r="AX9" s="210"/>
-[...3 lines deleted...]
-      <c r="BB9" s="210" t="s">
+      <c r="AX9" s="75"/>
+      <c r="AY9" s="74"/>
+      <c r="AZ9" s="74"/>
+      <c r="BA9" s="74"/>
+      <c r="BB9" s="75" t="s">
         <v>15</v>
       </c>
-      <c r="BC9" s="210"/>
-[...3 lines deleted...]
-      <c r="BG9" s="210" t="s">
+      <c r="BC9" s="75"/>
+      <c r="BD9" s="74"/>
+      <c r="BE9" s="74"/>
+      <c r="BF9" s="74"/>
+      <c r="BG9" s="75" t="s">
         <v>16</v>
       </c>
-      <c r="BH9" s="211"/>
+      <c r="BH9" s="76"/>
     </row>
     <row r="10" spans="1:60" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="212" t="s">
+      <c r="A10" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="213"/>
-[...57 lines deleted...]
-      <c r="BH10" s="215"/>
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="78"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="78"/>
+      <c r="I10" s="78"/>
+      <c r="J10" s="78"/>
+      <c r="K10" s="78"/>
+      <c r="L10" s="78"/>
+      <c r="M10" s="79"/>
+      <c r="N10" s="79"/>
+      <c r="O10" s="79"/>
+      <c r="P10" s="79"/>
+      <c r="Q10" s="79"/>
+      <c r="R10" s="79"/>
+      <c r="S10" s="79"/>
+      <c r="T10" s="79"/>
+      <c r="U10" s="79"/>
+      <c r="V10" s="79"/>
+      <c r="W10" s="79"/>
+      <c r="X10" s="79"/>
+      <c r="Y10" s="79"/>
+      <c r="Z10" s="79"/>
+      <c r="AA10" s="79"/>
+      <c r="AB10" s="79"/>
+      <c r="AC10" s="79"/>
+      <c r="AD10" s="79"/>
+      <c r="AE10" s="79"/>
+      <c r="AF10" s="79"/>
+      <c r="AG10" s="79"/>
+      <c r="AH10" s="79"/>
+      <c r="AI10" s="79"/>
+      <c r="AJ10" s="79"/>
+      <c r="AK10" s="79"/>
+      <c r="AL10" s="79"/>
+      <c r="AM10" s="79"/>
+      <c r="AN10" s="79"/>
+      <c r="AO10" s="79"/>
+      <c r="AP10" s="79"/>
+      <c r="AQ10" s="79"/>
+      <c r="AR10" s="79"/>
+      <c r="AS10" s="79"/>
+      <c r="AT10" s="79"/>
+      <c r="AU10" s="79"/>
+      <c r="AV10" s="79"/>
+      <c r="AW10" s="79"/>
+      <c r="AX10" s="79"/>
+      <c r="AY10" s="79"/>
+      <c r="AZ10" s="79"/>
+      <c r="BA10" s="79"/>
+      <c r="BB10" s="79"/>
+      <c r="BC10" s="79"/>
+      <c r="BD10" s="79"/>
+      <c r="BE10" s="79"/>
+      <c r="BF10" s="79"/>
+      <c r="BG10" s="79"/>
+      <c r="BH10" s="80"/>
     </row>
     <row r="11" spans="1:60" ht="38.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="199" t="s">
+      <c r="A11" s="62" t="s">
         <v>360</v>
       </c>
-      <c r="B11" s="200"/>
-[...57 lines deleted...]
-      <c r="BH11" s="201"/>
+      <c r="B11" s="63"/>
+      <c r="C11" s="63"/>
+      <c r="D11" s="63"/>
+      <c r="E11" s="63"/>
+      <c r="F11" s="63"/>
+      <c r="G11" s="63"/>
+      <c r="H11" s="63"/>
+      <c r="I11" s="63"/>
+      <c r="J11" s="63"/>
+      <c r="K11" s="63"/>
+      <c r="L11" s="63"/>
+      <c r="M11" s="63"/>
+      <c r="N11" s="63"/>
+      <c r="O11" s="63"/>
+      <c r="P11" s="63"/>
+      <c r="Q11" s="63"/>
+      <c r="R11" s="63"/>
+      <c r="S11" s="63"/>
+      <c r="T11" s="63"/>
+      <c r="U11" s="63"/>
+      <c r="V11" s="63"/>
+      <c r="W11" s="63"/>
+      <c r="X11" s="63"/>
+      <c r="Y11" s="63"/>
+      <c r="Z11" s="63"/>
+      <c r="AA11" s="63"/>
+      <c r="AB11" s="63"/>
+      <c r="AC11" s="63"/>
+      <c r="AD11" s="63"/>
+      <c r="AE11" s="63"/>
+      <c r="AF11" s="63"/>
+      <c r="AG11" s="63"/>
+      <c r="AH11" s="63"/>
+      <c r="AI11" s="63"/>
+      <c r="AJ11" s="63"/>
+      <c r="AK11" s="63"/>
+      <c r="AL11" s="63"/>
+      <c r="AM11" s="63"/>
+      <c r="AN11" s="63"/>
+      <c r="AO11" s="63"/>
+      <c r="AP11" s="63"/>
+      <c r="AQ11" s="63"/>
+      <c r="AR11" s="63"/>
+      <c r="AS11" s="63"/>
+      <c r="AT11" s="63"/>
+      <c r="AU11" s="63"/>
+      <c r="AV11" s="63"/>
+      <c r="AW11" s="63"/>
+      <c r="AX11" s="63"/>
+      <c r="AY11" s="63"/>
+      <c r="AZ11" s="63"/>
+      <c r="BA11" s="63"/>
+      <c r="BB11" s="63"/>
+      <c r="BC11" s="63"/>
+      <c r="BD11" s="63"/>
+      <c r="BE11" s="63"/>
+      <c r="BF11" s="63"/>
+      <c r="BG11" s="63"/>
+      <c r="BH11" s="64"/>
     </row>
     <row r="12" spans="1:60" ht="39.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="24"/>
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
       <c r="D12" s="22"/>
       <c r="E12" s="22"/>
       <c r="F12" s="22"/>
       <c r="G12" s="22"/>
       <c r="H12" s="22"/>
       <c r="I12" s="22"/>
       <c r="J12" s="22"/>
       <c r="K12" s="22"/>
       <c r="L12" s="22"/>
       <c r="M12" s="28"/>
       <c r="N12" s="28"/>
       <c r="O12" s="28"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="25"/>
       <c r="R12" s="25"/>
       <c r="S12" s="25"/>
       <c r="T12" s="25"/>
       <c r="U12" s="25"/>
       <c r="V12" s="25"/>
       <c r="W12" s="25"/>
@@ -8135,456 +8150,456 @@
       <c r="AM13" s="25"/>
       <c r="AN13" s="25"/>
       <c r="AO13" s="26"/>
       <c r="AP13" s="26"/>
       <c r="AQ13" s="26"/>
       <c r="AR13" s="26"/>
       <c r="AS13" s="26"/>
       <c r="AT13" s="26"/>
       <c r="AU13" s="26"/>
       <c r="AV13" s="26"/>
       <c r="AW13" s="27"/>
       <c r="AX13" s="27"/>
       <c r="AY13" s="26"/>
       <c r="AZ13" s="26"/>
       <c r="BA13" s="26"/>
       <c r="BB13" s="27"/>
       <c r="BC13" s="27"/>
       <c r="BD13" s="26"/>
       <c r="BE13" s="26"/>
       <c r="BF13" s="26"/>
       <c r="BG13" s="27"/>
       <c r="BH13" s="27"/>
     </row>
     <row r="14" spans="1:60" ht="43.4" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:60" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="202" t="s">
+      <c r="A15" s="65" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="203"/>
-[...11 lines deleted...]
-      <c r="N15" s="191" t="s">
+      <c r="B15" s="66"/>
+      <c r="C15" s="66"/>
+      <c r="D15" s="66"/>
+      <c r="E15" s="66"/>
+      <c r="F15" s="66"/>
+      <c r="G15" s="66"/>
+      <c r="H15" s="66"/>
+      <c r="I15" s="66"/>
+      <c r="J15" s="67"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="46"/>
+      <c r="M15" s="46"/>
+      <c r="N15" s="68" t="s">
         <v>19</v>
       </c>
-      <c r="O15" s="191"/>
-[...9 lines deleted...]
-      <c r="Y15" s="191" t="s">
+      <c r="O15" s="68"/>
+      <c r="P15" s="68"/>
+      <c r="Q15" s="68"/>
+      <c r="R15" s="68"/>
+      <c r="S15" s="68"/>
+      <c r="T15" s="68"/>
+      <c r="U15" s="69"/>
+      <c r="V15" s="45"/>
+      <c r="W15" s="46"/>
+      <c r="X15" s="46"/>
+      <c r="Y15" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="Z15" s="191"/>
-[...6 lines deleted...]
-      <c r="AG15" s="205" t="s">
+      <c r="Z15" s="68"/>
+      <c r="AA15" s="68"/>
+      <c r="AB15" s="68"/>
+      <c r="AC15" s="68"/>
+      <c r="AD15" s="68"/>
+      <c r="AE15" s="68"/>
+      <c r="AF15" s="68"/>
+      <c r="AG15" s="70" t="s">
         <v>21</v>
       </c>
-      <c r="AH15" s="203"/>
-[...25 lines deleted...]
-      <c r="BH15" s="208"/>
+      <c r="AH15" s="66"/>
+      <c r="AI15" s="66"/>
+      <c r="AJ15" s="66"/>
+      <c r="AK15" s="66"/>
+      <c r="AL15" s="66"/>
+      <c r="AM15" s="66"/>
+      <c r="AN15" s="66"/>
+      <c r="AO15" s="66"/>
+      <c r="AP15" s="66"/>
+      <c r="AQ15" s="66"/>
+      <c r="AR15" s="67"/>
+      <c r="AS15" s="71"/>
+      <c r="AT15" s="72"/>
+      <c r="AU15" s="72"/>
+      <c r="AV15" s="72"/>
+      <c r="AW15" s="72"/>
+      <c r="AX15" s="72"/>
+      <c r="AY15" s="72"/>
+      <c r="AZ15" s="72"/>
+      <c r="BA15" s="72"/>
+      <c r="BB15" s="72"/>
+      <c r="BC15" s="72"/>
+      <c r="BD15" s="72"/>
+      <c r="BE15" s="72"/>
+      <c r="BF15" s="72"/>
+      <c r="BG15" s="72"/>
+      <c r="BH15" s="73"/>
     </row>
     <row r="16" spans="1:60" ht="93.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="182" t="s">
+      <c r="A16" s="90" t="s">
         <v>22</v>
       </c>
-      <c r="B16" s="183"/>
-[...30 lines deleted...]
-      <c r="AG16" s="184" t="s">
+      <c r="B16" s="91"/>
+      <c r="C16" s="91"/>
+      <c r="D16" s="91"/>
+      <c r="E16" s="91"/>
+      <c r="F16" s="91"/>
+      <c r="G16" s="91"/>
+      <c r="H16" s="91"/>
+      <c r="I16" s="91"/>
+      <c r="J16" s="91"/>
+      <c r="K16" s="91"/>
+      <c r="L16" s="91"/>
+      <c r="M16" s="91"/>
+      <c r="N16" s="91"/>
+      <c r="O16" s="91"/>
+      <c r="P16" s="91"/>
+      <c r="Q16" s="91"/>
+      <c r="R16" s="91"/>
+      <c r="S16" s="91"/>
+      <c r="T16" s="91"/>
+      <c r="U16" s="91"/>
+      <c r="V16" s="91"/>
+      <c r="W16" s="91"/>
+      <c r="X16" s="91"/>
+      <c r="Y16" s="91"/>
+      <c r="Z16" s="91"/>
+      <c r="AA16" s="91"/>
+      <c r="AB16" s="91"/>
+      <c r="AC16" s="91"/>
+      <c r="AD16" s="91"/>
+      <c r="AE16" s="91"/>
+      <c r="AF16" s="91"/>
+      <c r="AG16" s="92" t="s">
         <v>23</v>
       </c>
-      <c r="AH16" s="172"/>
-[...25 lines deleted...]
-      <c r="BH16" s="185"/>
+      <c r="AH16" s="93"/>
+      <c r="AI16" s="93"/>
+      <c r="AJ16" s="93"/>
+      <c r="AK16" s="93"/>
+      <c r="AL16" s="93"/>
+      <c r="AM16" s="93"/>
+      <c r="AN16" s="93"/>
+      <c r="AO16" s="93"/>
+      <c r="AP16" s="93"/>
+      <c r="AQ16" s="93"/>
+      <c r="AR16" s="93"/>
+      <c r="AS16" s="93"/>
+      <c r="AT16" s="93"/>
+      <c r="AU16" s="93"/>
+      <c r="AV16" s="93"/>
+      <c r="AW16" s="93"/>
+      <c r="AX16" s="93"/>
+      <c r="AY16" s="93"/>
+      <c r="AZ16" s="93"/>
+      <c r="BA16" s="93"/>
+      <c r="BB16" s="93"/>
+      <c r="BC16" s="93"/>
+      <c r="BD16" s="93"/>
+      <c r="BE16" s="93"/>
+      <c r="BF16" s="93"/>
+      <c r="BG16" s="93"/>
+      <c r="BH16" s="94"/>
     </row>
     <row r="17" spans="1:60" ht="44.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="186" t="s">
+      <c r="A17" s="95" t="s">
         <v>362</v>
       </c>
-      <c r="B17" s="187"/>
-[...11 lines deleted...]
-      <c r="N17" s="191" t="s">
+      <c r="B17" s="96"/>
+      <c r="C17" s="96"/>
+      <c r="D17" s="96"/>
+      <c r="E17" s="96"/>
+      <c r="F17" s="96"/>
+      <c r="G17" s="96"/>
+      <c r="H17" s="96"/>
+      <c r="I17" s="96"/>
+      <c r="J17" s="97"/>
+      <c r="K17" s="45"/>
+      <c r="L17" s="46"/>
+      <c r="M17" s="46"/>
+      <c r="N17" s="68" t="s">
         <v>24</v>
       </c>
-      <c r="O17" s="191"/>
-[...9 lines deleted...]
-      <c r="Y17" s="191" t="s">
+      <c r="O17" s="68"/>
+      <c r="P17" s="68"/>
+      <c r="Q17" s="68"/>
+      <c r="R17" s="68"/>
+      <c r="S17" s="68"/>
+      <c r="T17" s="68"/>
+      <c r="U17" s="69"/>
+      <c r="V17" s="45"/>
+      <c r="W17" s="46"/>
+      <c r="X17" s="46"/>
+      <c r="Y17" s="68" t="s">
         <v>25</v>
       </c>
-      <c r="Z17" s="191"/>
-[...6 lines deleted...]
-      <c r="AG17" s="193" t="s">
+      <c r="Z17" s="68"/>
+      <c r="AA17" s="68"/>
+      <c r="AB17" s="68"/>
+      <c r="AC17" s="68"/>
+      <c r="AD17" s="68"/>
+      <c r="AE17" s="68"/>
+      <c r="AF17" s="68"/>
+      <c r="AG17" s="98" t="s">
         <v>26</v>
       </c>
-      <c r="AH17" s="194"/>
-[...25 lines deleted...]
-      <c r="BH17" s="198"/>
+      <c r="AH17" s="99"/>
+      <c r="AI17" s="99"/>
+      <c r="AJ17" s="99"/>
+      <c r="AK17" s="99"/>
+      <c r="AL17" s="99"/>
+      <c r="AM17" s="99"/>
+      <c r="AN17" s="99"/>
+      <c r="AO17" s="99"/>
+      <c r="AP17" s="99"/>
+      <c r="AQ17" s="99"/>
+      <c r="AR17" s="100"/>
+      <c r="AS17" s="101"/>
+      <c r="AT17" s="102"/>
+      <c r="AU17" s="102"/>
+      <c r="AV17" s="102"/>
+      <c r="AW17" s="102"/>
+      <c r="AX17" s="102"/>
+      <c r="AY17" s="102"/>
+      <c r="AZ17" s="102"/>
+      <c r="BA17" s="102"/>
+      <c r="BB17" s="102"/>
+      <c r="BC17" s="102"/>
+      <c r="BD17" s="102"/>
+      <c r="BE17" s="102"/>
+      <c r="BF17" s="102"/>
+      <c r="BG17" s="102"/>
+      <c r="BH17" s="103"/>
     </row>
     <row r="18" spans="1:60" ht="44.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="163" t="s">
+      <c r="A18" s="108" t="s">
         <v>27</v>
       </c>
-      <c r="B18" s="172"/>
-[...30 lines deleted...]
-      <c r="AG18" s="173" t="s">
+      <c r="B18" s="93"/>
+      <c r="C18" s="93"/>
+      <c r="D18" s="93"/>
+      <c r="E18" s="93"/>
+      <c r="F18" s="93"/>
+      <c r="G18" s="93"/>
+      <c r="H18" s="93"/>
+      <c r="I18" s="93"/>
+      <c r="J18" s="93"/>
+      <c r="K18" s="93"/>
+      <c r="L18" s="93"/>
+      <c r="M18" s="93"/>
+      <c r="N18" s="93"/>
+      <c r="O18" s="93"/>
+      <c r="P18" s="93"/>
+      <c r="Q18" s="93"/>
+      <c r="R18" s="93"/>
+      <c r="S18" s="93"/>
+      <c r="T18" s="93"/>
+      <c r="U18" s="93"/>
+      <c r="V18" s="93"/>
+      <c r="W18" s="93"/>
+      <c r="X18" s="93"/>
+      <c r="Y18" s="93"/>
+      <c r="Z18" s="93"/>
+      <c r="AA18" s="93"/>
+      <c r="AB18" s="93"/>
+      <c r="AC18" s="93"/>
+      <c r="AD18" s="93"/>
+      <c r="AE18" s="93"/>
+      <c r="AF18" s="93"/>
+      <c r="AG18" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="AH18" s="174"/>
-[...25 lines deleted...]
-      <c r="BH18" s="178"/>
+      <c r="AH18" s="122"/>
+      <c r="AI18" s="122"/>
+      <c r="AJ18" s="122"/>
+      <c r="AK18" s="122"/>
+      <c r="AL18" s="122"/>
+      <c r="AM18" s="122"/>
+      <c r="AN18" s="122"/>
+      <c r="AO18" s="122"/>
+      <c r="AP18" s="122"/>
+      <c r="AQ18" s="122"/>
+      <c r="AR18" s="123"/>
+      <c r="AS18" s="124"/>
+      <c r="AT18" s="125"/>
+      <c r="AU18" s="125"/>
+      <c r="AV18" s="125"/>
+      <c r="AW18" s="125"/>
+      <c r="AX18" s="125"/>
+      <c r="AY18" s="125"/>
+      <c r="AZ18" s="125"/>
+      <c r="BA18" s="125"/>
+      <c r="BB18" s="125"/>
+      <c r="BC18" s="125"/>
+      <c r="BD18" s="125"/>
+      <c r="BE18" s="125"/>
+      <c r="BF18" s="125"/>
+      <c r="BG18" s="125"/>
+      <c r="BH18" s="126"/>
     </row>
     <row r="19" spans="1:60" ht="44.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="179" t="s">
+      <c r="A19" s="127" t="s">
         <v>29</v>
       </c>
-      <c r="B19" s="180"/>
-[...13 lines deleted...]
-      <c r="P19" s="161" t="s">
+      <c r="B19" s="128"/>
+      <c r="C19" s="128"/>
+      <c r="D19" s="128"/>
+      <c r="E19" s="128"/>
+      <c r="F19" s="128"/>
+      <c r="G19" s="128"/>
+      <c r="H19" s="128"/>
+      <c r="I19" s="128"/>
+      <c r="J19" s="128"/>
+      <c r="K19" s="128"/>
+      <c r="L19" s="128"/>
+      <c r="M19" s="104"/>
+      <c r="N19" s="105"/>
+      <c r="O19" s="105"/>
+      <c r="P19" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="Q19" s="161"/>
-[...10 lines deleted...]
-      <c r="AB19" s="161" t="s">
+      <c r="Q19" s="106"/>
+      <c r="R19" s="106"/>
+      <c r="S19" s="106"/>
+      <c r="T19" s="106"/>
+      <c r="U19" s="106"/>
+      <c r="V19" s="106"/>
+      <c r="W19" s="106"/>
+      <c r="X19" s="129"/>
+      <c r="Y19" s="104"/>
+      <c r="Z19" s="105"/>
+      <c r="AA19" s="105"/>
+      <c r="AB19" s="106" t="s">
         <v>31</v>
       </c>
-      <c r="AC19" s="161"/>
-[...10 lines deleted...]
-      <c r="AN19" s="161" t="s">
+      <c r="AC19" s="106"/>
+      <c r="AD19" s="106"/>
+      <c r="AE19" s="106"/>
+      <c r="AF19" s="106"/>
+      <c r="AG19" s="106"/>
+      <c r="AH19" s="106"/>
+      <c r="AI19" s="106"/>
+      <c r="AJ19" s="129"/>
+      <c r="AK19" s="104"/>
+      <c r="AL19" s="105"/>
+      <c r="AM19" s="105"/>
+      <c r="AN19" s="106" t="s">
         <v>32</v>
       </c>
-      <c r="AO19" s="161"/>
-[...10 lines deleted...]
-      <c r="AZ19" s="161" t="s">
+      <c r="AO19" s="106"/>
+      <c r="AP19" s="106"/>
+      <c r="AQ19" s="106"/>
+      <c r="AR19" s="106"/>
+      <c r="AS19" s="106"/>
+      <c r="AT19" s="106"/>
+      <c r="AU19" s="106"/>
+      <c r="AV19" s="106"/>
+      <c r="AW19" s="104"/>
+      <c r="AX19" s="105"/>
+      <c r="AY19" s="105"/>
+      <c r="AZ19" s="106" t="s">
         <v>33</v>
       </c>
-      <c r="BA19" s="161"/>
-[...6 lines deleted...]
-      <c r="BH19" s="162"/>
+      <c r="BA19" s="106"/>
+      <c r="BB19" s="106"/>
+      <c r="BC19" s="106"/>
+      <c r="BD19" s="106"/>
+      <c r="BE19" s="106"/>
+      <c r="BF19" s="106"/>
+      <c r="BG19" s="106"/>
+      <c r="BH19" s="107"/>
     </row>
     <row r="20" spans="1:60" ht="41.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="163" t="s">
+      <c r="A20" s="108" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="164"/>
-[...57 lines deleted...]
-      <c r="BH20" s="166"/>
+      <c r="B20" s="109"/>
+      <c r="C20" s="109"/>
+      <c r="D20" s="109"/>
+      <c r="E20" s="109"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="109"/>
+      <c r="O20" s="109"/>
+      <c r="P20" s="109"/>
+      <c r="Q20" s="109"/>
+      <c r="R20" s="109"/>
+      <c r="S20" s="109"/>
+      <c r="T20" s="109"/>
+      <c r="U20" s="109"/>
+      <c r="V20" s="109"/>
+      <c r="W20" s="109"/>
+      <c r="X20" s="109"/>
+      <c r="Y20" s="109"/>
+      <c r="Z20" s="109"/>
+      <c r="AA20" s="109"/>
+      <c r="AB20" s="109"/>
+      <c r="AC20" s="109"/>
+      <c r="AD20" s="109"/>
+      <c r="AE20" s="110"/>
+      <c r="AF20" s="109"/>
+      <c r="AG20" s="109"/>
+      <c r="AH20" s="109"/>
+      <c r="AI20" s="109"/>
+      <c r="AJ20" s="109"/>
+      <c r="AK20" s="109"/>
+      <c r="AL20" s="109"/>
+      <c r="AM20" s="109"/>
+      <c r="AN20" s="109"/>
+      <c r="AO20" s="109"/>
+      <c r="AP20" s="109"/>
+      <c r="AQ20" s="109"/>
+      <c r="AR20" s="109"/>
+      <c r="AS20" s="109"/>
+      <c r="AT20" s="109"/>
+      <c r="AU20" s="109"/>
+      <c r="AV20" s="109"/>
+      <c r="AW20" s="109"/>
+      <c r="AX20" s="109"/>
+      <c r="AY20" s="109"/>
+      <c r="AZ20" s="109"/>
+      <c r="BA20" s="109"/>
+      <c r="BB20" s="109"/>
+      <c r="BC20" s="109"/>
+      <c r="BD20" s="109"/>
+      <c r="BE20" s="109"/>
+      <c r="BF20" s="109"/>
+      <c r="BG20" s="109"/>
+      <c r="BH20" s="111"/>
     </row>
     <row r="21" spans="1:60" ht="5.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="22"/>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="23"/>
       <c r="I21" s="23"/>
       <c r="J21" s="23"/>
       <c r="K21" s="23"/>
       <c r="L21" s="23"/>
       <c r="M21" s="23"/>
       <c r="N21" s="23"/>
       <c r="O21" s="23"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="23"/>
       <c r="R21" s="23"/>
       <c r="S21" s="23"/>
       <c r="T21" s="23"/>
       <c r="U21" s="23"/>
       <c r="V21" s="23"/>
       <c r="W21" s="23"/>
@@ -9247,119 +9262,119 @@
       <c r="BD32" s="7"/>
       <c r="BE32" s="7"/>
       <c r="BF32" s="7"/>
       <c r="BG32" s="7"/>
       <c r="BH32" s="7"/>
     </row>
     <row r="33" spans="1:60" ht="4.4000000000000004" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="AS33" s="7"/>
       <c r="AT33" s="7"/>
       <c r="AU33" s="7"/>
       <c r="AV33" s="7"/>
       <c r="AW33" s="7"/>
       <c r="AX33" s="7"/>
       <c r="AY33" s="7"/>
       <c r="AZ33" s="7"/>
       <c r="BA33" s="7"/>
       <c r="BB33" s="7"/>
       <c r="BC33" s="7"/>
       <c r="BD33" s="7"/>
       <c r="BE33" s="7"/>
       <c r="BF33" s="7"/>
       <c r="BG33" s="7"/>
       <c r="BH33" s="7"/>
     </row>
     <row r="34" spans="1:60" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="167" t="s">
+      <c r="A34" s="38" t="s">
         <v>4</v>
       </c>
-      <c r="B34" s="168"/>
-[...57 lines deleted...]
-      <c r="BH34" s="169"/>
+      <c r="B34" s="112"/>
+      <c r="C34" s="112"/>
+      <c r="D34" s="112"/>
+      <c r="E34" s="112"/>
+      <c r="F34" s="112"/>
+      <c r="G34" s="112"/>
+      <c r="H34" s="112"/>
+      <c r="I34" s="112"/>
+      <c r="J34" s="112"/>
+      <c r="K34" s="112"/>
+      <c r="L34" s="112"/>
+      <c r="M34" s="112"/>
+      <c r="N34" s="112"/>
+      <c r="O34" s="112"/>
+      <c r="P34" s="112"/>
+      <c r="Q34" s="112"/>
+      <c r="R34" s="112"/>
+      <c r="S34" s="112"/>
+      <c r="T34" s="112"/>
+      <c r="U34" s="112"/>
+      <c r="V34" s="112"/>
+      <c r="W34" s="112"/>
+      <c r="X34" s="112"/>
+      <c r="Y34" s="112"/>
+      <c r="Z34" s="112"/>
+      <c r="AA34" s="112"/>
+      <c r="AB34" s="112"/>
+      <c r="AC34" s="112"/>
+      <c r="AD34" s="112"/>
+      <c r="AE34" s="112"/>
+      <c r="AF34" s="112"/>
+      <c r="AG34" s="112"/>
+      <c r="AH34" s="112"/>
+      <c r="AI34" s="112"/>
+      <c r="AJ34" s="112"/>
+      <c r="AK34" s="112"/>
+      <c r="AL34" s="112"/>
+      <c r="AM34" s="112"/>
+      <c r="AN34" s="112"/>
+      <c r="AO34" s="112"/>
+      <c r="AP34" s="112"/>
+      <c r="AQ34" s="112"/>
+      <c r="AR34" s="112"/>
+      <c r="AS34" s="112"/>
+      <c r="AT34" s="112"/>
+      <c r="AU34" s="112"/>
+      <c r="AV34" s="112"/>
+      <c r="AW34" s="112"/>
+      <c r="AX34" s="112"/>
+      <c r="AY34" s="112"/>
+      <c r="AZ34" s="112"/>
+      <c r="BA34" s="112"/>
+      <c r="BB34" s="112"/>
+      <c r="BC34" s="112"/>
+      <c r="BD34" s="112"/>
+      <c r="BE34" s="112"/>
+      <c r="BF34" s="112"/>
+      <c r="BG34" s="112"/>
+      <c r="BH34" s="113"/>
     </row>
     <row r="35" spans="1:60" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="170" t="s">
+      <c r="A35" s="114" t="s">
         <v>50</v>
       </c>
-      <c r="B35" s="171"/>
-      <c r="C35" s="171"/>
+      <c r="B35" s="115"/>
+      <c r="C35" s="115"/>
       <c r="D35" s="13" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="13"/>
       <c r="H35" s="13"/>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="14"/>
       <c r="L35" s="13"/>
       <c r="M35" s="16"/>
       <c r="N35" s="16"/>
       <c r="O35" s="16"/>
       <c r="P35" s="17" t="s">
         <v>52</v>
       </c>
       <c r="Q35" s="16"/>
       <c r="R35" s="16"/>
       <c r="S35" s="16"/>
       <c r="T35" s="16"/>
       <c r="U35" s="16"/>
       <c r="V35" s="16"/>
       <c r="W35" s="16"/>
       <c r="X35" s="16"/>
@@ -9379,772 +9394,772 @@
       <c r="AL35" s="16"/>
       <c r="AM35" s="16"/>
       <c r="AN35" s="16"/>
       <c r="AO35" s="16"/>
       <c r="AP35" s="16"/>
       <c r="AQ35" s="16"/>
       <c r="AR35" s="16"/>
       <c r="AS35" s="16"/>
       <c r="AT35" s="16"/>
       <c r="AU35" s="16"/>
       <c r="AV35" s="16"/>
       <c r="AW35" s="16"/>
       <c r="AX35" s="16"/>
       <c r="AY35" s="16"/>
       <c r="AZ35" s="16"/>
       <c r="BA35" s="16"/>
       <c r="BB35" s="16"/>
       <c r="BC35" s="16"/>
       <c r="BD35" s="16"/>
       <c r="BE35" s="16"/>
       <c r="BF35" s="16"/>
       <c r="BG35" s="16"/>
       <c r="BH35" s="18"/>
     </row>
     <row r="36" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A36" s="115" t="s">
+      <c r="A36" s="116" t="s">
         <v>53</v>
       </c>
-      <c r="B36" s="116"/>
-[...57 lines deleted...]
-      <c r="BH36" s="124"/>
+      <c r="B36" s="117"/>
+      <c r="C36" s="117"/>
+      <c r="D36" s="117"/>
+      <c r="E36" s="117"/>
+      <c r="F36" s="117"/>
+      <c r="G36" s="117"/>
+      <c r="H36" s="117"/>
+      <c r="I36" s="117"/>
+      <c r="J36" s="117"/>
+      <c r="K36" s="117"/>
+      <c r="L36" s="118"/>
+      <c r="M36" s="119"/>
+      <c r="N36" s="119"/>
+      <c r="O36" s="119"/>
+      <c r="P36" s="119"/>
+      <c r="Q36" s="119"/>
+      <c r="R36" s="119"/>
+      <c r="S36" s="119"/>
+      <c r="T36" s="119"/>
+      <c r="U36" s="119"/>
+      <c r="V36" s="119"/>
+      <c r="W36" s="119"/>
+      <c r="X36" s="119"/>
+      <c r="Y36" s="119"/>
+      <c r="Z36" s="119"/>
+      <c r="AA36" s="119"/>
+      <c r="AB36" s="119"/>
+      <c r="AC36" s="119"/>
+      <c r="AD36" s="119"/>
+      <c r="AE36" s="119"/>
+      <c r="AF36" s="119"/>
+      <c r="AG36" s="119"/>
+      <c r="AH36" s="119"/>
+      <c r="AI36" s="119"/>
+      <c r="AJ36" s="119"/>
+      <c r="AK36" s="119"/>
+      <c r="AL36" s="119"/>
+      <c r="AM36" s="119"/>
+      <c r="AN36" s="119"/>
+      <c r="AO36" s="119"/>
+      <c r="AP36" s="119"/>
+      <c r="AQ36" s="119"/>
+      <c r="AR36" s="119"/>
+      <c r="AS36" s="119"/>
+      <c r="AT36" s="119"/>
+      <c r="AU36" s="119"/>
+      <c r="AV36" s="119"/>
+      <c r="AW36" s="119"/>
+      <c r="AX36" s="119"/>
+      <c r="AY36" s="119"/>
+      <c r="AZ36" s="119"/>
+      <c r="BA36" s="119"/>
+      <c r="BB36" s="119"/>
+      <c r="BC36" s="119"/>
+      <c r="BD36" s="119"/>
+      <c r="BE36" s="119"/>
+      <c r="BF36" s="119"/>
+      <c r="BG36" s="119"/>
+      <c r="BH36" s="120"/>
     </row>
     <row r="37" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A37" s="155" t="s">
+      <c r="A37" s="141" t="s">
         <v>54</v>
       </c>
-      <c r="B37" s="156"/>
-[...57 lines deleted...]
-      <c r="BH37" s="158"/>
+      <c r="B37" s="142"/>
+      <c r="C37" s="142"/>
+      <c r="D37" s="142"/>
+      <c r="E37" s="142"/>
+      <c r="F37" s="142"/>
+      <c r="G37" s="142"/>
+      <c r="H37" s="142"/>
+      <c r="I37" s="142"/>
+      <c r="J37" s="142"/>
+      <c r="K37" s="142"/>
+      <c r="L37" s="142"/>
+      <c r="M37" s="143"/>
+      <c r="N37" s="143"/>
+      <c r="O37" s="143"/>
+      <c r="P37" s="143"/>
+      <c r="Q37" s="143"/>
+      <c r="R37" s="143"/>
+      <c r="S37" s="143"/>
+      <c r="T37" s="143"/>
+      <c r="U37" s="143"/>
+      <c r="V37" s="143"/>
+      <c r="W37" s="143"/>
+      <c r="X37" s="143"/>
+      <c r="Y37" s="143"/>
+      <c r="Z37" s="143"/>
+      <c r="AA37" s="143"/>
+      <c r="AB37" s="143"/>
+      <c r="AC37" s="143"/>
+      <c r="AD37" s="143"/>
+      <c r="AE37" s="143"/>
+      <c r="AF37" s="143"/>
+      <c r="AG37" s="143"/>
+      <c r="AH37" s="143"/>
+      <c r="AI37" s="143"/>
+      <c r="AJ37" s="143"/>
+      <c r="AK37" s="143"/>
+      <c r="AL37" s="143"/>
+      <c r="AM37" s="143"/>
+      <c r="AN37" s="143"/>
+      <c r="AO37" s="143"/>
+      <c r="AP37" s="143"/>
+      <c r="AQ37" s="143"/>
+      <c r="AR37" s="143"/>
+      <c r="AS37" s="143"/>
+      <c r="AT37" s="143"/>
+      <c r="AU37" s="143"/>
+      <c r="AV37" s="143"/>
+      <c r="AW37" s="143"/>
+      <c r="AX37" s="143"/>
+      <c r="AY37" s="143"/>
+      <c r="AZ37" s="143"/>
+      <c r="BA37" s="143"/>
+      <c r="BB37" s="143"/>
+      <c r="BC37" s="143"/>
+      <c r="BD37" s="143"/>
+      <c r="BE37" s="143"/>
+      <c r="BF37" s="143"/>
+      <c r="BG37" s="143"/>
+      <c r="BH37" s="144"/>
     </row>
     <row r="38" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A38" s="155" t="s">
+      <c r="A38" s="141" t="s">
         <v>55</v>
       </c>
-      <c r="B38" s="156"/>
-[...57 lines deleted...]
-      <c r="BH38" s="158"/>
+      <c r="B38" s="142"/>
+      <c r="C38" s="142"/>
+      <c r="D38" s="142"/>
+      <c r="E38" s="142"/>
+      <c r="F38" s="142"/>
+      <c r="G38" s="142"/>
+      <c r="H38" s="142"/>
+      <c r="I38" s="142"/>
+      <c r="J38" s="142"/>
+      <c r="K38" s="142"/>
+      <c r="L38" s="142"/>
+      <c r="M38" s="143"/>
+      <c r="N38" s="143"/>
+      <c r="O38" s="143"/>
+      <c r="P38" s="143"/>
+      <c r="Q38" s="143"/>
+      <c r="R38" s="143"/>
+      <c r="S38" s="143"/>
+      <c r="T38" s="143"/>
+      <c r="U38" s="143"/>
+      <c r="V38" s="143"/>
+      <c r="W38" s="143"/>
+      <c r="X38" s="143"/>
+      <c r="Y38" s="143"/>
+      <c r="Z38" s="143"/>
+      <c r="AA38" s="143"/>
+      <c r="AB38" s="143"/>
+      <c r="AC38" s="143"/>
+      <c r="AD38" s="143"/>
+      <c r="AE38" s="143"/>
+      <c r="AF38" s="143"/>
+      <c r="AG38" s="143"/>
+      <c r="AH38" s="143"/>
+      <c r="AI38" s="143"/>
+      <c r="AJ38" s="143"/>
+      <c r="AK38" s="143"/>
+      <c r="AL38" s="143"/>
+      <c r="AM38" s="143"/>
+      <c r="AN38" s="143"/>
+      <c r="AO38" s="143"/>
+      <c r="AP38" s="143"/>
+      <c r="AQ38" s="143"/>
+      <c r="AR38" s="143"/>
+      <c r="AS38" s="143"/>
+      <c r="AT38" s="143"/>
+      <c r="AU38" s="143"/>
+      <c r="AV38" s="143"/>
+      <c r="AW38" s="143"/>
+      <c r="AX38" s="143"/>
+      <c r="AY38" s="143"/>
+      <c r="AZ38" s="143"/>
+      <c r="BA38" s="143"/>
+      <c r="BB38" s="143"/>
+      <c r="BC38" s="143"/>
+      <c r="BD38" s="143"/>
+      <c r="BE38" s="143"/>
+      <c r="BF38" s="143"/>
+      <c r="BG38" s="143"/>
+      <c r="BH38" s="144"/>
     </row>
     <row r="39" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A39" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B39" s="34"/>
       <c r="C39" s="34"/>
       <c r="D39" s="34"/>
       <c r="E39" s="34"/>
       <c r="F39" s="34"/>
       <c r="G39" s="34"/>
       <c r="H39" s="34"/>
       <c r="I39" s="34"/>
       <c r="J39" s="34"/>
       <c r="K39" s="34"/>
       <c r="L39" s="35"/>
-      <c r="M39" s="102" t="s">
+      <c r="M39" s="145" t="s">
         <v>57</v>
       </c>
-      <c r="N39" s="103"/>
-[...8 lines deleted...]
-      <c r="W39" s="72" t="s">
+      <c r="N39" s="146"/>
+      <c r="O39" s="130"/>
+      <c r="P39" s="131"/>
+      <c r="Q39" s="131"/>
+      <c r="R39" s="131"/>
+      <c r="S39" s="131"/>
+      <c r="T39" s="131"/>
+      <c r="U39" s="131"/>
+      <c r="V39" s="132"/>
+      <c r="W39" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="X39" s="74"/>
-[...8 lines deleted...]
-      <c r="AG39" s="107" t="s">
+      <c r="X39" s="134"/>
+      <c r="Y39" s="147"/>
+      <c r="Z39" s="131"/>
+      <c r="AA39" s="131"/>
+      <c r="AB39" s="131"/>
+      <c r="AC39" s="131"/>
+      <c r="AD39" s="131"/>
+      <c r="AE39" s="131"/>
+      <c r="AF39" s="148"/>
+      <c r="AG39" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH39" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ39" s="72" t="s">
+      <c r="AH39" s="150"/>
+      <c r="AI39" s="150"/>
+      <c r="AJ39" s="150"/>
+      <c r="AK39" s="150"/>
+      <c r="AL39" s="150"/>
+      <c r="AM39" s="150"/>
+      <c r="AN39" s="150"/>
+      <c r="AO39" s="150"/>
+      <c r="AP39" s="151"/>
+      <c r="AQ39" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR39" s="74"/>
-[...7 lines deleted...]
-      <c r="AZ39" s="72" t="s">
+      <c r="AR39" s="134"/>
+      <c r="AS39" s="130"/>
+      <c r="AT39" s="131"/>
+      <c r="AU39" s="131"/>
+      <c r="AV39" s="131"/>
+      <c r="AW39" s="131"/>
+      <c r="AX39" s="131"/>
+      <c r="AY39" s="132"/>
+      <c r="AZ39" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA39" s="74"/>
-[...6 lines deleted...]
-      <c r="BH39" s="87"/>
+      <c r="BA39" s="134"/>
+      <c r="BB39" s="130"/>
+      <c r="BC39" s="131"/>
+      <c r="BD39" s="131"/>
+      <c r="BE39" s="131"/>
+      <c r="BF39" s="131"/>
+      <c r="BG39" s="131"/>
+      <c r="BH39" s="135"/>
     </row>
     <row r="40" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A40" s="33" t="s">
         <v>62</v>
       </c>
       <c r="B40" s="34"/>
       <c r="C40" s="34"/>
       <c r="D40" s="34"/>
       <c r="E40" s="34"/>
       <c r="F40" s="34"/>
       <c r="G40" s="34"/>
       <c r="H40" s="34"/>
       <c r="I40" s="34"/>
       <c r="J40" s="34"/>
       <c r="K40" s="34"/>
       <c r="L40" s="35"/>
-      <c r="M40" s="152"/>
-[...46 lines deleted...]
-      <c r="BH40" s="154"/>
+      <c r="M40" s="136"/>
+      <c r="N40" s="137"/>
+      <c r="O40" s="137"/>
+      <c r="P40" s="137"/>
+      <c r="Q40" s="137"/>
+      <c r="R40" s="137"/>
+      <c r="S40" s="137"/>
+      <c r="T40" s="137"/>
+      <c r="U40" s="137"/>
+      <c r="V40" s="137"/>
+      <c r="W40" s="137"/>
+      <c r="X40" s="137"/>
+      <c r="Y40" s="137"/>
+      <c r="Z40" s="137"/>
+      <c r="AA40" s="137"/>
+      <c r="AB40" s="137"/>
+      <c r="AC40" s="137"/>
+      <c r="AD40" s="137"/>
+      <c r="AE40" s="137"/>
+      <c r="AF40" s="137"/>
+      <c r="AG40" s="137"/>
+      <c r="AH40" s="137"/>
+      <c r="AI40" s="137"/>
+      <c r="AJ40" s="137"/>
+      <c r="AK40" s="137"/>
+      <c r="AL40" s="137"/>
+      <c r="AM40" s="137"/>
+      <c r="AN40" s="137"/>
+      <c r="AO40" s="137"/>
+      <c r="AP40" s="137"/>
+      <c r="AQ40" s="137"/>
+      <c r="AR40" s="137"/>
+      <c r="AS40" s="137"/>
+      <c r="AT40" s="137"/>
+      <c r="AU40" s="137"/>
+      <c r="AV40" s="137"/>
+      <c r="AW40" s="137"/>
+      <c r="AX40" s="137"/>
+      <c r="AY40" s="137"/>
+      <c r="AZ40" s="137"/>
+      <c r="BA40" s="137"/>
+      <c r="BB40" s="137"/>
+      <c r="BC40" s="137"/>
+      <c r="BD40" s="137"/>
+      <c r="BE40" s="137"/>
+      <c r="BF40" s="137"/>
+      <c r="BG40" s="137"/>
+      <c r="BH40" s="138"/>
     </row>
     <row r="41" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A41" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B41" s="34"/>
       <c r="C41" s="34"/>
       <c r="D41" s="34"/>
       <c r="E41" s="34"/>
       <c r="F41" s="34"/>
       <c r="G41" s="34"/>
       <c r="H41" s="34"/>
       <c r="I41" s="34"/>
       <c r="J41" s="34"/>
       <c r="K41" s="34"/>
       <c r="L41" s="35"/>
-      <c r="M41" s="88"/>
-[...46 lines deleted...]
-      <c r="BH41" s="89"/>
+      <c r="M41" s="139"/>
+      <c r="N41" s="139"/>
+      <c r="O41" s="139"/>
+      <c r="P41" s="139"/>
+      <c r="Q41" s="139"/>
+      <c r="R41" s="139"/>
+      <c r="S41" s="139"/>
+      <c r="T41" s="139"/>
+      <c r="U41" s="139"/>
+      <c r="V41" s="139"/>
+      <c r="W41" s="139"/>
+      <c r="X41" s="139"/>
+      <c r="Y41" s="139"/>
+      <c r="Z41" s="139"/>
+      <c r="AA41" s="139"/>
+      <c r="AB41" s="139"/>
+      <c r="AC41" s="139"/>
+      <c r="AD41" s="139"/>
+      <c r="AE41" s="139"/>
+      <c r="AF41" s="139"/>
+      <c r="AG41" s="139"/>
+      <c r="AH41" s="139"/>
+      <c r="AI41" s="139"/>
+      <c r="AJ41" s="139"/>
+      <c r="AK41" s="139"/>
+      <c r="AL41" s="139"/>
+      <c r="AM41" s="139"/>
+      <c r="AN41" s="139"/>
+      <c r="AO41" s="139"/>
+      <c r="AP41" s="139"/>
+      <c r="AQ41" s="139"/>
+      <c r="AR41" s="139"/>
+      <c r="AS41" s="139"/>
+      <c r="AT41" s="139"/>
+      <c r="AU41" s="139"/>
+      <c r="AV41" s="139"/>
+      <c r="AW41" s="139"/>
+      <c r="AX41" s="139"/>
+      <c r="AY41" s="139"/>
+      <c r="AZ41" s="139"/>
+      <c r="BA41" s="139"/>
+      <c r="BB41" s="139"/>
+      <c r="BC41" s="139"/>
+      <c r="BD41" s="139"/>
+      <c r="BE41" s="139"/>
+      <c r="BF41" s="139"/>
+      <c r="BG41" s="139"/>
+      <c r="BH41" s="140"/>
     </row>
     <row r="42" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A42" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B42" s="34"/>
       <c r="C42" s="34"/>
       <c r="D42" s="34"/>
       <c r="E42" s="34"/>
       <c r="F42" s="34"/>
       <c r="G42" s="34"/>
       <c r="H42" s="34"/>
       <c r="I42" s="34"/>
       <c r="J42" s="34"/>
       <c r="K42" s="34"/>
       <c r="L42" s="35"/>
-      <c r="M42" s="88"/>
-[...46 lines deleted...]
-      <c r="BH42" s="89"/>
+      <c r="M42" s="139"/>
+      <c r="N42" s="139"/>
+      <c r="O42" s="139"/>
+      <c r="P42" s="139"/>
+      <c r="Q42" s="139"/>
+      <c r="R42" s="139"/>
+      <c r="S42" s="139"/>
+      <c r="T42" s="139"/>
+      <c r="U42" s="139"/>
+      <c r="V42" s="139"/>
+      <c r="W42" s="139"/>
+      <c r="X42" s="139"/>
+      <c r="Y42" s="139"/>
+      <c r="Z42" s="139"/>
+      <c r="AA42" s="139"/>
+      <c r="AB42" s="139"/>
+      <c r="AC42" s="139"/>
+      <c r="AD42" s="139"/>
+      <c r="AE42" s="139"/>
+      <c r="AF42" s="139"/>
+      <c r="AG42" s="139"/>
+      <c r="AH42" s="139"/>
+      <c r="AI42" s="139"/>
+      <c r="AJ42" s="139"/>
+      <c r="AK42" s="139"/>
+      <c r="AL42" s="139"/>
+      <c r="AM42" s="139"/>
+      <c r="AN42" s="139"/>
+      <c r="AO42" s="139"/>
+      <c r="AP42" s="139"/>
+      <c r="AQ42" s="139"/>
+      <c r="AR42" s="139"/>
+      <c r="AS42" s="139"/>
+      <c r="AT42" s="139"/>
+      <c r="AU42" s="139"/>
+      <c r="AV42" s="139"/>
+      <c r="AW42" s="139"/>
+      <c r="AX42" s="139"/>
+      <c r="AY42" s="139"/>
+      <c r="AZ42" s="139"/>
+      <c r="BA42" s="139"/>
+      <c r="BB42" s="139"/>
+      <c r="BC42" s="139"/>
+      <c r="BD42" s="139"/>
+      <c r="BE42" s="139"/>
+      <c r="BF42" s="139"/>
+      <c r="BG42" s="139"/>
+      <c r="BH42" s="140"/>
     </row>
     <row r="43" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A43" s="90" t="s">
+      <c r="A43" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B43" s="91"/>
-[...30 lines deleted...]
-      <c r="AG43" s="93" t="s">
+      <c r="B43" s="170"/>
+      <c r="C43" s="170"/>
+      <c r="D43" s="170"/>
+      <c r="E43" s="170"/>
+      <c r="F43" s="170"/>
+      <c r="G43" s="170"/>
+      <c r="H43" s="170"/>
+      <c r="I43" s="170"/>
+      <c r="J43" s="170"/>
+      <c r="K43" s="170"/>
+      <c r="L43" s="171"/>
+      <c r="M43" s="139"/>
+      <c r="N43" s="139"/>
+      <c r="O43" s="139"/>
+      <c r="P43" s="139"/>
+      <c r="Q43" s="139"/>
+      <c r="R43" s="139"/>
+      <c r="S43" s="139"/>
+      <c r="T43" s="139"/>
+      <c r="U43" s="139"/>
+      <c r="V43" s="139"/>
+      <c r="W43" s="139"/>
+      <c r="X43" s="139"/>
+      <c r="Y43" s="139"/>
+      <c r="Z43" s="139"/>
+      <c r="AA43" s="139"/>
+      <c r="AB43" s="139"/>
+      <c r="AC43" s="139"/>
+      <c r="AD43" s="139"/>
+      <c r="AE43" s="139"/>
+      <c r="AF43" s="139"/>
+      <c r="AG43" s="172" t="s">
         <v>66</v>
       </c>
-      <c r="AH43" s="94"/>
-[...25 lines deleted...]
-      <c r="BH43" s="98"/>
+      <c r="AH43" s="173"/>
+      <c r="AI43" s="173"/>
+      <c r="AJ43" s="173"/>
+      <c r="AK43" s="173"/>
+      <c r="AL43" s="173"/>
+      <c r="AM43" s="173"/>
+      <c r="AN43" s="174"/>
+      <c r="AO43" s="175"/>
+      <c r="AP43" s="176"/>
+      <c r="AQ43" s="176"/>
+      <c r="AR43" s="176"/>
+      <c r="AS43" s="176"/>
+      <c r="AT43" s="176"/>
+      <c r="AU43" s="176"/>
+      <c r="AV43" s="176"/>
+      <c r="AW43" s="176"/>
+      <c r="AX43" s="176"/>
+      <c r="AY43" s="176"/>
+      <c r="AZ43" s="176"/>
+      <c r="BA43" s="176"/>
+      <c r="BB43" s="176"/>
+      <c r="BC43" s="176"/>
+      <c r="BD43" s="176"/>
+      <c r="BE43" s="176"/>
+      <c r="BF43" s="176"/>
+      <c r="BG43" s="176"/>
+      <c r="BH43" s="177"/>
     </row>
     <row r="44" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A44" s="68" t="s">
+      <c r="A44" s="178" t="s">
         <v>67</v>
       </c>
-      <c r="B44" s="69"/>
-[...10 lines deleted...]
-      <c r="M44" s="71" t="s">
+      <c r="B44" s="179"/>
+      <c r="C44" s="179"/>
+      <c r="D44" s="179"/>
+      <c r="E44" s="179"/>
+      <c r="F44" s="179"/>
+      <c r="G44" s="179"/>
+      <c r="H44" s="179"/>
+      <c r="I44" s="179"/>
+      <c r="J44" s="179"/>
+      <c r="K44" s="179"/>
+      <c r="L44" s="180"/>
+      <c r="M44" s="150" t="s">
         <v>68</v>
       </c>
-      <c r="N44" s="71"/>
-[...4 lines deleted...]
-      <c r="S44" s="71"/>
+      <c r="N44" s="150"/>
+      <c r="O44" s="150"/>
+      <c r="P44" s="150"/>
+      <c r="Q44" s="150"/>
+      <c r="R44" s="150"/>
+      <c r="S44" s="150"/>
       <c r="T44" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U44" s="121"/>
-[...7 lines deleted...]
-      <c r="AC44" s="72" t="s">
+      <c r="U44" s="181"/>
+      <c r="V44" s="139"/>
+      <c r="W44" s="139"/>
+      <c r="X44" s="139"/>
+      <c r="Y44" s="139"/>
+      <c r="Z44" s="139"/>
+      <c r="AA44" s="139"/>
+      <c r="AB44" s="182"/>
+      <c r="AC44" s="133" t="s">
         <v>70</v>
       </c>
-      <c r="AD44" s="73"/>
-[...11 lines deleted...]
-      <c r="AP44" s="72" t="s">
+      <c r="AD44" s="183"/>
+      <c r="AE44" s="183"/>
+      <c r="AF44" s="183"/>
+      <c r="AG44" s="134"/>
+      <c r="AH44" s="152"/>
+      <c r="AI44" s="153"/>
+      <c r="AJ44" s="153"/>
+      <c r="AK44" s="153"/>
+      <c r="AL44" s="153"/>
+      <c r="AM44" s="153"/>
+      <c r="AN44" s="153"/>
+      <c r="AO44" s="184"/>
+      <c r="AP44" s="133" t="s">
         <v>71</v>
       </c>
-      <c r="AQ44" s="73"/>
-[...16 lines deleted...]
-      <c r="BH44" s="81"/>
+      <c r="AQ44" s="183"/>
+      <c r="AR44" s="183"/>
+      <c r="AS44" s="183"/>
+      <c r="AT44" s="134"/>
+      <c r="AU44" s="152"/>
+      <c r="AV44" s="153"/>
+      <c r="AW44" s="153"/>
+      <c r="AX44" s="153"/>
+      <c r="AY44" s="153"/>
+      <c r="AZ44" s="153"/>
+      <c r="BA44" s="153"/>
+      <c r="BB44" s="153"/>
+      <c r="BC44" s="153"/>
+      <c r="BD44" s="153"/>
+      <c r="BE44" s="153"/>
+      <c r="BF44" s="153"/>
+      <c r="BG44" s="153"/>
+      <c r="BH44" s="154"/>
     </row>
     <row r="45" spans="1:60" s="11" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A45" s="68"/>
-[...11 lines deleted...]
-      <c r="M45" s="57" t="s">
+      <c r="A45" s="178"/>
+      <c r="B45" s="179"/>
+      <c r="C45" s="179"/>
+      <c r="D45" s="179"/>
+      <c r="E45" s="179"/>
+      <c r="F45" s="179"/>
+      <c r="G45" s="179"/>
+      <c r="H45" s="179"/>
+      <c r="I45" s="179"/>
+      <c r="J45" s="179"/>
+      <c r="K45" s="179"/>
+      <c r="L45" s="180"/>
+      <c r="M45" s="155" t="s">
         <v>72</v>
       </c>
-      <c r="N45" s="57"/>
-[...45 lines deleted...]
-      <c r="BH45" s="141"/>
+      <c r="N45" s="155"/>
+      <c r="O45" s="155"/>
+      <c r="P45" s="155"/>
+      <c r="Q45" s="155"/>
+      <c r="R45" s="155"/>
+      <c r="S45" s="155"/>
+      <c r="T45" s="156"/>
+      <c r="U45" s="157"/>
+      <c r="V45" s="157"/>
+      <c r="W45" s="157"/>
+      <c r="X45" s="157"/>
+      <c r="Y45" s="157"/>
+      <c r="Z45" s="157"/>
+      <c r="AA45" s="157"/>
+      <c r="AB45" s="157"/>
+      <c r="AC45" s="157"/>
+      <c r="AD45" s="157"/>
+      <c r="AE45" s="157"/>
+      <c r="AF45" s="157"/>
+      <c r="AG45" s="157"/>
+      <c r="AH45" s="157"/>
+      <c r="AI45" s="157"/>
+      <c r="AJ45" s="157"/>
+      <c r="AK45" s="157"/>
+      <c r="AL45" s="157"/>
+      <c r="AM45" s="157"/>
+      <c r="AN45" s="157"/>
+      <c r="AO45" s="157"/>
+      <c r="AP45" s="157"/>
+      <c r="AQ45" s="157"/>
+      <c r="AR45" s="157"/>
+      <c r="AS45" s="157"/>
+      <c r="AT45" s="157"/>
+      <c r="AU45" s="157"/>
+      <c r="AV45" s="157"/>
+      <c r="AW45" s="157"/>
+      <c r="AX45" s="157"/>
+      <c r="AY45" s="157"/>
+      <c r="AZ45" s="157"/>
+      <c r="BA45" s="157"/>
+      <c r="BB45" s="157"/>
+      <c r="BC45" s="157"/>
+      <c r="BD45" s="157"/>
+      <c r="BE45" s="157"/>
+      <c r="BF45" s="157"/>
+      <c r="BG45" s="157"/>
+      <c r="BH45" s="158"/>
     </row>
     <row r="46" spans="1:60" s="11" customFormat="1" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="142" t="s">
+      <c r="A46" s="159" t="s">
         <v>73</v>
       </c>
-      <c r="B46" s="143"/>
-[...57 lines deleted...]
-      <c r="BH46" s="146"/>
+      <c r="B46" s="160"/>
+      <c r="C46" s="160"/>
+      <c r="D46" s="160"/>
+      <c r="E46" s="160"/>
+      <c r="F46" s="160"/>
+      <c r="G46" s="160"/>
+      <c r="H46" s="160"/>
+      <c r="I46" s="160"/>
+      <c r="J46" s="160"/>
+      <c r="K46" s="160"/>
+      <c r="L46" s="161"/>
+      <c r="M46" s="162"/>
+      <c r="N46" s="162"/>
+      <c r="O46" s="162"/>
+      <c r="P46" s="162"/>
+      <c r="Q46" s="162"/>
+      <c r="R46" s="162"/>
+      <c r="S46" s="162"/>
+      <c r="T46" s="162"/>
+      <c r="U46" s="162"/>
+      <c r="V46" s="162"/>
+      <c r="W46" s="162"/>
+      <c r="X46" s="162"/>
+      <c r="Y46" s="162"/>
+      <c r="Z46" s="162"/>
+      <c r="AA46" s="162"/>
+      <c r="AB46" s="162"/>
+      <c r="AC46" s="162"/>
+      <c r="AD46" s="162"/>
+      <c r="AE46" s="162"/>
+      <c r="AF46" s="162"/>
+      <c r="AG46" s="162"/>
+      <c r="AH46" s="162"/>
+      <c r="AI46" s="162"/>
+      <c r="AJ46" s="162"/>
+      <c r="AK46" s="162"/>
+      <c r="AL46" s="162"/>
+      <c r="AM46" s="162"/>
+      <c r="AN46" s="162"/>
+      <c r="AO46" s="162"/>
+      <c r="AP46" s="162"/>
+      <c r="AQ46" s="162"/>
+      <c r="AR46" s="162"/>
+      <c r="AS46" s="162"/>
+      <c r="AT46" s="162"/>
+      <c r="AU46" s="162"/>
+      <c r="AV46" s="162"/>
+      <c r="AW46" s="162"/>
+      <c r="AX46" s="162"/>
+      <c r="AY46" s="162"/>
+      <c r="AZ46" s="162"/>
+      <c r="BA46" s="162"/>
+      <c r="BB46" s="162"/>
+      <c r="BC46" s="162"/>
+      <c r="BD46" s="162"/>
+      <c r="BE46" s="162"/>
+      <c r="BF46" s="162"/>
+      <c r="BG46" s="162"/>
+      <c r="BH46" s="163"/>
     </row>
     <row r="47" spans="1:60" s="11" customFormat="1" ht="45.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="20"/>
       <c r="B47" s="20"/>
       <c r="C47" s="20"/>
       <c r="D47" s="20"/>
       <c r="E47" s="20"/>
       <c r="F47" s="20"/>
       <c r="G47" s="20"/>
       <c r="H47" s="20"/>
       <c r="I47" s="20"/>
       <c r="J47" s="20"/>
       <c r="K47" s="20"/>
       <c r="L47" s="20"/>
       <c r="M47" s="21"/>
       <c r="N47" s="21"/>
       <c r="O47" s="21"/>
       <c r="P47" s="21"/>
       <c r="Q47" s="21"/>
       <c r="R47" s="21"/>
       <c r="S47" s="21"/>
       <c r="T47" s="21"/>
       <c r="U47" s="21"/>
       <c r="V47" s="21"/>
       <c r="W47" s="21"/>
@@ -10850,3229 +10865,3245 @@
       <c r="AO58" s="21"/>
       <c r="AP58" s="21"/>
       <c r="AQ58" s="21"/>
       <c r="AR58" s="21"/>
       <c r="AS58" s="21"/>
       <c r="AT58" s="21"/>
       <c r="AU58" s="21"/>
       <c r="AV58" s="21"/>
       <c r="AW58" s="21"/>
       <c r="AX58" s="21"/>
       <c r="AY58" s="21"/>
       <c r="AZ58" s="21"/>
       <c r="BA58" s="21"/>
       <c r="BB58" s="21"/>
       <c r="BC58" s="21"/>
       <c r="BD58" s="21"/>
       <c r="BE58" s="21"/>
       <c r="BF58" s="21"/>
       <c r="BG58" s="21"/>
       <c r="BH58" s="21"/>
     </row>
     <row r="59" spans="1:60" ht="8.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="BH59" s="10"/>
     </row>
     <row r="60" spans="1:60" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="147" t="s">
+      <c r="A60" s="164" t="s">
         <v>74</v>
       </c>
-      <c r="B60" s="148"/>
-      <c r="C60" s="148"/>
+      <c r="B60" s="165"/>
+      <c r="C60" s="165"/>
       <c r="D60" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E60" s="8"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
       <c r="I60" s="8"/>
       <c r="J60" s="8"/>
       <c r="K60" s="8"/>
       <c r="L60" s="8"/>
       <c r="M60" s="8"/>
       <c r="N60" s="8"/>
       <c r="O60" s="8"/>
       <c r="P60" s="9"/>
       <c r="Q60" s="8"/>
       <c r="R60" s="8"/>
       <c r="S60" s="8"/>
       <c r="T60" s="8"/>
       <c r="U60" s="8"/>
       <c r="V60" s="8"/>
       <c r="W60" s="8"/>
       <c r="X60" s="8"/>
       <c r="Y60" s="8"/>
       <c r="Z60" s="8"/>
       <c r="AA60" s="8"/>
       <c r="AB60" s="8"/>
       <c r="AC60" s="8"/>
       <c r="AD60" s="8"/>
       <c r="AE60" s="8"/>
       <c r="AF60" s="8"/>
       <c r="AG60" s="8"/>
       <c r="AH60" s="8"/>
       <c r="AI60" s="8"/>
       <c r="AJ60" s="8"/>
       <c r="AK60" s="8"/>
       <c r="AL60" s="8"/>
       <c r="AM60" s="8"/>
       <c r="AN60" s="8"/>
       <c r="AO60" s="8"/>
       <c r="AP60" s="8"/>
       <c r="AQ60" s="8"/>
       <c r="AR60" s="8"/>
       <c r="AS60" s="8"/>
       <c r="AT60" s="8"/>
       <c r="AU60" s="8"/>
       <c r="AV60" s="15"/>
       <c r="AW60" s="8"/>
-      <c r="AX60" s="149"/>
-[...9 lines deleted...]
-      <c r="BH60" s="151"/>
+      <c r="AX60" s="166"/>
+      <c r="AY60" s="166"/>
+      <c r="AZ60" s="166"/>
+      <c r="BA60" s="167"/>
+      <c r="BB60" s="167"/>
+      <c r="BC60" s="167"/>
+      <c r="BD60" s="167"/>
+      <c r="BE60" s="167"/>
+      <c r="BF60" s="167"/>
+      <c r="BG60" s="167"/>
+      <c r="BH60" s="168"/>
     </row>
     <row r="61" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A61" s="115" t="s">
+      <c r="A61" s="116" t="s">
         <v>76</v>
       </c>
-      <c r="B61" s="116"/>
-[...10 lines deleted...]
-      <c r="M61" s="123" t="s">
+      <c r="B61" s="117"/>
+      <c r="C61" s="117"/>
+      <c r="D61" s="117"/>
+      <c r="E61" s="117"/>
+      <c r="F61" s="117"/>
+      <c r="G61" s="117"/>
+      <c r="H61" s="117"/>
+      <c r="I61" s="117"/>
+      <c r="J61" s="117"/>
+      <c r="K61" s="117"/>
+      <c r="L61" s="118"/>
+      <c r="M61" s="119" t="s">
         <v>363</v>
       </c>
-      <c r="N61" s="123"/>
-[...45 lines deleted...]
-      <c r="BH61" s="124"/>
+      <c r="N61" s="119"/>
+      <c r="O61" s="119"/>
+      <c r="P61" s="119"/>
+      <c r="Q61" s="119"/>
+      <c r="R61" s="119"/>
+      <c r="S61" s="119"/>
+      <c r="T61" s="119"/>
+      <c r="U61" s="119"/>
+      <c r="V61" s="119"/>
+      <c r="W61" s="119"/>
+      <c r="X61" s="119"/>
+      <c r="Y61" s="119"/>
+      <c r="Z61" s="119"/>
+      <c r="AA61" s="119"/>
+      <c r="AB61" s="119"/>
+      <c r="AC61" s="119"/>
+      <c r="AD61" s="119"/>
+      <c r="AE61" s="119"/>
+      <c r="AF61" s="119"/>
+      <c r="AG61" s="119"/>
+      <c r="AH61" s="119"/>
+      <c r="AI61" s="119"/>
+      <c r="AJ61" s="119"/>
+      <c r="AK61" s="119"/>
+      <c r="AL61" s="119"/>
+      <c r="AM61" s="119"/>
+      <c r="AN61" s="119"/>
+      <c r="AO61" s="119"/>
+      <c r="AP61" s="119"/>
+      <c r="AQ61" s="119"/>
+      <c r="AR61" s="119"/>
+      <c r="AS61" s="119"/>
+      <c r="AT61" s="119"/>
+      <c r="AU61" s="119"/>
+      <c r="AV61" s="185"/>
+      <c r="AW61" s="119"/>
+      <c r="AX61" s="119"/>
+      <c r="AY61" s="119"/>
+      <c r="AZ61" s="119"/>
+      <c r="BA61" s="119"/>
+      <c r="BB61" s="119"/>
+      <c r="BC61" s="119"/>
+      <c r="BD61" s="119"/>
+      <c r="BE61" s="119"/>
+      <c r="BF61" s="119"/>
+      <c r="BG61" s="119"/>
+      <c r="BH61" s="120"/>
     </row>
     <row r="62" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A62" s="99" t="s">
+      <c r="A62" s="188" t="s">
         <v>77</v>
       </c>
-      <c r="B62" s="100"/>
-[...10 lines deleted...]
-      <c r="M62" s="109" t="s">
+      <c r="B62" s="189"/>
+      <c r="C62" s="189"/>
+      <c r="D62" s="189"/>
+      <c r="E62" s="189"/>
+      <c r="F62" s="189"/>
+      <c r="G62" s="189"/>
+      <c r="H62" s="189"/>
+      <c r="I62" s="189"/>
+      <c r="J62" s="189"/>
+      <c r="K62" s="189"/>
+      <c r="L62" s="190"/>
+      <c r="M62" s="186" t="s">
         <v>364</v>
       </c>
-      <c r="N62" s="109"/>
-[...45 lines deleted...]
-      <c r="BH62" s="110"/>
+      <c r="N62" s="186"/>
+      <c r="O62" s="186"/>
+      <c r="P62" s="186"/>
+      <c r="Q62" s="186"/>
+      <c r="R62" s="186"/>
+      <c r="S62" s="186"/>
+      <c r="T62" s="186"/>
+      <c r="U62" s="186"/>
+      <c r="V62" s="186"/>
+      <c r="W62" s="186"/>
+      <c r="X62" s="186"/>
+      <c r="Y62" s="186"/>
+      <c r="Z62" s="186"/>
+      <c r="AA62" s="186"/>
+      <c r="AB62" s="186"/>
+      <c r="AC62" s="186"/>
+      <c r="AD62" s="186"/>
+      <c r="AE62" s="186"/>
+      <c r="AF62" s="186"/>
+      <c r="AG62" s="186"/>
+      <c r="AH62" s="186"/>
+      <c r="AI62" s="186"/>
+      <c r="AJ62" s="186"/>
+      <c r="AK62" s="186"/>
+      <c r="AL62" s="186"/>
+      <c r="AM62" s="186"/>
+      <c r="AN62" s="186"/>
+      <c r="AO62" s="186"/>
+      <c r="AP62" s="186"/>
+      <c r="AQ62" s="186"/>
+      <c r="AR62" s="186"/>
+      <c r="AS62" s="186"/>
+      <c r="AT62" s="186"/>
+      <c r="AU62" s="186"/>
+      <c r="AV62" s="186"/>
+      <c r="AW62" s="186"/>
+      <c r="AX62" s="186"/>
+      <c r="AY62" s="186"/>
+      <c r="AZ62" s="186"/>
+      <c r="BA62" s="186"/>
+      <c r="BB62" s="186"/>
+      <c r="BC62" s="186"/>
+      <c r="BD62" s="186"/>
+      <c r="BE62" s="186"/>
+      <c r="BF62" s="186"/>
+      <c r="BG62" s="186"/>
+      <c r="BH62" s="187"/>
     </row>
     <row r="63" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A63" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B63" s="34"/>
       <c r="C63" s="34"/>
       <c r="D63" s="34"/>
       <c r="E63" s="34"/>
       <c r="F63" s="34"/>
       <c r="G63" s="34"/>
       <c r="H63" s="34"/>
       <c r="I63" s="34"/>
       <c r="J63" s="34"/>
       <c r="K63" s="34"/>
       <c r="L63" s="35"/>
-      <c r="M63" s="102" t="s">
+      <c r="M63" s="145" t="s">
         <v>57</v>
       </c>
-      <c r="N63" s="103"/>
-[...8 lines deleted...]
-      <c r="W63" s="72" t="s">
+      <c r="N63" s="146"/>
+      <c r="O63" s="130" t="s">
+        <v>371</v>
+      </c>
+      <c r="P63" s="131"/>
+      <c r="Q63" s="131"/>
+      <c r="R63" s="131"/>
+      <c r="S63" s="131"/>
+      <c r="T63" s="131"/>
+      <c r="U63" s="131"/>
+      <c r="V63" s="132"/>
+      <c r="W63" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="X63" s="74"/>
-[...8 lines deleted...]
-      <c r="AG63" s="107" t="s">
+      <c r="X63" s="134"/>
+      <c r="Y63" s="147" t="s">
+        <v>372</v>
+      </c>
+      <c r="Z63" s="131"/>
+      <c r="AA63" s="131"/>
+      <c r="AB63" s="131"/>
+      <c r="AC63" s="131"/>
+      <c r="AD63" s="131"/>
+      <c r="AE63" s="131"/>
+      <c r="AF63" s="148"/>
+      <c r="AG63" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH63" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ63" s="72" t="s">
+      <c r="AH63" s="150"/>
+      <c r="AI63" s="150"/>
+      <c r="AJ63" s="150"/>
+      <c r="AK63" s="150"/>
+      <c r="AL63" s="150"/>
+      <c r="AM63" s="150"/>
+      <c r="AN63" s="150"/>
+      <c r="AO63" s="150"/>
+      <c r="AP63" s="151"/>
+      <c r="AQ63" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR63" s="74"/>
-[...7 lines deleted...]
-      <c r="AZ63" s="72" t="s">
+      <c r="AR63" s="134"/>
+      <c r="AS63" s="130" t="s">
+        <v>371</v>
+      </c>
+      <c r="AT63" s="131"/>
+      <c r="AU63" s="131"/>
+      <c r="AV63" s="131"/>
+      <c r="AW63" s="131"/>
+      <c r="AX63" s="131"/>
+      <c r="AY63" s="132"/>
+      <c r="AZ63" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA63" s="74"/>
-[...6 lines deleted...]
-      <c r="BH63" s="87"/>
+      <c r="BA63" s="134"/>
+      <c r="BB63" s="130" t="s">
+        <v>373</v>
+      </c>
+      <c r="BC63" s="131"/>
+      <c r="BD63" s="131"/>
+      <c r="BE63" s="131"/>
+      <c r="BF63" s="131"/>
+      <c r="BG63" s="131"/>
+      <c r="BH63" s="135"/>
     </row>
     <row r="64" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A64" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B64" s="34"/>
       <c r="C64" s="34"/>
       <c r="D64" s="34"/>
       <c r="E64" s="34"/>
       <c r="F64" s="34"/>
       <c r="G64" s="34"/>
       <c r="H64" s="34"/>
       <c r="I64" s="34"/>
       <c r="J64" s="34"/>
       <c r="K64" s="34"/>
       <c r="L64" s="35"/>
-      <c r="M64" s="88"/>
-[...46 lines deleted...]
-      <c r="BH64" s="89"/>
+      <c r="M64" s="139"/>
+      <c r="N64" s="139"/>
+      <c r="O64" s="139"/>
+      <c r="P64" s="139"/>
+      <c r="Q64" s="139"/>
+      <c r="R64" s="139"/>
+      <c r="S64" s="139"/>
+      <c r="T64" s="139"/>
+      <c r="U64" s="139"/>
+      <c r="V64" s="139"/>
+      <c r="W64" s="139"/>
+      <c r="X64" s="139"/>
+      <c r="Y64" s="139"/>
+      <c r="Z64" s="139"/>
+      <c r="AA64" s="139"/>
+      <c r="AB64" s="139"/>
+      <c r="AC64" s="139"/>
+      <c r="AD64" s="139"/>
+      <c r="AE64" s="139"/>
+      <c r="AF64" s="139"/>
+      <c r="AG64" s="139"/>
+      <c r="AH64" s="139"/>
+      <c r="AI64" s="139"/>
+      <c r="AJ64" s="139"/>
+      <c r="AK64" s="139"/>
+      <c r="AL64" s="139"/>
+      <c r="AM64" s="139"/>
+      <c r="AN64" s="139"/>
+      <c r="AO64" s="139"/>
+      <c r="AP64" s="139"/>
+      <c r="AQ64" s="139"/>
+      <c r="AR64" s="139"/>
+      <c r="AS64" s="139"/>
+      <c r="AT64" s="139"/>
+      <c r="AU64" s="139"/>
+      <c r="AV64" s="139"/>
+      <c r="AW64" s="139"/>
+      <c r="AX64" s="139"/>
+      <c r="AY64" s="139"/>
+      <c r="AZ64" s="139"/>
+      <c r="BA64" s="139"/>
+      <c r="BB64" s="139"/>
+      <c r="BC64" s="139"/>
+      <c r="BD64" s="139"/>
+      <c r="BE64" s="139"/>
+      <c r="BF64" s="139"/>
+      <c r="BG64" s="139"/>
+      <c r="BH64" s="140"/>
     </row>
     <row r="65" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A65" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B65" s="34"/>
       <c r="C65" s="34"/>
       <c r="D65" s="34"/>
       <c r="E65" s="34"/>
       <c r="F65" s="34"/>
       <c r="G65" s="34"/>
       <c r="H65" s="34"/>
       <c r="I65" s="34"/>
       <c r="J65" s="34"/>
       <c r="K65" s="34"/>
       <c r="L65" s="35"/>
-      <c r="M65" s="88" t="s">
+      <c r="M65" s="139" t="s">
         <v>369</v>
       </c>
-      <c r="N65" s="88"/>
-[...45 lines deleted...]
-      <c r="BH65" s="89"/>
+      <c r="N65" s="139"/>
+      <c r="O65" s="139"/>
+      <c r="P65" s="139"/>
+      <c r="Q65" s="139"/>
+      <c r="R65" s="139"/>
+      <c r="S65" s="139"/>
+      <c r="T65" s="139"/>
+      <c r="U65" s="139"/>
+      <c r="V65" s="139"/>
+      <c r="W65" s="139"/>
+      <c r="X65" s="139"/>
+      <c r="Y65" s="139"/>
+      <c r="Z65" s="139"/>
+      <c r="AA65" s="139"/>
+      <c r="AB65" s="139"/>
+      <c r="AC65" s="139"/>
+      <c r="AD65" s="139"/>
+      <c r="AE65" s="139"/>
+      <c r="AF65" s="139"/>
+      <c r="AG65" s="139"/>
+      <c r="AH65" s="139"/>
+      <c r="AI65" s="139"/>
+      <c r="AJ65" s="139"/>
+      <c r="AK65" s="139"/>
+      <c r="AL65" s="139"/>
+      <c r="AM65" s="139"/>
+      <c r="AN65" s="139"/>
+      <c r="AO65" s="139"/>
+      <c r="AP65" s="139"/>
+      <c r="AQ65" s="139"/>
+      <c r="AR65" s="139"/>
+      <c r="AS65" s="139"/>
+      <c r="AT65" s="139"/>
+      <c r="AU65" s="139"/>
+      <c r="AV65" s="139"/>
+      <c r="AW65" s="139"/>
+      <c r="AX65" s="139"/>
+      <c r="AY65" s="139"/>
+      <c r="AZ65" s="139"/>
+      <c r="BA65" s="139"/>
+      <c r="BB65" s="139"/>
+      <c r="BC65" s="139"/>
+      <c r="BD65" s="139"/>
+      <c r="BE65" s="139"/>
+      <c r="BF65" s="139"/>
+      <c r="BG65" s="139"/>
+      <c r="BH65" s="140"/>
     </row>
     <row r="66" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A66" s="90" t="s">
+      <c r="A66" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B66" s="91"/>
-[...30 lines deleted...]
-      <c r="AG66" s="93" t="s">
+      <c r="B66" s="170"/>
+      <c r="C66" s="170"/>
+      <c r="D66" s="170"/>
+      <c r="E66" s="170"/>
+      <c r="F66" s="170"/>
+      <c r="G66" s="170"/>
+      <c r="H66" s="170"/>
+      <c r="I66" s="170"/>
+      <c r="J66" s="170"/>
+      <c r="K66" s="170"/>
+      <c r="L66" s="171"/>
+      <c r="M66" s="139"/>
+      <c r="N66" s="139"/>
+      <c r="O66" s="139"/>
+      <c r="P66" s="139"/>
+      <c r="Q66" s="139"/>
+      <c r="R66" s="139"/>
+      <c r="S66" s="139"/>
+      <c r="T66" s="139"/>
+      <c r="U66" s="139"/>
+      <c r="V66" s="139"/>
+      <c r="W66" s="139"/>
+      <c r="X66" s="139"/>
+      <c r="Y66" s="139"/>
+      <c r="Z66" s="139"/>
+      <c r="AA66" s="139"/>
+      <c r="AB66" s="139"/>
+      <c r="AC66" s="139"/>
+      <c r="AD66" s="139"/>
+      <c r="AE66" s="139"/>
+      <c r="AF66" s="139"/>
+      <c r="AG66" s="172" t="s">
         <v>66</v>
       </c>
-      <c r="AH66" s="94"/>
-[...25 lines deleted...]
-      <c r="BH66" s="98"/>
+      <c r="AH66" s="173"/>
+      <c r="AI66" s="173"/>
+      <c r="AJ66" s="173"/>
+      <c r="AK66" s="173"/>
+      <c r="AL66" s="173"/>
+      <c r="AM66" s="173"/>
+      <c r="AN66" s="174"/>
+      <c r="AO66" s="175"/>
+      <c r="AP66" s="176"/>
+      <c r="AQ66" s="176"/>
+      <c r="AR66" s="176"/>
+      <c r="AS66" s="176"/>
+      <c r="AT66" s="176"/>
+      <c r="AU66" s="176"/>
+      <c r="AV66" s="176"/>
+      <c r="AW66" s="176"/>
+      <c r="AX66" s="176"/>
+      <c r="AY66" s="176"/>
+      <c r="AZ66" s="176"/>
+      <c r="BA66" s="176"/>
+      <c r="BB66" s="176"/>
+      <c r="BC66" s="176"/>
+      <c r="BD66" s="176"/>
+      <c r="BE66" s="176"/>
+      <c r="BF66" s="176"/>
+      <c r="BG66" s="176"/>
+      <c r="BH66" s="177"/>
     </row>
     <row r="67" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A67" s="68" t="s">
+      <c r="A67" s="178" t="s">
         <v>78</v>
       </c>
-      <c r="B67" s="69"/>
-[...10 lines deleted...]
-      <c r="M67" s="71" t="s">
+      <c r="B67" s="179"/>
+      <c r="C67" s="179"/>
+      <c r="D67" s="179"/>
+      <c r="E67" s="179"/>
+      <c r="F67" s="179"/>
+      <c r="G67" s="179"/>
+      <c r="H67" s="179"/>
+      <c r="I67" s="179"/>
+      <c r="J67" s="179"/>
+      <c r="K67" s="179"/>
+      <c r="L67" s="180"/>
+      <c r="M67" s="150" t="s">
         <v>68</v>
       </c>
-      <c r="N67" s="71"/>
-[...4 lines deleted...]
-      <c r="S67" s="71"/>
+      <c r="N67" s="150"/>
+      <c r="O67" s="150"/>
+      <c r="P67" s="150"/>
+      <c r="Q67" s="150"/>
+      <c r="R67" s="150"/>
+      <c r="S67" s="150"/>
       <c r="T67" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U67" s="75" t="s">
+      <c r="U67" s="192" t="s">
         <v>365</v>
       </c>
-      <c r="V67" s="76"/>
-[...6 lines deleted...]
-      <c r="AC67" s="72" t="s">
+      <c r="V67" s="193"/>
+      <c r="W67" s="193"/>
+      <c r="X67" s="193"/>
+      <c r="Y67" s="193"/>
+      <c r="Z67" s="193"/>
+      <c r="AA67" s="193"/>
+      <c r="AB67" s="194"/>
+      <c r="AC67" s="133" t="s">
         <v>70</v>
       </c>
-      <c r="AD67" s="73"/>
-[...3 lines deleted...]
-      <c r="AH67" s="78" t="s">
+      <c r="AD67" s="183"/>
+      <c r="AE67" s="183"/>
+      <c r="AF67" s="183"/>
+      <c r="AG67" s="134"/>
+      <c r="AH67" s="152" t="s">
         <v>366</v>
       </c>
-      <c r="AI67" s="79"/>
-[...6 lines deleted...]
-      <c r="AP67" s="72" t="s">
+      <c r="AI67" s="153"/>
+      <c r="AJ67" s="153"/>
+      <c r="AK67" s="153"/>
+      <c r="AL67" s="153"/>
+      <c r="AM67" s="153"/>
+      <c r="AN67" s="153"/>
+      <c r="AO67" s="184"/>
+      <c r="AP67" s="133" t="s">
         <v>71</v>
       </c>
-      <c r="AQ67" s="73"/>
-[...3 lines deleted...]
-      <c r="AU67" s="78" t="s">
+      <c r="AQ67" s="183"/>
+      <c r="AR67" s="183"/>
+      <c r="AS67" s="183"/>
+      <c r="AT67" s="134"/>
+      <c r="AU67" s="152" t="s">
         <v>367</v>
       </c>
-      <c r="AV67" s="79"/>
-[...11 lines deleted...]
-      <c r="BH67" s="81"/>
+      <c r="AV67" s="153"/>
+      <c r="AW67" s="153"/>
+      <c r="AX67" s="153"/>
+      <c r="AY67" s="153"/>
+      <c r="AZ67" s="153"/>
+      <c r="BA67" s="153"/>
+      <c r="BB67" s="153"/>
+      <c r="BC67" s="153"/>
+      <c r="BD67" s="153"/>
+      <c r="BE67" s="153"/>
+      <c r="BF67" s="153"/>
+      <c r="BG67" s="153"/>
+      <c r="BH67" s="154"/>
     </row>
     <row r="68" spans="1:60" s="11" customFormat="1" ht="23" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="118"/>
-[...11 lines deleted...]
-      <c r="M68" s="125" t="s">
+      <c r="A68" s="209"/>
+      <c r="B68" s="210"/>
+      <c r="C68" s="210"/>
+      <c r="D68" s="210"/>
+      <c r="E68" s="210"/>
+      <c r="F68" s="210"/>
+      <c r="G68" s="210"/>
+      <c r="H68" s="210"/>
+      <c r="I68" s="210"/>
+      <c r="J68" s="210"/>
+      <c r="K68" s="210"/>
+      <c r="L68" s="211"/>
+      <c r="M68" s="191" t="s">
         <v>72</v>
       </c>
-      <c r="N68" s="125"/>
-[...5 lines deleted...]
-      <c r="T68" s="82" t="s">
+      <c r="N68" s="191"/>
+      <c r="O68" s="191"/>
+      <c r="P68" s="191"/>
+      <c r="Q68" s="191"/>
+      <c r="R68" s="191"/>
+      <c r="S68" s="191"/>
+      <c r="T68" s="195" t="s">
         <v>368</v>
       </c>
-      <c r="U68" s="83"/>
-[...38 lines deleted...]
-      <c r="BH68" s="84"/>
+      <c r="U68" s="196"/>
+      <c r="V68" s="196"/>
+      <c r="W68" s="196"/>
+      <c r="X68" s="196"/>
+      <c r="Y68" s="196"/>
+      <c r="Z68" s="196"/>
+      <c r="AA68" s="196"/>
+      <c r="AB68" s="196"/>
+      <c r="AC68" s="196"/>
+      <c r="AD68" s="196"/>
+      <c r="AE68" s="196"/>
+      <c r="AF68" s="196"/>
+      <c r="AG68" s="196"/>
+      <c r="AH68" s="196"/>
+      <c r="AI68" s="196"/>
+      <c r="AJ68" s="196"/>
+      <c r="AK68" s="196"/>
+      <c r="AL68" s="196"/>
+      <c r="AM68" s="196"/>
+      <c r="AN68" s="196"/>
+      <c r="AO68" s="196"/>
+      <c r="AP68" s="196"/>
+      <c r="AQ68" s="196"/>
+      <c r="AR68" s="196"/>
+      <c r="AS68" s="196"/>
+      <c r="AT68" s="196"/>
+      <c r="AU68" s="196"/>
+      <c r="AV68" s="196"/>
+      <c r="AW68" s="196"/>
+      <c r="AX68" s="196"/>
+      <c r="AY68" s="196"/>
+      <c r="AZ68" s="196"/>
+      <c r="BA68" s="196"/>
+      <c r="BB68" s="196"/>
+      <c r="BC68" s="196"/>
+      <c r="BD68" s="196"/>
+      <c r="BE68" s="196"/>
+      <c r="BF68" s="196"/>
+      <c r="BG68" s="196"/>
+      <c r="BH68" s="197"/>
     </row>
     <row r="69" spans="1:60" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="111" t="s">
+      <c r="A69" s="198" t="s">
         <v>79</v>
       </c>
-      <c r="B69" s="112"/>
-[...1 lines deleted...]
-      <c r="D69" s="129" t="s">
+      <c r="B69" s="199"/>
+      <c r="C69" s="199"/>
+      <c r="D69" s="200" t="s">
         <v>80</v>
       </c>
-      <c r="E69" s="129"/>
-[...54 lines deleted...]
-      <c r="BH69" s="137"/>
+      <c r="E69" s="200"/>
+      <c r="F69" s="200"/>
+      <c r="G69" s="200"/>
+      <c r="H69" s="200"/>
+      <c r="I69" s="200"/>
+      <c r="J69" s="200"/>
+      <c r="K69" s="200"/>
+      <c r="L69" s="200"/>
+      <c r="M69" s="200"/>
+      <c r="N69" s="200"/>
+      <c r="O69" s="200"/>
+      <c r="P69" s="200"/>
+      <c r="Q69" s="200"/>
+      <c r="R69" s="200"/>
+      <c r="S69" s="200"/>
+      <c r="T69" s="200"/>
+      <c r="U69" s="200"/>
+      <c r="V69" s="200"/>
+      <c r="W69" s="200"/>
+      <c r="X69" s="200"/>
+      <c r="Y69" s="200"/>
+      <c r="Z69" s="200"/>
+      <c r="AA69" s="200"/>
+      <c r="AB69" s="200"/>
+      <c r="AC69" s="200"/>
+      <c r="AD69" s="200"/>
+      <c r="AE69" s="200"/>
+      <c r="AF69" s="200"/>
+      <c r="AG69" s="200"/>
+      <c r="AH69" s="200"/>
+      <c r="AI69" s="200"/>
+      <c r="AJ69" s="200"/>
+      <c r="AK69" s="200"/>
+      <c r="AL69" s="200"/>
+      <c r="AM69" s="201"/>
+      <c r="AN69" s="202"/>
+      <c r="AO69" s="203"/>
+      <c r="AP69" s="204"/>
+      <c r="AQ69" s="204"/>
+      <c r="AR69" s="204"/>
+      <c r="AS69" s="204"/>
+      <c r="AT69" s="204"/>
+      <c r="AU69" s="204"/>
+      <c r="AV69" s="204"/>
+      <c r="AW69" s="204"/>
+      <c r="AX69" s="205"/>
+      <c r="AY69" s="206"/>
+      <c r="AZ69" s="207"/>
+      <c r="BA69" s="204"/>
+      <c r="BB69" s="204"/>
+      <c r="BC69" s="204"/>
+      <c r="BD69" s="204"/>
+      <c r="BE69" s="204"/>
+      <c r="BF69" s="204"/>
+      <c r="BG69" s="204"/>
+      <c r="BH69" s="208"/>
     </row>
     <row r="70" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A70" s="115" t="s">
+      <c r="A70" s="116" t="s">
         <v>76</v>
       </c>
-      <c r="B70" s="116"/>
-[...57 lines deleted...]
-      <c r="BH70" s="124"/>
+      <c r="B70" s="117"/>
+      <c r="C70" s="117"/>
+      <c r="D70" s="117"/>
+      <c r="E70" s="117"/>
+      <c r="F70" s="117"/>
+      <c r="G70" s="117"/>
+      <c r="H70" s="117"/>
+      <c r="I70" s="117"/>
+      <c r="J70" s="117"/>
+      <c r="K70" s="117"/>
+      <c r="L70" s="118"/>
+      <c r="M70" s="119"/>
+      <c r="N70" s="119"/>
+      <c r="O70" s="119"/>
+      <c r="P70" s="119"/>
+      <c r="Q70" s="119"/>
+      <c r="R70" s="119"/>
+      <c r="S70" s="119"/>
+      <c r="T70" s="119"/>
+      <c r="U70" s="119"/>
+      <c r="V70" s="119"/>
+      <c r="W70" s="119"/>
+      <c r="X70" s="119"/>
+      <c r="Y70" s="119"/>
+      <c r="Z70" s="119"/>
+      <c r="AA70" s="119"/>
+      <c r="AB70" s="119"/>
+      <c r="AC70" s="119"/>
+      <c r="AD70" s="119"/>
+      <c r="AE70" s="119"/>
+      <c r="AF70" s="119"/>
+      <c r="AG70" s="119"/>
+      <c r="AH70" s="119"/>
+      <c r="AI70" s="119"/>
+      <c r="AJ70" s="119"/>
+      <c r="AK70" s="119"/>
+      <c r="AL70" s="119"/>
+      <c r="AM70" s="119"/>
+      <c r="AN70" s="119"/>
+      <c r="AO70" s="119"/>
+      <c r="AP70" s="119"/>
+      <c r="AQ70" s="119"/>
+      <c r="AR70" s="119"/>
+      <c r="AS70" s="119"/>
+      <c r="AT70" s="119"/>
+      <c r="AU70" s="119"/>
+      <c r="AV70" s="119"/>
+      <c r="AW70" s="119"/>
+      <c r="AX70" s="119"/>
+      <c r="AY70" s="119"/>
+      <c r="AZ70" s="119"/>
+      <c r="BA70" s="119"/>
+      <c r="BB70" s="119"/>
+      <c r="BC70" s="119"/>
+      <c r="BD70" s="119"/>
+      <c r="BE70" s="119"/>
+      <c r="BF70" s="119"/>
+      <c r="BG70" s="119"/>
+      <c r="BH70" s="120"/>
     </row>
     <row r="71" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A71" s="99" t="s">
+      <c r="A71" s="188" t="s">
         <v>77</v>
       </c>
-      <c r="B71" s="100"/>
-[...57 lines deleted...]
-      <c r="BH71" s="110"/>
+      <c r="B71" s="189"/>
+      <c r="C71" s="189"/>
+      <c r="D71" s="189"/>
+      <c r="E71" s="189"/>
+      <c r="F71" s="189"/>
+      <c r="G71" s="189"/>
+      <c r="H71" s="189"/>
+      <c r="I71" s="189"/>
+      <c r="J71" s="189"/>
+      <c r="K71" s="189"/>
+      <c r="L71" s="190"/>
+      <c r="M71" s="186"/>
+      <c r="N71" s="186"/>
+      <c r="O71" s="186"/>
+      <c r="P71" s="186"/>
+      <c r="Q71" s="186"/>
+      <c r="R71" s="186"/>
+      <c r="S71" s="186"/>
+      <c r="T71" s="186"/>
+      <c r="U71" s="186"/>
+      <c r="V71" s="186"/>
+      <c r="W71" s="186"/>
+      <c r="X71" s="186"/>
+      <c r="Y71" s="186"/>
+      <c r="Z71" s="186"/>
+      <c r="AA71" s="186"/>
+      <c r="AB71" s="186"/>
+      <c r="AC71" s="186"/>
+      <c r="AD71" s="186"/>
+      <c r="AE71" s="186"/>
+      <c r="AF71" s="186"/>
+      <c r="AG71" s="186"/>
+      <c r="AH71" s="186"/>
+      <c r="AI71" s="186"/>
+      <c r="AJ71" s="186"/>
+      <c r="AK71" s="186"/>
+      <c r="AL71" s="186"/>
+      <c r="AM71" s="186"/>
+      <c r="AN71" s="186"/>
+      <c r="AO71" s="186"/>
+      <c r="AP71" s="186"/>
+      <c r="AQ71" s="186"/>
+      <c r="AR71" s="186"/>
+      <c r="AS71" s="186"/>
+      <c r="AT71" s="186"/>
+      <c r="AU71" s="186"/>
+      <c r="AV71" s="186"/>
+      <c r="AW71" s="186"/>
+      <c r="AX71" s="186"/>
+      <c r="AY71" s="186"/>
+      <c r="AZ71" s="186"/>
+      <c r="BA71" s="186"/>
+      <c r="BB71" s="186"/>
+      <c r="BC71" s="186"/>
+      <c r="BD71" s="186"/>
+      <c r="BE71" s="186"/>
+      <c r="BF71" s="186"/>
+      <c r="BG71" s="186"/>
+      <c r="BH71" s="187"/>
     </row>
     <row r="72" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A72" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B72" s="34"/>
       <c r="C72" s="34"/>
       <c r="D72" s="34"/>
       <c r="E72" s="34"/>
       <c r="F72" s="34"/>
       <c r="G72" s="34"/>
       <c r="H72" s="34"/>
       <c r="I72" s="34"/>
       <c r="J72" s="34"/>
       <c r="K72" s="34"/>
       <c r="L72" s="35"/>
-      <c r="M72" s="102" t="s">
+      <c r="M72" s="145" t="s">
         <v>57</v>
       </c>
-      <c r="N72" s="103"/>
-[...8 lines deleted...]
-      <c r="W72" s="72" t="s">
+      <c r="N72" s="146"/>
+      <c r="O72" s="130"/>
+      <c r="P72" s="131"/>
+      <c r="Q72" s="131"/>
+      <c r="R72" s="131"/>
+      <c r="S72" s="131"/>
+      <c r="T72" s="131"/>
+      <c r="U72" s="131"/>
+      <c r="V72" s="132"/>
+      <c r="W72" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="X72" s="74"/>
-[...8 lines deleted...]
-      <c r="AG72" s="107" t="s">
+      <c r="X72" s="134"/>
+      <c r="Y72" s="147"/>
+      <c r="Z72" s="131"/>
+      <c r="AA72" s="131"/>
+      <c r="AB72" s="131"/>
+      <c r="AC72" s="131"/>
+      <c r="AD72" s="131"/>
+      <c r="AE72" s="131"/>
+      <c r="AF72" s="148"/>
+      <c r="AG72" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH72" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ72" s="72" t="s">
+      <c r="AH72" s="150"/>
+      <c r="AI72" s="150"/>
+      <c r="AJ72" s="150"/>
+      <c r="AK72" s="150"/>
+      <c r="AL72" s="150"/>
+      <c r="AM72" s="150"/>
+      <c r="AN72" s="150"/>
+      <c r="AO72" s="150"/>
+      <c r="AP72" s="151"/>
+      <c r="AQ72" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR72" s="74"/>
-[...7 lines deleted...]
-      <c r="AZ72" s="72" t="s">
+      <c r="AR72" s="134"/>
+      <c r="AS72" s="130"/>
+      <c r="AT72" s="131"/>
+      <c r="AU72" s="131"/>
+      <c r="AV72" s="131"/>
+      <c r="AW72" s="131"/>
+      <c r="AX72" s="131"/>
+      <c r="AY72" s="132"/>
+      <c r="AZ72" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA72" s="74"/>
-[...6 lines deleted...]
-      <c r="BH72" s="87"/>
+      <c r="BA72" s="134"/>
+      <c r="BB72" s="130"/>
+      <c r="BC72" s="131"/>
+      <c r="BD72" s="131"/>
+      <c r="BE72" s="131"/>
+      <c r="BF72" s="131"/>
+      <c r="BG72" s="131"/>
+      <c r="BH72" s="135"/>
     </row>
     <row r="73" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A73" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B73" s="34"/>
       <c r="C73" s="34"/>
       <c r="D73" s="34"/>
       <c r="E73" s="34"/>
       <c r="F73" s="34"/>
       <c r="G73" s="34"/>
       <c r="H73" s="34"/>
       <c r="I73" s="34"/>
       <c r="J73" s="34"/>
       <c r="K73" s="34"/>
       <c r="L73" s="35"/>
-      <c r="M73" s="88"/>
-[...46 lines deleted...]
-      <c r="BH73" s="89"/>
+      <c r="M73" s="139"/>
+      <c r="N73" s="139"/>
+      <c r="O73" s="139"/>
+      <c r="P73" s="139"/>
+      <c r="Q73" s="139"/>
+      <c r="R73" s="139"/>
+      <c r="S73" s="139"/>
+      <c r="T73" s="139"/>
+      <c r="U73" s="139"/>
+      <c r="V73" s="139"/>
+      <c r="W73" s="139"/>
+      <c r="X73" s="139"/>
+      <c r="Y73" s="139"/>
+      <c r="Z73" s="139"/>
+      <c r="AA73" s="139"/>
+      <c r="AB73" s="139"/>
+      <c r="AC73" s="139"/>
+      <c r="AD73" s="139"/>
+      <c r="AE73" s="139"/>
+      <c r="AF73" s="139"/>
+      <c r="AG73" s="139"/>
+      <c r="AH73" s="139"/>
+      <c r="AI73" s="139"/>
+      <c r="AJ73" s="139"/>
+      <c r="AK73" s="139"/>
+      <c r="AL73" s="139"/>
+      <c r="AM73" s="139"/>
+      <c r="AN73" s="139"/>
+      <c r="AO73" s="139"/>
+      <c r="AP73" s="139"/>
+      <c r="AQ73" s="139"/>
+      <c r="AR73" s="139"/>
+      <c r="AS73" s="139"/>
+      <c r="AT73" s="139"/>
+      <c r="AU73" s="139"/>
+      <c r="AV73" s="139"/>
+      <c r="AW73" s="139"/>
+      <c r="AX73" s="139"/>
+      <c r="AY73" s="139"/>
+      <c r="AZ73" s="139"/>
+      <c r="BA73" s="139"/>
+      <c r="BB73" s="139"/>
+      <c r="BC73" s="139"/>
+      <c r="BD73" s="139"/>
+      <c r="BE73" s="139"/>
+      <c r="BF73" s="139"/>
+      <c r="BG73" s="139"/>
+      <c r="BH73" s="140"/>
     </row>
     <row r="74" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A74" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B74" s="34"/>
       <c r="C74" s="34"/>
       <c r="D74" s="34"/>
       <c r="E74" s="34"/>
       <c r="F74" s="34"/>
       <c r="G74" s="34"/>
       <c r="H74" s="34"/>
       <c r="I74" s="34"/>
       <c r="J74" s="34"/>
       <c r="K74" s="34"/>
       <c r="L74" s="35"/>
-      <c r="M74" s="88"/>
-[...46 lines deleted...]
-      <c r="BH74" s="89"/>
+      <c r="M74" s="139"/>
+      <c r="N74" s="139"/>
+      <c r="O74" s="139"/>
+      <c r="P74" s="139"/>
+      <c r="Q74" s="139"/>
+      <c r="R74" s="139"/>
+      <c r="S74" s="139"/>
+      <c r="T74" s="139"/>
+      <c r="U74" s="139"/>
+      <c r="V74" s="139"/>
+      <c r="W74" s="139"/>
+      <c r="X74" s="139"/>
+      <c r="Y74" s="139"/>
+      <c r="Z74" s="139"/>
+      <c r="AA74" s="139"/>
+      <c r="AB74" s="139"/>
+      <c r="AC74" s="139"/>
+      <c r="AD74" s="139"/>
+      <c r="AE74" s="139"/>
+      <c r="AF74" s="139"/>
+      <c r="AG74" s="139"/>
+      <c r="AH74" s="139"/>
+      <c r="AI74" s="139"/>
+      <c r="AJ74" s="139"/>
+      <c r="AK74" s="139"/>
+      <c r="AL74" s="139"/>
+      <c r="AM74" s="139"/>
+      <c r="AN74" s="139"/>
+      <c r="AO74" s="139"/>
+      <c r="AP74" s="139"/>
+      <c r="AQ74" s="139"/>
+      <c r="AR74" s="139"/>
+      <c r="AS74" s="139"/>
+      <c r="AT74" s="139"/>
+      <c r="AU74" s="139"/>
+      <c r="AV74" s="139"/>
+      <c r="AW74" s="139"/>
+      <c r="AX74" s="139"/>
+      <c r="AY74" s="139"/>
+      <c r="AZ74" s="139"/>
+      <c r="BA74" s="139"/>
+      <c r="BB74" s="139"/>
+      <c r="BC74" s="139"/>
+      <c r="BD74" s="139"/>
+      <c r="BE74" s="139"/>
+      <c r="BF74" s="139"/>
+      <c r="BG74" s="139"/>
+      <c r="BH74" s="140"/>
     </row>
     <row r="75" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A75" s="90" t="s">
+      <c r="A75" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B75" s="91"/>
-[...30 lines deleted...]
-      <c r="AG75" s="93" t="s">
+      <c r="B75" s="170"/>
+      <c r="C75" s="170"/>
+      <c r="D75" s="170"/>
+      <c r="E75" s="170"/>
+      <c r="F75" s="170"/>
+      <c r="G75" s="170"/>
+      <c r="H75" s="170"/>
+      <c r="I75" s="170"/>
+      <c r="J75" s="170"/>
+      <c r="K75" s="170"/>
+      <c r="L75" s="171"/>
+      <c r="M75" s="139"/>
+      <c r="N75" s="139"/>
+      <c r="O75" s="139"/>
+      <c r="P75" s="139"/>
+      <c r="Q75" s="139"/>
+      <c r="R75" s="139"/>
+      <c r="S75" s="139"/>
+      <c r="T75" s="139"/>
+      <c r="U75" s="139"/>
+      <c r="V75" s="139"/>
+      <c r="W75" s="139"/>
+      <c r="X75" s="139"/>
+      <c r="Y75" s="139"/>
+      <c r="Z75" s="139"/>
+      <c r="AA75" s="139"/>
+      <c r="AB75" s="139"/>
+      <c r="AC75" s="139"/>
+      <c r="AD75" s="139"/>
+      <c r="AE75" s="139"/>
+      <c r="AF75" s="139"/>
+      <c r="AG75" s="172" t="s">
         <v>66</v>
       </c>
-      <c r="AH75" s="94"/>
-[...25 lines deleted...]
-      <c r="BH75" s="98"/>
+      <c r="AH75" s="173"/>
+      <c r="AI75" s="173"/>
+      <c r="AJ75" s="173"/>
+      <c r="AK75" s="173"/>
+      <c r="AL75" s="173"/>
+      <c r="AM75" s="173"/>
+      <c r="AN75" s="174"/>
+      <c r="AO75" s="175"/>
+      <c r="AP75" s="176"/>
+      <c r="AQ75" s="176"/>
+      <c r="AR75" s="176"/>
+      <c r="AS75" s="176"/>
+      <c r="AT75" s="176"/>
+      <c r="AU75" s="176"/>
+      <c r="AV75" s="176"/>
+      <c r="AW75" s="176"/>
+      <c r="AX75" s="176"/>
+      <c r="AY75" s="176"/>
+      <c r="AZ75" s="176"/>
+      <c r="BA75" s="176"/>
+      <c r="BB75" s="176"/>
+      <c r="BC75" s="176"/>
+      <c r="BD75" s="176"/>
+      <c r="BE75" s="176"/>
+      <c r="BF75" s="176"/>
+      <c r="BG75" s="176"/>
+      <c r="BH75" s="177"/>
     </row>
     <row r="76" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A76" s="68" t="s">
+      <c r="A76" s="178" t="s">
         <v>78</v>
       </c>
-      <c r="B76" s="69"/>
-[...10 lines deleted...]
-      <c r="M76" s="71" t="s">
+      <c r="B76" s="179"/>
+      <c r="C76" s="179"/>
+      <c r="D76" s="179"/>
+      <c r="E76" s="179"/>
+      <c r="F76" s="179"/>
+      <c r="G76" s="179"/>
+      <c r="H76" s="179"/>
+      <c r="I76" s="179"/>
+      <c r="J76" s="179"/>
+      <c r="K76" s="179"/>
+      <c r="L76" s="180"/>
+      <c r="M76" s="150" t="s">
         <v>68</v>
       </c>
-      <c r="N76" s="71"/>
-[...4 lines deleted...]
-      <c r="S76" s="71"/>
+      <c r="N76" s="150"/>
+      <c r="O76" s="150"/>
+      <c r="P76" s="150"/>
+      <c r="Q76" s="150"/>
+      <c r="R76" s="150"/>
+      <c r="S76" s="150"/>
       <c r="T76" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U76" s="121"/>
-[...7 lines deleted...]
-      <c r="AC76" s="72" t="s">
+      <c r="U76" s="181"/>
+      <c r="V76" s="139"/>
+      <c r="W76" s="139"/>
+      <c r="X76" s="139"/>
+      <c r="Y76" s="139"/>
+      <c r="Z76" s="139"/>
+      <c r="AA76" s="139"/>
+      <c r="AB76" s="182"/>
+      <c r="AC76" s="133" t="s">
         <v>70</v>
       </c>
-      <c r="AD76" s="73"/>
-[...11 lines deleted...]
-      <c r="AP76" s="72" t="s">
+      <c r="AD76" s="183"/>
+      <c r="AE76" s="183"/>
+      <c r="AF76" s="183"/>
+      <c r="AG76" s="134"/>
+      <c r="AH76" s="152"/>
+      <c r="AI76" s="153"/>
+      <c r="AJ76" s="153"/>
+      <c r="AK76" s="153"/>
+      <c r="AL76" s="153"/>
+      <c r="AM76" s="153"/>
+      <c r="AN76" s="153"/>
+      <c r="AO76" s="184"/>
+      <c r="AP76" s="133" t="s">
         <v>71</v>
       </c>
-      <c r="AQ76" s="73"/>
-[...16 lines deleted...]
-      <c r="BH76" s="81"/>
+      <c r="AQ76" s="183"/>
+      <c r="AR76" s="183"/>
+      <c r="AS76" s="183"/>
+      <c r="AT76" s="134"/>
+      <c r="AU76" s="152"/>
+      <c r="AV76" s="153"/>
+      <c r="AW76" s="153"/>
+      <c r="AX76" s="153"/>
+      <c r="AY76" s="153"/>
+      <c r="AZ76" s="153"/>
+      <c r="BA76" s="153"/>
+      <c r="BB76" s="153"/>
+      <c r="BC76" s="153"/>
+      <c r="BD76" s="153"/>
+      <c r="BE76" s="153"/>
+      <c r="BF76" s="153"/>
+      <c r="BG76" s="153"/>
+      <c r="BH76" s="154"/>
     </row>
     <row r="77" spans="1:60" s="11" customFormat="1" ht="23" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="118"/>
-[...11 lines deleted...]
-      <c r="M77" s="125" t="s">
+      <c r="A77" s="209"/>
+      <c r="B77" s="210"/>
+      <c r="C77" s="210"/>
+      <c r="D77" s="210"/>
+      <c r="E77" s="210"/>
+      <c r="F77" s="210"/>
+      <c r="G77" s="210"/>
+      <c r="H77" s="210"/>
+      <c r="I77" s="210"/>
+      <c r="J77" s="210"/>
+      <c r="K77" s="210"/>
+      <c r="L77" s="211"/>
+      <c r="M77" s="191" t="s">
         <v>72</v>
       </c>
-      <c r="N77" s="125"/>
-[...45 lines deleted...]
-      <c r="BH77" s="128"/>
+      <c r="N77" s="191"/>
+      <c r="O77" s="191"/>
+      <c r="P77" s="191"/>
+      <c r="Q77" s="191"/>
+      <c r="R77" s="191"/>
+      <c r="S77" s="191"/>
+      <c r="T77" s="212"/>
+      <c r="U77" s="213"/>
+      <c r="V77" s="213"/>
+      <c r="W77" s="213"/>
+      <c r="X77" s="213"/>
+      <c r="Y77" s="213"/>
+      <c r="Z77" s="213"/>
+      <c r="AA77" s="213"/>
+      <c r="AB77" s="213"/>
+      <c r="AC77" s="213"/>
+      <c r="AD77" s="213"/>
+      <c r="AE77" s="213"/>
+      <c r="AF77" s="213"/>
+      <c r="AG77" s="213"/>
+      <c r="AH77" s="213"/>
+      <c r="AI77" s="213"/>
+      <c r="AJ77" s="213"/>
+      <c r="AK77" s="213"/>
+      <c r="AL77" s="213"/>
+      <c r="AM77" s="213"/>
+      <c r="AN77" s="213"/>
+      <c r="AO77" s="213"/>
+      <c r="AP77" s="213"/>
+      <c r="AQ77" s="213"/>
+      <c r="AR77" s="213"/>
+      <c r="AS77" s="213"/>
+      <c r="AT77" s="213"/>
+      <c r="AU77" s="213"/>
+      <c r="AV77" s="213"/>
+      <c r="AW77" s="213"/>
+      <c r="AX77" s="213"/>
+      <c r="AY77" s="213"/>
+      <c r="AZ77" s="213"/>
+      <c r="BA77" s="213"/>
+      <c r="BB77" s="213"/>
+      <c r="BC77" s="213"/>
+      <c r="BD77" s="213"/>
+      <c r="BE77" s="213"/>
+      <c r="BF77" s="213"/>
+      <c r="BG77" s="213"/>
+      <c r="BH77" s="214"/>
     </row>
     <row r="78" spans="1:60" ht="25.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="111" t="s">
+      <c r="A78" s="198" t="s">
         <v>81</v>
       </c>
-      <c r="B78" s="112"/>
-[...1 lines deleted...]
-      <c r="D78" s="113" t="s">
+      <c r="B78" s="199"/>
+      <c r="C78" s="199"/>
+      <c r="D78" s="215" t="s">
         <v>82</v>
       </c>
-      <c r="E78" s="113"/>
-[...54 lines deleted...]
-      <c r="BH78" s="114"/>
+      <c r="E78" s="215"/>
+      <c r="F78" s="215"/>
+      <c r="G78" s="215"/>
+      <c r="H78" s="215"/>
+      <c r="I78" s="215"/>
+      <c r="J78" s="215"/>
+      <c r="K78" s="215"/>
+      <c r="L78" s="215"/>
+      <c r="M78" s="215"/>
+      <c r="N78" s="215"/>
+      <c r="O78" s="215"/>
+      <c r="P78" s="215"/>
+      <c r="Q78" s="215"/>
+      <c r="R78" s="215"/>
+      <c r="S78" s="215"/>
+      <c r="T78" s="215"/>
+      <c r="U78" s="215"/>
+      <c r="V78" s="215"/>
+      <c r="W78" s="215"/>
+      <c r="X78" s="215"/>
+      <c r="Y78" s="215"/>
+      <c r="Z78" s="215"/>
+      <c r="AA78" s="215"/>
+      <c r="AB78" s="215"/>
+      <c r="AC78" s="215"/>
+      <c r="AD78" s="215"/>
+      <c r="AE78" s="215"/>
+      <c r="AF78" s="215"/>
+      <c r="AG78" s="215"/>
+      <c r="AH78" s="215"/>
+      <c r="AI78" s="215"/>
+      <c r="AJ78" s="215"/>
+      <c r="AK78" s="215"/>
+      <c r="AL78" s="215"/>
+      <c r="AM78" s="215"/>
+      <c r="AN78" s="215"/>
+      <c r="AO78" s="215"/>
+      <c r="AP78" s="215"/>
+      <c r="AQ78" s="215"/>
+      <c r="AR78" s="215"/>
+      <c r="AS78" s="215"/>
+      <c r="AT78" s="215"/>
+      <c r="AU78" s="215"/>
+      <c r="AV78" s="215"/>
+      <c r="AW78" s="215"/>
+      <c r="AX78" s="215"/>
+      <c r="AY78" s="215"/>
+      <c r="AZ78" s="215"/>
+      <c r="BA78" s="215"/>
+      <c r="BB78" s="215"/>
+      <c r="BC78" s="215"/>
+      <c r="BD78" s="215"/>
+      <c r="BE78" s="215"/>
+      <c r="BF78" s="215"/>
+      <c r="BG78" s="215"/>
+      <c r="BH78" s="216"/>
     </row>
     <row r="79" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A79" s="115" t="s">
+      <c r="A79" s="116" t="s">
         <v>76</v>
       </c>
-      <c r="B79" s="116"/>
-[...10 lines deleted...]
-      <c r="M79" s="123" t="s">
+      <c r="B79" s="117"/>
+      <c r="C79" s="117"/>
+      <c r="D79" s="117"/>
+      <c r="E79" s="117"/>
+      <c r="F79" s="117"/>
+      <c r="G79" s="117"/>
+      <c r="H79" s="117"/>
+      <c r="I79" s="117"/>
+      <c r="J79" s="117"/>
+      <c r="K79" s="117"/>
+      <c r="L79" s="118"/>
+      <c r="M79" s="119" t="s">
         <v>363</v>
       </c>
-      <c r="N79" s="123"/>
-[...45 lines deleted...]
-      <c r="BH79" s="124"/>
+      <c r="N79" s="119"/>
+      <c r="O79" s="119"/>
+      <c r="P79" s="119"/>
+      <c r="Q79" s="119"/>
+      <c r="R79" s="119"/>
+      <c r="S79" s="119"/>
+      <c r="T79" s="119"/>
+      <c r="U79" s="119"/>
+      <c r="V79" s="119"/>
+      <c r="W79" s="119"/>
+      <c r="X79" s="119"/>
+      <c r="Y79" s="119"/>
+      <c r="Z79" s="119"/>
+      <c r="AA79" s="119"/>
+      <c r="AB79" s="119"/>
+      <c r="AC79" s="119"/>
+      <c r="AD79" s="119"/>
+      <c r="AE79" s="119"/>
+      <c r="AF79" s="119"/>
+      <c r="AG79" s="119"/>
+      <c r="AH79" s="119"/>
+      <c r="AI79" s="119"/>
+      <c r="AJ79" s="119"/>
+      <c r="AK79" s="119"/>
+      <c r="AL79" s="119"/>
+      <c r="AM79" s="119"/>
+      <c r="AN79" s="119"/>
+      <c r="AO79" s="119"/>
+      <c r="AP79" s="119"/>
+      <c r="AQ79" s="119"/>
+      <c r="AR79" s="119"/>
+      <c r="AS79" s="119"/>
+      <c r="AT79" s="119"/>
+      <c r="AU79" s="119"/>
+      <c r="AV79" s="119"/>
+      <c r="AW79" s="119"/>
+      <c r="AX79" s="119"/>
+      <c r="AY79" s="119"/>
+      <c r="AZ79" s="119"/>
+      <c r="BA79" s="119"/>
+      <c r="BB79" s="119"/>
+      <c r="BC79" s="119"/>
+      <c r="BD79" s="119"/>
+      <c r="BE79" s="119"/>
+      <c r="BF79" s="119"/>
+      <c r="BG79" s="119"/>
+      <c r="BH79" s="120"/>
     </row>
     <row r="80" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A80" s="99" t="s">
+      <c r="A80" s="188" t="s">
         <v>77</v>
       </c>
-      <c r="B80" s="100"/>
-[...10 lines deleted...]
-      <c r="M80" s="109" t="s">
+      <c r="B80" s="189"/>
+      <c r="C80" s="189"/>
+      <c r="D80" s="189"/>
+      <c r="E80" s="189"/>
+      <c r="F80" s="189"/>
+      <c r="G80" s="189"/>
+      <c r="H80" s="189"/>
+      <c r="I80" s="189"/>
+      <c r="J80" s="189"/>
+      <c r="K80" s="189"/>
+      <c r="L80" s="190"/>
+      <c r="M80" s="186" t="s">
         <v>364</v>
       </c>
-      <c r="N80" s="109"/>
-[...45 lines deleted...]
-      <c r="BH80" s="110"/>
+      <c r="N80" s="186"/>
+      <c r="O80" s="186"/>
+      <c r="P80" s="186"/>
+      <c r="Q80" s="186"/>
+      <c r="R80" s="186"/>
+      <c r="S80" s="186"/>
+      <c r="T80" s="186"/>
+      <c r="U80" s="186"/>
+      <c r="V80" s="186"/>
+      <c r="W80" s="186"/>
+      <c r="X80" s="186"/>
+      <c r="Y80" s="186"/>
+      <c r="Z80" s="186"/>
+      <c r="AA80" s="186"/>
+      <c r="AB80" s="186"/>
+      <c r="AC80" s="186"/>
+      <c r="AD80" s="186"/>
+      <c r="AE80" s="186"/>
+      <c r="AF80" s="186"/>
+      <c r="AG80" s="186"/>
+      <c r="AH80" s="186"/>
+      <c r="AI80" s="186"/>
+      <c r="AJ80" s="186"/>
+      <c r="AK80" s="186"/>
+      <c r="AL80" s="186"/>
+      <c r="AM80" s="186"/>
+      <c r="AN80" s="186"/>
+      <c r="AO80" s="186"/>
+      <c r="AP80" s="186"/>
+      <c r="AQ80" s="186"/>
+      <c r="AR80" s="186"/>
+      <c r="AS80" s="186"/>
+      <c r="AT80" s="186"/>
+      <c r="AU80" s="186"/>
+      <c r="AV80" s="186"/>
+      <c r="AW80" s="186"/>
+      <c r="AX80" s="186"/>
+      <c r="AY80" s="186"/>
+      <c r="AZ80" s="186"/>
+      <c r="BA80" s="186"/>
+      <c r="BB80" s="186"/>
+      <c r="BC80" s="186"/>
+      <c r="BD80" s="186"/>
+      <c r="BE80" s="186"/>
+      <c r="BF80" s="186"/>
+      <c r="BG80" s="186"/>
+      <c r="BH80" s="187"/>
     </row>
     <row r="81" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A81" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B81" s="34"/>
       <c r="C81" s="34"/>
       <c r="D81" s="34"/>
       <c r="E81" s="34"/>
       <c r="F81" s="34"/>
       <c r="G81" s="34"/>
       <c r="H81" s="34"/>
       <c r="I81" s="34"/>
       <c r="J81" s="34"/>
       <c r="K81" s="34"/>
       <c r="L81" s="35"/>
-      <c r="M81" s="102" t="s">
+      <c r="M81" s="145" t="s">
         <v>57</v>
       </c>
-      <c r="N81" s="103"/>
-[...8 lines deleted...]
-      <c r="W81" s="72" t="s">
+      <c r="N81" s="146"/>
+      <c r="O81" s="130" t="s">
+        <v>371</v>
+      </c>
+      <c r="P81" s="131"/>
+      <c r="Q81" s="131"/>
+      <c r="R81" s="131"/>
+      <c r="S81" s="131"/>
+      <c r="T81" s="131"/>
+      <c r="U81" s="131"/>
+      <c r="V81" s="132"/>
+      <c r="W81" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="X81" s="74"/>
-[...8 lines deleted...]
-      <c r="AG81" s="107" t="s">
+      <c r="X81" s="134"/>
+      <c r="Y81" s="147" t="s">
+        <v>372</v>
+      </c>
+      <c r="Z81" s="131"/>
+      <c r="AA81" s="131"/>
+      <c r="AB81" s="131"/>
+      <c r="AC81" s="131"/>
+      <c r="AD81" s="131"/>
+      <c r="AE81" s="131"/>
+      <c r="AF81" s="148"/>
+      <c r="AG81" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH81" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ81" s="72" t="s">
+      <c r="AH81" s="150"/>
+      <c r="AI81" s="150"/>
+      <c r="AJ81" s="150"/>
+      <c r="AK81" s="150"/>
+      <c r="AL81" s="150"/>
+      <c r="AM81" s="150"/>
+      <c r="AN81" s="150"/>
+      <c r="AO81" s="150"/>
+      <c r="AP81" s="151"/>
+      <c r="AQ81" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR81" s="74"/>
-[...7 lines deleted...]
-      <c r="AZ81" s="72" t="s">
+      <c r="AR81" s="134"/>
+      <c r="AS81" s="130" t="s">
+        <v>370</v>
+      </c>
+      <c r="AT81" s="131"/>
+      <c r="AU81" s="131"/>
+      <c r="AV81" s="131"/>
+      <c r="AW81" s="131"/>
+      <c r="AX81" s="131"/>
+      <c r="AY81" s="132"/>
+      <c r="AZ81" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA81" s="74"/>
-[...6 lines deleted...]
-      <c r="BH81" s="87"/>
+      <c r="BA81" s="134"/>
+      <c r="BB81" s="130" t="s">
+        <v>373</v>
+      </c>
+      <c r="BC81" s="131"/>
+      <c r="BD81" s="131"/>
+      <c r="BE81" s="131"/>
+      <c r="BF81" s="131"/>
+      <c r="BG81" s="131"/>
+      <c r="BH81" s="135"/>
     </row>
     <row r="82" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A82" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B82" s="34"/>
       <c r="C82" s="34"/>
       <c r="D82" s="34"/>
       <c r="E82" s="34"/>
       <c r="F82" s="34"/>
       <c r="G82" s="34"/>
       <c r="H82" s="34"/>
       <c r="I82" s="34"/>
       <c r="J82" s="34"/>
       <c r="K82" s="34"/>
       <c r="L82" s="35"/>
-      <c r="M82" s="88"/>
-[...46 lines deleted...]
-      <c r="BH82" s="89"/>
+      <c r="M82" s="139"/>
+      <c r="N82" s="139"/>
+      <c r="O82" s="139"/>
+      <c r="P82" s="139"/>
+      <c r="Q82" s="139"/>
+      <c r="R82" s="139"/>
+      <c r="S82" s="139"/>
+      <c r="T82" s="139"/>
+      <c r="U82" s="139"/>
+      <c r="V82" s="139"/>
+      <c r="W82" s="139"/>
+      <c r="X82" s="139"/>
+      <c r="Y82" s="139"/>
+      <c r="Z82" s="139"/>
+      <c r="AA82" s="139"/>
+      <c r="AB82" s="139"/>
+      <c r="AC82" s="139"/>
+      <c r="AD82" s="139"/>
+      <c r="AE82" s="139"/>
+      <c r="AF82" s="139"/>
+      <c r="AG82" s="139"/>
+      <c r="AH82" s="139"/>
+      <c r="AI82" s="139"/>
+      <c r="AJ82" s="139"/>
+      <c r="AK82" s="139"/>
+      <c r="AL82" s="139"/>
+      <c r="AM82" s="139"/>
+      <c r="AN82" s="139"/>
+      <c r="AO82" s="139"/>
+      <c r="AP82" s="139"/>
+      <c r="AQ82" s="139"/>
+      <c r="AR82" s="139"/>
+      <c r="AS82" s="139"/>
+      <c r="AT82" s="139"/>
+      <c r="AU82" s="139"/>
+      <c r="AV82" s="139"/>
+      <c r="AW82" s="139"/>
+      <c r="AX82" s="139"/>
+      <c r="AY82" s="139"/>
+      <c r="AZ82" s="139"/>
+      <c r="BA82" s="139"/>
+      <c r="BB82" s="139"/>
+      <c r="BC82" s="139"/>
+      <c r="BD82" s="139"/>
+      <c r="BE82" s="139"/>
+      <c r="BF82" s="139"/>
+      <c r="BG82" s="139"/>
+      <c r="BH82" s="140"/>
     </row>
     <row r="83" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A83" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B83" s="34"/>
       <c r="C83" s="34"/>
       <c r="D83" s="34"/>
       <c r="E83" s="34"/>
       <c r="F83" s="34"/>
       <c r="G83" s="34"/>
       <c r="H83" s="34"/>
       <c r="I83" s="34"/>
       <c r="J83" s="34"/>
       <c r="K83" s="34"/>
       <c r="L83" s="35"/>
-      <c r="M83" s="88" t="s">
+      <c r="M83" s="139" t="s">
         <v>369</v>
       </c>
-      <c r="N83" s="88"/>
-[...45 lines deleted...]
-      <c r="BH83" s="89"/>
+      <c r="N83" s="139"/>
+      <c r="O83" s="139"/>
+      <c r="P83" s="139"/>
+      <c r="Q83" s="139"/>
+      <c r="R83" s="139"/>
+      <c r="S83" s="139"/>
+      <c r="T83" s="139"/>
+      <c r="U83" s="139"/>
+      <c r="V83" s="139"/>
+      <c r="W83" s="139"/>
+      <c r="X83" s="139"/>
+      <c r="Y83" s="139"/>
+      <c r="Z83" s="139"/>
+      <c r="AA83" s="139"/>
+      <c r="AB83" s="139"/>
+      <c r="AC83" s="139"/>
+      <c r="AD83" s="139"/>
+      <c r="AE83" s="139"/>
+      <c r="AF83" s="139"/>
+      <c r="AG83" s="139"/>
+      <c r="AH83" s="139"/>
+      <c r="AI83" s="139"/>
+      <c r="AJ83" s="139"/>
+      <c r="AK83" s="139"/>
+      <c r="AL83" s="139"/>
+      <c r="AM83" s="139"/>
+      <c r="AN83" s="139"/>
+      <c r="AO83" s="139"/>
+      <c r="AP83" s="139"/>
+      <c r="AQ83" s="139"/>
+      <c r="AR83" s="139"/>
+      <c r="AS83" s="139"/>
+      <c r="AT83" s="139"/>
+      <c r="AU83" s="139"/>
+      <c r="AV83" s="139"/>
+      <c r="AW83" s="139"/>
+      <c r="AX83" s="139"/>
+      <c r="AY83" s="139"/>
+      <c r="AZ83" s="139"/>
+      <c r="BA83" s="139"/>
+      <c r="BB83" s="139"/>
+      <c r="BC83" s="139"/>
+      <c r="BD83" s="139"/>
+      <c r="BE83" s="139"/>
+      <c r="BF83" s="139"/>
+      <c r="BG83" s="139"/>
+      <c r="BH83" s="140"/>
     </row>
     <row r="84" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A84" s="90" t="s">
+      <c r="A84" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B84" s="91"/>
-[...30 lines deleted...]
-      <c r="AG84" s="93" t="s">
+      <c r="B84" s="170"/>
+      <c r="C84" s="170"/>
+      <c r="D84" s="170"/>
+      <c r="E84" s="170"/>
+      <c r="F84" s="170"/>
+      <c r="G84" s="170"/>
+      <c r="H84" s="170"/>
+      <c r="I84" s="170"/>
+      <c r="J84" s="170"/>
+      <c r="K84" s="170"/>
+      <c r="L84" s="171"/>
+      <c r="M84" s="139"/>
+      <c r="N84" s="139"/>
+      <c r="O84" s="139"/>
+      <c r="P84" s="139"/>
+      <c r="Q84" s="139"/>
+      <c r="R84" s="139"/>
+      <c r="S84" s="139"/>
+      <c r="T84" s="139"/>
+      <c r="U84" s="139"/>
+      <c r="V84" s="139"/>
+      <c r="W84" s="139"/>
+      <c r="X84" s="139"/>
+      <c r="Y84" s="139"/>
+      <c r="Z84" s="139"/>
+      <c r="AA84" s="139"/>
+      <c r="AB84" s="139"/>
+      <c r="AC84" s="139"/>
+      <c r="AD84" s="139"/>
+      <c r="AE84" s="139"/>
+      <c r="AF84" s="139"/>
+      <c r="AG84" s="172" t="s">
         <v>66</v>
       </c>
-      <c r="AH84" s="94"/>
-[...25 lines deleted...]
-      <c r="BH84" s="98"/>
+      <c r="AH84" s="173"/>
+      <c r="AI84" s="173"/>
+      <c r="AJ84" s="173"/>
+      <c r="AK84" s="173"/>
+      <c r="AL84" s="173"/>
+      <c r="AM84" s="173"/>
+      <c r="AN84" s="174"/>
+      <c r="AO84" s="175"/>
+      <c r="AP84" s="176"/>
+      <c r="AQ84" s="176"/>
+      <c r="AR84" s="176"/>
+      <c r="AS84" s="176"/>
+      <c r="AT84" s="176"/>
+      <c r="AU84" s="176"/>
+      <c r="AV84" s="176"/>
+      <c r="AW84" s="176"/>
+      <c r="AX84" s="176"/>
+      <c r="AY84" s="176"/>
+      <c r="AZ84" s="176"/>
+      <c r="BA84" s="176"/>
+      <c r="BB84" s="176"/>
+      <c r="BC84" s="176"/>
+      <c r="BD84" s="176"/>
+      <c r="BE84" s="176"/>
+      <c r="BF84" s="176"/>
+      <c r="BG84" s="176"/>
+      <c r="BH84" s="177"/>
     </row>
     <row r="85" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A85" s="68" t="s">
+      <c r="A85" s="178" t="s">
         <v>78</v>
       </c>
-      <c r="B85" s="69"/>
-[...10 lines deleted...]
-      <c r="M85" s="71" t="s">
+      <c r="B85" s="179"/>
+      <c r="C85" s="179"/>
+      <c r="D85" s="179"/>
+      <c r="E85" s="179"/>
+      <c r="F85" s="179"/>
+      <c r="G85" s="179"/>
+      <c r="H85" s="179"/>
+      <c r="I85" s="179"/>
+      <c r="J85" s="179"/>
+      <c r="K85" s="179"/>
+      <c r="L85" s="180"/>
+      <c r="M85" s="150" t="s">
         <v>68</v>
       </c>
-      <c r="N85" s="71"/>
-[...4 lines deleted...]
-      <c r="S85" s="71"/>
+      <c r="N85" s="150"/>
+      <c r="O85" s="150"/>
+      <c r="P85" s="150"/>
+      <c r="Q85" s="150"/>
+      <c r="R85" s="150"/>
+      <c r="S85" s="150"/>
       <c r="T85" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U85" s="75" t="s">
+      <c r="U85" s="192" t="s">
         <v>365</v>
       </c>
-      <c r="V85" s="76"/>
-[...6 lines deleted...]
-      <c r="AC85" s="72" t="s">
+      <c r="V85" s="193"/>
+      <c r="W85" s="193"/>
+      <c r="X85" s="193"/>
+      <c r="Y85" s="193"/>
+      <c r="Z85" s="193"/>
+      <c r="AA85" s="193"/>
+      <c r="AB85" s="194"/>
+      <c r="AC85" s="133" t="s">
         <v>70</v>
       </c>
-      <c r="AD85" s="73"/>
-[...3 lines deleted...]
-      <c r="AH85" s="78" t="s">
+      <c r="AD85" s="183"/>
+      <c r="AE85" s="183"/>
+      <c r="AF85" s="183"/>
+      <c r="AG85" s="134"/>
+      <c r="AH85" s="152" t="s">
         <v>366</v>
       </c>
-      <c r="AI85" s="79"/>
-[...6 lines deleted...]
-      <c r="AP85" s="72" t="s">
+      <c r="AI85" s="153"/>
+      <c r="AJ85" s="153"/>
+      <c r="AK85" s="153"/>
+      <c r="AL85" s="153"/>
+      <c r="AM85" s="153"/>
+      <c r="AN85" s="153"/>
+      <c r="AO85" s="184"/>
+      <c r="AP85" s="133" t="s">
         <v>71</v>
       </c>
-      <c r="AQ85" s="73"/>
-[...3 lines deleted...]
-      <c r="AU85" s="78" t="s">
+      <c r="AQ85" s="183"/>
+      <c r="AR85" s="183"/>
+      <c r="AS85" s="183"/>
+      <c r="AT85" s="134"/>
+      <c r="AU85" s="152" t="s">
         <v>367</v>
       </c>
-      <c r="AV85" s="79"/>
-[...11 lines deleted...]
-      <c r="BH85" s="81"/>
+      <c r="AV85" s="153"/>
+      <c r="AW85" s="153"/>
+      <c r="AX85" s="153"/>
+      <c r="AY85" s="153"/>
+      <c r="AZ85" s="153"/>
+      <c r="BA85" s="153"/>
+      <c r="BB85" s="153"/>
+      <c r="BC85" s="153"/>
+      <c r="BD85" s="153"/>
+      <c r="BE85" s="153"/>
+      <c r="BF85" s="153"/>
+      <c r="BG85" s="153"/>
+      <c r="BH85" s="154"/>
     </row>
     <row r="86" spans="1:60" s="11" customFormat="1" ht="23" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="68"/>
-[...11 lines deleted...]
-      <c r="M86" s="57" t="s">
+      <c r="A86" s="178"/>
+      <c r="B86" s="179"/>
+      <c r="C86" s="179"/>
+      <c r="D86" s="179"/>
+      <c r="E86" s="179"/>
+      <c r="F86" s="179"/>
+      <c r="G86" s="179"/>
+      <c r="H86" s="179"/>
+      <c r="I86" s="179"/>
+      <c r="J86" s="179"/>
+      <c r="K86" s="179"/>
+      <c r="L86" s="180"/>
+      <c r="M86" s="155" t="s">
         <v>72</v>
       </c>
-      <c r="N86" s="57"/>
-[...5 lines deleted...]
-      <c r="T86" s="82" t="s">
+      <c r="N86" s="155"/>
+      <c r="O86" s="155"/>
+      <c r="P86" s="155"/>
+      <c r="Q86" s="155"/>
+      <c r="R86" s="155"/>
+      <c r="S86" s="155"/>
+      <c r="T86" s="195" t="s">
         <v>368</v>
       </c>
-      <c r="U86" s="83"/>
-[...38 lines deleted...]
-      <c r="BH86" s="84"/>
+      <c r="U86" s="196"/>
+      <c r="V86" s="196"/>
+      <c r="W86" s="196"/>
+      <c r="X86" s="196"/>
+      <c r="Y86" s="196"/>
+      <c r="Z86" s="196"/>
+      <c r="AA86" s="196"/>
+      <c r="AB86" s="196"/>
+      <c r="AC86" s="196"/>
+      <c r="AD86" s="196"/>
+      <c r="AE86" s="196"/>
+      <c r="AF86" s="196"/>
+      <c r="AG86" s="196"/>
+      <c r="AH86" s="196"/>
+      <c r="AI86" s="196"/>
+      <c r="AJ86" s="196"/>
+      <c r="AK86" s="196"/>
+      <c r="AL86" s="196"/>
+      <c r="AM86" s="196"/>
+      <c r="AN86" s="196"/>
+      <c r="AO86" s="196"/>
+      <c r="AP86" s="196"/>
+      <c r="AQ86" s="196"/>
+      <c r="AR86" s="196"/>
+      <c r="AS86" s="196"/>
+      <c r="AT86" s="196"/>
+      <c r="AU86" s="196"/>
+      <c r="AV86" s="196"/>
+      <c r="AW86" s="196"/>
+      <c r="AX86" s="196"/>
+      <c r="AY86" s="196"/>
+      <c r="AZ86" s="196"/>
+      <c r="BA86" s="196"/>
+      <c r="BB86" s="196"/>
+      <c r="BC86" s="196"/>
+      <c r="BD86" s="196"/>
+      <c r="BE86" s="196"/>
+      <c r="BF86" s="196"/>
+      <c r="BG86" s="196"/>
+      <c r="BH86" s="197"/>
     </row>
     <row r="87" spans="1:60" s="11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="58" t="s">
+      <c r="A87" s="217" t="s">
         <v>83</v>
       </c>
-      <c r="B87" s="59"/>
-[...1 lines deleted...]
-      <c r="D87" s="60" t="s">
+      <c r="B87" s="218"/>
+      <c r="C87" s="218"/>
+      <c r="D87" s="219" t="s">
         <v>84</v>
       </c>
-      <c r="E87" s="60"/>
-[...54 lines deleted...]
-      <c r="BH87" s="61"/>
+      <c r="E87" s="219"/>
+      <c r="F87" s="219"/>
+      <c r="G87" s="219"/>
+      <c r="H87" s="219"/>
+      <c r="I87" s="219"/>
+      <c r="J87" s="219"/>
+      <c r="K87" s="219"/>
+      <c r="L87" s="219"/>
+      <c r="M87" s="219"/>
+      <c r="N87" s="219"/>
+      <c r="O87" s="219"/>
+      <c r="P87" s="219"/>
+      <c r="Q87" s="219"/>
+      <c r="R87" s="219"/>
+      <c r="S87" s="219"/>
+      <c r="T87" s="219"/>
+      <c r="U87" s="219"/>
+      <c r="V87" s="219"/>
+      <c r="W87" s="219"/>
+      <c r="X87" s="219"/>
+      <c r="Y87" s="219"/>
+      <c r="Z87" s="219"/>
+      <c r="AA87" s="219"/>
+      <c r="AB87" s="219"/>
+      <c r="AC87" s="219"/>
+      <c r="AD87" s="219"/>
+      <c r="AE87" s="219"/>
+      <c r="AF87" s="219"/>
+      <c r="AG87" s="219"/>
+      <c r="AH87" s="219"/>
+      <c r="AI87" s="219"/>
+      <c r="AJ87" s="219"/>
+      <c r="AK87" s="219"/>
+      <c r="AL87" s="219"/>
+      <c r="AM87" s="219"/>
+      <c r="AN87" s="219"/>
+      <c r="AO87" s="219"/>
+      <c r="AP87" s="219"/>
+      <c r="AQ87" s="219"/>
+      <c r="AR87" s="219"/>
+      <c r="AS87" s="219"/>
+      <c r="AT87" s="219"/>
+      <c r="AU87" s="219"/>
+      <c r="AV87" s="219"/>
+      <c r="AW87" s="219"/>
+      <c r="AX87" s="219"/>
+      <c r="AY87" s="219"/>
+      <c r="AZ87" s="219"/>
+      <c r="BA87" s="219"/>
+      <c r="BB87" s="219"/>
+      <c r="BC87" s="219"/>
+      <c r="BD87" s="219"/>
+      <c r="BE87" s="219"/>
+      <c r="BF87" s="219"/>
+      <c r="BG87" s="219"/>
+      <c r="BH87" s="220"/>
     </row>
     <row r="88" spans="1:60" ht="25.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="62"/>
-[...58 lines deleted...]
-      <c r="BH88" s="64"/>
+      <c r="A88" s="221"/>
+      <c r="B88" s="222"/>
+      <c r="C88" s="222"/>
+      <c r="D88" s="222"/>
+      <c r="E88" s="222"/>
+      <c r="F88" s="222"/>
+      <c r="G88" s="222"/>
+      <c r="H88" s="222"/>
+      <c r="I88" s="222"/>
+      <c r="J88" s="222"/>
+      <c r="K88" s="222"/>
+      <c r="L88" s="222"/>
+      <c r="M88" s="222"/>
+      <c r="N88" s="222"/>
+      <c r="O88" s="222"/>
+      <c r="P88" s="222"/>
+      <c r="Q88" s="222"/>
+      <c r="R88" s="222"/>
+      <c r="S88" s="222"/>
+      <c r="T88" s="222"/>
+      <c r="U88" s="222"/>
+      <c r="V88" s="222"/>
+      <c r="W88" s="222"/>
+      <c r="X88" s="222"/>
+      <c r="Y88" s="222"/>
+      <c r="Z88" s="222"/>
+      <c r="AA88" s="222"/>
+      <c r="AB88" s="222"/>
+      <c r="AC88" s="222"/>
+      <c r="AD88" s="222"/>
+      <c r="AE88" s="222"/>
+      <c r="AF88" s="222"/>
+      <c r="AG88" s="222"/>
+      <c r="AH88" s="222"/>
+      <c r="AI88" s="222"/>
+      <c r="AJ88" s="222"/>
+      <c r="AK88" s="222"/>
+      <c r="AL88" s="222"/>
+      <c r="AM88" s="222"/>
+      <c r="AN88" s="222"/>
+      <c r="AO88" s="222"/>
+      <c r="AP88" s="222"/>
+      <c r="AQ88" s="222"/>
+      <c r="AR88" s="222"/>
+      <c r="AS88" s="222"/>
+      <c r="AT88" s="222"/>
+      <c r="AU88" s="222"/>
+      <c r="AV88" s="222"/>
+      <c r="AW88" s="222"/>
+      <c r="AX88" s="222"/>
+      <c r="AY88" s="222"/>
+      <c r="AZ88" s="222"/>
+      <c r="BA88" s="222"/>
+      <c r="BB88" s="222"/>
+      <c r="BC88" s="222"/>
+      <c r="BD88" s="222"/>
+      <c r="BE88" s="222"/>
+      <c r="BF88" s="222"/>
+      <c r="BG88" s="222"/>
+      <c r="BH88" s="223"/>
     </row>
     <row r="89" spans="1:60" ht="25.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="65"/>
-[...58 lines deleted...]
-      <c r="BH89" s="67"/>
+      <c r="A89" s="224"/>
+      <c r="B89" s="225"/>
+      <c r="C89" s="225"/>
+      <c r="D89" s="225"/>
+      <c r="E89" s="225"/>
+      <c r="F89" s="225"/>
+      <c r="G89" s="225"/>
+      <c r="H89" s="225"/>
+      <c r="I89" s="225"/>
+      <c r="J89" s="225"/>
+      <c r="K89" s="225"/>
+      <c r="L89" s="225"/>
+      <c r="M89" s="225"/>
+      <c r="N89" s="225"/>
+      <c r="O89" s="225"/>
+      <c r="P89" s="225"/>
+      <c r="Q89" s="225"/>
+      <c r="R89" s="225"/>
+      <c r="S89" s="225"/>
+      <c r="T89" s="225"/>
+      <c r="U89" s="225"/>
+      <c r="V89" s="225"/>
+      <c r="W89" s="225"/>
+      <c r="X89" s="225"/>
+      <c r="Y89" s="225"/>
+      <c r="Z89" s="225"/>
+      <c r="AA89" s="225"/>
+      <c r="AB89" s="225"/>
+      <c r="AC89" s="225"/>
+      <c r="AD89" s="225"/>
+      <c r="AE89" s="225"/>
+      <c r="AF89" s="225"/>
+      <c r="AG89" s="225"/>
+      <c r="AH89" s="225"/>
+      <c r="AI89" s="225"/>
+      <c r="AJ89" s="225"/>
+      <c r="AK89" s="225"/>
+      <c r="AL89" s="225"/>
+      <c r="AM89" s="225"/>
+      <c r="AN89" s="225"/>
+      <c r="AO89" s="225"/>
+      <c r="AP89" s="225"/>
+      <c r="AQ89" s="225"/>
+      <c r="AR89" s="225"/>
+      <c r="AS89" s="225"/>
+      <c r="AT89" s="225"/>
+      <c r="AU89" s="225"/>
+      <c r="AV89" s="225"/>
+      <c r="AW89" s="225"/>
+      <c r="AX89" s="225"/>
+      <c r="AY89" s="225"/>
+      <c r="AZ89" s="225"/>
+      <c r="BA89" s="225"/>
+      <c r="BB89" s="225"/>
+      <c r="BC89" s="225"/>
+      <c r="BD89" s="225"/>
+      <c r="BE89" s="225"/>
+      <c r="BF89" s="225"/>
+      <c r="BG89" s="225"/>
+      <c r="BH89" s="226"/>
     </row>
     <row r="90" spans="1:60" s="11" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="49" t="s">
+      <c r="A90" s="240" t="s">
         <v>85</v>
       </c>
-      <c r="B90" s="50"/>
-[...1 lines deleted...]
-      <c r="D90" s="51" t="s">
+      <c r="B90" s="241"/>
+      <c r="C90" s="241"/>
+      <c r="D90" s="242" t="s">
         <v>86</v>
       </c>
-      <c r="E90" s="51"/>
-[...7 lines deleted...]
-      <c r="M90" s="52" t="s">
+      <c r="E90" s="242"/>
+      <c r="F90" s="242"/>
+      <c r="G90" s="242"/>
+      <c r="H90" s="242"/>
+      <c r="I90" s="242"/>
+      <c r="J90" s="242"/>
+      <c r="K90" s="242"/>
+      <c r="L90" s="242"/>
+      <c r="M90" s="243" t="s">
         <v>87</v>
       </c>
-      <c r="N90" s="52"/>
-[...21 lines deleted...]
-      <c r="AJ90" s="36" t="s">
+      <c r="N90" s="243"/>
+      <c r="O90" s="243"/>
+      <c r="P90" s="243"/>
+      <c r="Q90" s="243"/>
+      <c r="R90" s="243"/>
+      <c r="S90" s="243"/>
+      <c r="T90" s="243"/>
+      <c r="U90" s="243"/>
+      <c r="V90" s="243"/>
+      <c r="W90" s="243"/>
+      <c r="X90" s="243"/>
+      <c r="Y90" s="243"/>
+      <c r="Z90" s="243"/>
+      <c r="AA90" s="243"/>
+      <c r="AB90" s="243"/>
+      <c r="AC90" s="243"/>
+      <c r="AD90" s="243"/>
+      <c r="AE90" s="243"/>
+      <c r="AF90" s="244"/>
+      <c r="AG90" s="245"/>
+      <c r="AH90" s="246"/>
+      <c r="AI90" s="246"/>
+      <c r="AJ90" s="227" t="s">
         <v>88</v>
       </c>
-      <c r="AK90" s="36"/>
-[...12 lines deleted...]
-      <c r="AX90" s="36" t="s">
+      <c r="AK90" s="227"/>
+      <c r="AL90" s="227"/>
+      <c r="AM90" s="227"/>
+      <c r="AN90" s="227"/>
+      <c r="AO90" s="227"/>
+      <c r="AP90" s="227"/>
+      <c r="AQ90" s="227"/>
+      <c r="AR90" s="227"/>
+      <c r="AS90" s="227"/>
+      <c r="AT90" s="247"/>
+      <c r="AU90" s="245"/>
+      <c r="AV90" s="246"/>
+      <c r="AW90" s="246"/>
+      <c r="AX90" s="227" t="s">
         <v>89</v>
       </c>
-      <c r="AY90" s="36"/>
-[...8 lines deleted...]
-      <c r="BH90" s="37"/>
+      <c r="AY90" s="227"/>
+      <c r="AZ90" s="227"/>
+      <c r="BA90" s="227"/>
+      <c r="BB90" s="227"/>
+      <c r="BC90" s="227"/>
+      <c r="BD90" s="227"/>
+      <c r="BE90" s="227"/>
+      <c r="BF90" s="227"/>
+      <c r="BG90" s="227"/>
+      <c r="BH90" s="228"/>
     </row>
     <row r="91" spans="1:60" ht="9" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="92" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A92" s="38" t="s">
+      <c r="A92" s="229" t="s">
         <v>90</v>
       </c>
-      <c r="B92" s="39"/>
-[...57 lines deleted...]
-      <c r="BH92" s="40"/>
+      <c r="B92" s="230"/>
+      <c r="C92" s="230"/>
+      <c r="D92" s="230"/>
+      <c r="E92" s="230"/>
+      <c r="F92" s="230"/>
+      <c r="G92" s="230"/>
+      <c r="H92" s="230"/>
+      <c r="I92" s="230"/>
+      <c r="J92" s="230"/>
+      <c r="K92" s="230"/>
+      <c r="L92" s="230"/>
+      <c r="M92" s="230"/>
+      <c r="N92" s="230"/>
+      <c r="O92" s="230"/>
+      <c r="P92" s="230"/>
+      <c r="Q92" s="230"/>
+      <c r="R92" s="230"/>
+      <c r="S92" s="230"/>
+      <c r="T92" s="230"/>
+      <c r="U92" s="230"/>
+      <c r="V92" s="230"/>
+      <c r="W92" s="230"/>
+      <c r="X92" s="230"/>
+      <c r="Y92" s="230"/>
+      <c r="Z92" s="230"/>
+      <c r="AA92" s="230"/>
+      <c r="AB92" s="230"/>
+      <c r="AC92" s="230"/>
+      <c r="AD92" s="230"/>
+      <c r="AE92" s="230"/>
+      <c r="AF92" s="230"/>
+      <c r="AG92" s="230"/>
+      <c r="AH92" s="230"/>
+      <c r="AI92" s="230"/>
+      <c r="AJ92" s="230"/>
+      <c r="AK92" s="230"/>
+      <c r="AL92" s="230"/>
+      <c r="AM92" s="230"/>
+      <c r="AN92" s="230"/>
+      <c r="AO92" s="230"/>
+      <c r="AP92" s="230"/>
+      <c r="AQ92" s="230"/>
+      <c r="AR92" s="230"/>
+      <c r="AS92" s="230"/>
+      <c r="AT92" s="230"/>
+      <c r="AU92" s="230"/>
+      <c r="AV92" s="230"/>
+      <c r="AW92" s="230"/>
+      <c r="AX92" s="230"/>
+      <c r="AY92" s="230"/>
+      <c r="AZ92" s="230"/>
+      <c r="BA92" s="230"/>
+      <c r="BB92" s="230"/>
+      <c r="BC92" s="230"/>
+      <c r="BD92" s="230"/>
+      <c r="BE92" s="230"/>
+      <c r="BF92" s="230"/>
+      <c r="BG92" s="230"/>
+      <c r="BH92" s="231"/>
     </row>
     <row r="93" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A93" s="41"/>
-[...58 lines deleted...]
-      <c r="BH93" s="43"/>
+      <c r="A93" s="232"/>
+      <c r="B93" s="233"/>
+      <c r="C93" s="233"/>
+      <c r="D93" s="233"/>
+      <c r="E93" s="233"/>
+      <c r="F93" s="233"/>
+      <c r="G93" s="233"/>
+      <c r="H93" s="233"/>
+      <c r="I93" s="233"/>
+      <c r="J93" s="233"/>
+      <c r="K93" s="233"/>
+      <c r="L93" s="233"/>
+      <c r="M93" s="233"/>
+      <c r="N93" s="233"/>
+      <c r="O93" s="233"/>
+      <c r="P93" s="233"/>
+      <c r="Q93" s="233"/>
+      <c r="R93" s="233"/>
+      <c r="S93" s="233"/>
+      <c r="T93" s="233"/>
+      <c r="U93" s="233"/>
+      <c r="V93" s="233"/>
+      <c r="W93" s="233"/>
+      <c r="X93" s="233"/>
+      <c r="Y93" s="233"/>
+      <c r="Z93" s="233"/>
+      <c r="AA93" s="233"/>
+      <c r="AB93" s="233"/>
+      <c r="AC93" s="233"/>
+      <c r="AD93" s="233"/>
+      <c r="AE93" s="233"/>
+      <c r="AF93" s="233"/>
+      <c r="AG93" s="233"/>
+      <c r="AH93" s="233"/>
+      <c r="AI93" s="233"/>
+      <c r="AJ93" s="233"/>
+      <c r="AK93" s="233"/>
+      <c r="AL93" s="233"/>
+      <c r="AM93" s="233"/>
+      <c r="AN93" s="233"/>
+      <c r="AO93" s="233"/>
+      <c r="AP93" s="233"/>
+      <c r="AQ93" s="233"/>
+      <c r="AR93" s="233"/>
+      <c r="AS93" s="233"/>
+      <c r="AT93" s="233"/>
+      <c r="AU93" s="233"/>
+      <c r="AV93" s="233"/>
+      <c r="AW93" s="233"/>
+      <c r="AX93" s="233"/>
+      <c r="AY93" s="233"/>
+      <c r="AZ93" s="233"/>
+      <c r="BA93" s="233"/>
+      <c r="BB93" s="233"/>
+      <c r="BC93" s="233"/>
+      <c r="BD93" s="233"/>
+      <c r="BE93" s="233"/>
+      <c r="BF93" s="233"/>
+      <c r="BG93" s="233"/>
+      <c r="BH93" s="234"/>
     </row>
     <row r="94" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A94" s="41"/>
-[...58 lines deleted...]
-      <c r="BH94" s="43"/>
+      <c r="A94" s="232"/>
+      <c r="B94" s="233"/>
+      <c r="C94" s="233"/>
+      <c r="D94" s="233"/>
+      <c r="E94" s="233"/>
+      <c r="F94" s="233"/>
+      <c r="G94" s="233"/>
+      <c r="H94" s="233"/>
+      <c r="I94" s="233"/>
+      <c r="J94" s="233"/>
+      <c r="K94" s="233"/>
+      <c r="L94" s="233"/>
+      <c r="M94" s="233"/>
+      <c r="N94" s="233"/>
+      <c r="O94" s="233"/>
+      <c r="P94" s="233"/>
+      <c r="Q94" s="233"/>
+      <c r="R94" s="233"/>
+      <c r="S94" s="233"/>
+      <c r="T94" s="233"/>
+      <c r="U94" s="233"/>
+      <c r="V94" s="233"/>
+      <c r="W94" s="233"/>
+      <c r="X94" s="233"/>
+      <c r="Y94" s="233"/>
+      <c r="Z94" s="233"/>
+      <c r="AA94" s="233"/>
+      <c r="AB94" s="233"/>
+      <c r="AC94" s="233"/>
+      <c r="AD94" s="233"/>
+      <c r="AE94" s="233"/>
+      <c r="AF94" s="233"/>
+      <c r="AG94" s="233"/>
+      <c r="AH94" s="233"/>
+      <c r="AI94" s="233"/>
+      <c r="AJ94" s="233"/>
+      <c r="AK94" s="233"/>
+      <c r="AL94" s="233"/>
+      <c r="AM94" s="233"/>
+      <c r="AN94" s="233"/>
+      <c r="AO94" s="233"/>
+      <c r="AP94" s="233"/>
+      <c r="AQ94" s="233"/>
+      <c r="AR94" s="233"/>
+      <c r="AS94" s="233"/>
+      <c r="AT94" s="233"/>
+      <c r="AU94" s="233"/>
+      <c r="AV94" s="233"/>
+      <c r="AW94" s="233"/>
+      <c r="AX94" s="233"/>
+      <c r="AY94" s="233"/>
+      <c r="AZ94" s="233"/>
+      <c r="BA94" s="233"/>
+      <c r="BB94" s="233"/>
+      <c r="BC94" s="233"/>
+      <c r="BD94" s="233"/>
+      <c r="BE94" s="233"/>
+      <c r="BF94" s="233"/>
+      <c r="BG94" s="233"/>
+      <c r="BH94" s="234"/>
     </row>
     <row r="95" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A95" s="41"/>
-[...58 lines deleted...]
-      <c r="BH95" s="43"/>
+      <c r="A95" s="232"/>
+      <c r="B95" s="233"/>
+      <c r="C95" s="233"/>
+      <c r="D95" s="233"/>
+      <c r="E95" s="233"/>
+      <c r="F95" s="233"/>
+      <c r="G95" s="233"/>
+      <c r="H95" s="233"/>
+      <c r="I95" s="233"/>
+      <c r="J95" s="233"/>
+      <c r="K95" s="233"/>
+      <c r="L95" s="233"/>
+      <c r="M95" s="233"/>
+      <c r="N95" s="233"/>
+      <c r="O95" s="233"/>
+      <c r="P95" s="233"/>
+      <c r="Q95" s="233"/>
+      <c r="R95" s="233"/>
+      <c r="S95" s="233"/>
+      <c r="T95" s="233"/>
+      <c r="U95" s="233"/>
+      <c r="V95" s="233"/>
+      <c r="W95" s="233"/>
+      <c r="X95" s="233"/>
+      <c r="Y95" s="233"/>
+      <c r="Z95" s="233"/>
+      <c r="AA95" s="233"/>
+      <c r="AB95" s="233"/>
+      <c r="AC95" s="233"/>
+      <c r="AD95" s="233"/>
+      <c r="AE95" s="233"/>
+      <c r="AF95" s="233"/>
+      <c r="AG95" s="233"/>
+      <c r="AH95" s="233"/>
+      <c r="AI95" s="233"/>
+      <c r="AJ95" s="233"/>
+      <c r="AK95" s="233"/>
+      <c r="AL95" s="233"/>
+      <c r="AM95" s="233"/>
+      <c r="AN95" s="233"/>
+      <c r="AO95" s="233"/>
+      <c r="AP95" s="233"/>
+      <c r="AQ95" s="233"/>
+      <c r="AR95" s="233"/>
+      <c r="AS95" s="233"/>
+      <c r="AT95" s="233"/>
+      <c r="AU95" s="233"/>
+      <c r="AV95" s="233"/>
+      <c r="AW95" s="233"/>
+      <c r="AX95" s="233"/>
+      <c r="AY95" s="233"/>
+      <c r="AZ95" s="233"/>
+      <c r="BA95" s="233"/>
+      <c r="BB95" s="233"/>
+      <c r="BC95" s="233"/>
+      <c r="BD95" s="233"/>
+      <c r="BE95" s="233"/>
+      <c r="BF95" s="233"/>
+      <c r="BG95" s="233"/>
+      <c r="BH95" s="234"/>
     </row>
     <row r="96" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A96" s="41"/>
-[...58 lines deleted...]
-      <c r="BH96" s="43"/>
+      <c r="A96" s="232"/>
+      <c r="B96" s="233"/>
+      <c r="C96" s="233"/>
+      <c r="D96" s="233"/>
+      <c r="E96" s="233"/>
+      <c r="F96" s="233"/>
+      <c r="G96" s="233"/>
+      <c r="H96" s="233"/>
+      <c r="I96" s="233"/>
+      <c r="J96" s="233"/>
+      <c r="K96" s="233"/>
+      <c r="L96" s="233"/>
+      <c r="M96" s="233"/>
+      <c r="N96" s="233"/>
+      <c r="O96" s="233"/>
+      <c r="P96" s="233"/>
+      <c r="Q96" s="233"/>
+      <c r="R96" s="233"/>
+      <c r="S96" s="233"/>
+      <c r="T96" s="233"/>
+      <c r="U96" s="233"/>
+      <c r="V96" s="233"/>
+      <c r="W96" s="233"/>
+      <c r="X96" s="233"/>
+      <c r="Y96" s="233"/>
+      <c r="Z96" s="233"/>
+      <c r="AA96" s="233"/>
+      <c r="AB96" s="233"/>
+      <c r="AC96" s="233"/>
+      <c r="AD96" s="233"/>
+      <c r="AE96" s="233"/>
+      <c r="AF96" s="233"/>
+      <c r="AG96" s="233"/>
+      <c r="AH96" s="233"/>
+      <c r="AI96" s="233"/>
+      <c r="AJ96" s="233"/>
+      <c r="AK96" s="233"/>
+      <c r="AL96" s="233"/>
+      <c r="AM96" s="233"/>
+      <c r="AN96" s="233"/>
+      <c r="AO96" s="233"/>
+      <c r="AP96" s="233"/>
+      <c r="AQ96" s="233"/>
+      <c r="AR96" s="233"/>
+      <c r="AS96" s="233"/>
+      <c r="AT96" s="233"/>
+      <c r="AU96" s="233"/>
+      <c r="AV96" s="233"/>
+      <c r="AW96" s="233"/>
+      <c r="AX96" s="233"/>
+      <c r="AY96" s="233"/>
+      <c r="AZ96" s="233"/>
+      <c r="BA96" s="233"/>
+      <c r="BB96" s="233"/>
+      <c r="BC96" s="233"/>
+      <c r="BD96" s="233"/>
+      <c r="BE96" s="233"/>
+      <c r="BF96" s="233"/>
+      <c r="BG96" s="233"/>
+      <c r="BH96" s="234"/>
     </row>
     <row r="97" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A97" s="44"/>
-[...58 lines deleted...]
-      <c r="BH97" s="46"/>
+      <c r="A97" s="235"/>
+      <c r="B97" s="236"/>
+      <c r="C97" s="236"/>
+      <c r="D97" s="236"/>
+      <c r="E97" s="236"/>
+      <c r="F97" s="236"/>
+      <c r="G97" s="236"/>
+      <c r="H97" s="236"/>
+      <c r="I97" s="236"/>
+      <c r="J97" s="236"/>
+      <c r="K97" s="236"/>
+      <c r="L97" s="236"/>
+      <c r="M97" s="236"/>
+      <c r="N97" s="236"/>
+      <c r="O97" s="236"/>
+      <c r="P97" s="236"/>
+      <c r="Q97" s="236"/>
+      <c r="R97" s="236"/>
+      <c r="S97" s="236"/>
+      <c r="T97" s="236"/>
+      <c r="U97" s="236"/>
+      <c r="V97" s="236"/>
+      <c r="W97" s="236"/>
+      <c r="X97" s="236"/>
+      <c r="Y97" s="236"/>
+      <c r="Z97" s="236"/>
+      <c r="AA97" s="236"/>
+      <c r="AB97" s="236"/>
+      <c r="AC97" s="236"/>
+      <c r="AD97" s="236"/>
+      <c r="AE97" s="236"/>
+      <c r="AF97" s="236"/>
+      <c r="AG97" s="236"/>
+      <c r="AH97" s="236"/>
+      <c r="AI97" s="236"/>
+      <c r="AJ97" s="236"/>
+      <c r="AK97" s="236"/>
+      <c r="AL97" s="236"/>
+      <c r="AM97" s="236"/>
+      <c r="AN97" s="236"/>
+      <c r="AO97" s="236"/>
+      <c r="AP97" s="236"/>
+      <c r="AQ97" s="236"/>
+      <c r="AR97" s="236"/>
+      <c r="AS97" s="236"/>
+      <c r="AT97" s="236"/>
+      <c r="AU97" s="236"/>
+      <c r="AV97" s="236"/>
+      <c r="AW97" s="236"/>
+      <c r="AX97" s="236"/>
+      <c r="AY97" s="236"/>
+      <c r="AZ97" s="236"/>
+      <c r="BA97" s="236"/>
+      <c r="BB97" s="236"/>
+      <c r="BC97" s="236"/>
+      <c r="BD97" s="236"/>
+      <c r="BE97" s="236"/>
+      <c r="BF97" s="236"/>
+      <c r="BG97" s="236"/>
+      <c r="BH97" s="237"/>
     </row>
     <row r="98" spans="1:60" ht="9" customHeight="1" x14ac:dyDescent="0.5">
       <c r="BB98" s="12"/>
       <c r="BC98" s="12"/>
       <c r="BD98" s="12"/>
       <c r="BE98" s="12"/>
       <c r="BF98" s="12"/>
       <c r="BG98" s="12"/>
       <c r="BH98" s="12"/>
     </row>
     <row r="99" spans="1:60" ht="65.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B99" s="47" t="s">
+      <c r="B99" s="238" t="s">
         <v>91</v>
       </c>
-      <c r="C99" s="47"/>
-[...23 lines deleted...]
-      <c r="AA99" s="47" t="s">
+      <c r="C99" s="238"/>
+      <c r="D99" s="238"/>
+      <c r="E99" s="238"/>
+      <c r="F99" s="238"/>
+      <c r="G99" s="238"/>
+      <c r="H99" s="238"/>
+      <c r="I99" s="238"/>
+      <c r="J99" s="238"/>
+      <c r="K99" s="238"/>
+      <c r="L99" s="238"/>
+      <c r="M99" s="238"/>
+      <c r="N99" s="238"/>
+      <c r="O99" s="238"/>
+      <c r="P99" s="238"/>
+      <c r="Q99" s="238"/>
+      <c r="R99" s="238"/>
+      <c r="S99" s="238"/>
+      <c r="T99" s="238"/>
+      <c r="U99" s="238"/>
+      <c r="V99" s="238"/>
+      <c r="W99" s="238"/>
+      <c r="X99" s="238"/>
+      <c r="Y99" s="238"/>
+      <c r="Z99" s="238"/>
+      <c r="AA99" s="238" t="s">
         <v>92</v>
       </c>
-      <c r="AB99" s="47"/>
-[...31 lines deleted...]
-      <c r="BH99" s="48"/>
+      <c r="AB99" s="238"/>
+      <c r="AC99" s="238"/>
+      <c r="AD99" s="238"/>
+      <c r="AE99" s="238"/>
+      <c r="AF99" s="238"/>
+      <c r="AG99" s="238"/>
+      <c r="AH99" s="238"/>
+      <c r="AI99" s="238"/>
+      <c r="AJ99" s="238"/>
+      <c r="AK99" s="238"/>
+      <c r="AL99" s="238"/>
+      <c r="AM99" s="238"/>
+      <c r="AN99" s="238"/>
+      <c r="AO99" s="238"/>
+      <c r="AP99" s="238"/>
+      <c r="AQ99" s="238"/>
+      <c r="AR99" s="238"/>
+      <c r="AS99" s="238"/>
+      <c r="AT99" s="238"/>
+      <c r="AU99" s="238"/>
+      <c r="AV99" s="238"/>
+      <c r="AW99" s="238"/>
+      <c r="AX99" s="238"/>
+      <c r="AY99" s="238"/>
+      <c r="AZ99" s="238"/>
+      <c r="BA99" s="239"/>
+      <c r="BB99" s="239"/>
+      <c r="BC99" s="239"/>
+      <c r="BD99" s="239"/>
+      <c r="BE99" s="239"/>
+      <c r="BF99" s="239"/>
+      <c r="BG99" s="239"/>
+      <c r="BH99" s="239"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="qZFsJChIKdNnzyaMtxLnYD0SH41SU7tffKzk5ze/6ayHe+EByj7KjkOTo7J2L/KGPWjLPNO8Lf7RLNYPp20DwQ==" saltValue="aNi4YGo+4r34NaaWWsgBiA==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange password="C5D8" sqref="A90 A87" name="範囲1_2_2"/>
     <protectedRange password="C5D8" sqref="A7" name="範囲1_3_1"/>
     <protectedRange password="C5D8" sqref="A36 A39:A42" name="範囲1_6_1"/>
     <protectedRange password="C5D8" sqref="AT44 AG66:AG68 AT67 AG75:AG77 AT76 AG84:AG86 AT85 AG43:AG58 A43:A58" name="範囲2_4_2_1"/>
     <protectedRange password="C5D8" sqref="A61 A70 A79 A63:A65 A72:A74 A81:A83" name="範囲1_6_2"/>
     <protectedRange password="C5D8" sqref="A66:A68 A75:A77 A84:A86" name="範囲2_4_2_2"/>
     <protectedRange password="C5D8" sqref="A37:A38" name="範囲1_6"/>
     <protectedRange password="C5D8" sqref="A62" name="範囲1_6_3_1"/>
     <protectedRange password="C5D8" sqref="A71" name="範囲1_6_3_1_1"/>
     <protectedRange password="C5D8" sqref="A80" name="範囲1_6_3_1_2"/>
     <protectedRange password="C5D8" sqref="A1" name="範囲1_4_1_1"/>
   </protectedRanges>
   <mergeCells count="199">
-    <mergeCell ref="A4:BH4"/>
-[...11 lines deleted...]
-    <mergeCell ref="AY3:BH3"/>
+    <mergeCell ref="AX90:BH90"/>
+    <mergeCell ref="A92:BH97"/>
+    <mergeCell ref="B99:Z99"/>
+    <mergeCell ref="AA99:AZ99"/>
+    <mergeCell ref="BA99:BH99"/>
+    <mergeCell ref="A90:C90"/>
+    <mergeCell ref="D90:L90"/>
+    <mergeCell ref="M90:AF90"/>
+    <mergeCell ref="AG90:AI90"/>
+    <mergeCell ref="AJ90:AT90"/>
+    <mergeCell ref="AU90:AW90"/>
+    <mergeCell ref="M86:S86"/>
+    <mergeCell ref="A87:C87"/>
+    <mergeCell ref="D87:BH87"/>
+    <mergeCell ref="A88:BH89"/>
+    <mergeCell ref="A85:L86"/>
+    <mergeCell ref="M85:S85"/>
+    <mergeCell ref="AC85:AG85"/>
+    <mergeCell ref="AP85:AT85"/>
+    <mergeCell ref="U85:AB85"/>
+    <mergeCell ref="AH85:AO85"/>
+    <mergeCell ref="AU85:BH85"/>
+    <mergeCell ref="T86:BH86"/>
+    <mergeCell ref="BB81:BH81"/>
+    <mergeCell ref="M82:BH82"/>
+    <mergeCell ref="M83:BH83"/>
+    <mergeCell ref="A84:L84"/>
+    <mergeCell ref="M84:AF84"/>
+    <mergeCell ref="AG84:AN84"/>
+    <mergeCell ref="AO84:BH84"/>
+    <mergeCell ref="A80:L80"/>
+    <mergeCell ref="M81:N81"/>
+    <mergeCell ref="O81:V81"/>
+    <mergeCell ref="W81:X81"/>
+    <mergeCell ref="Y81:AF81"/>
+    <mergeCell ref="AG81:AP81"/>
+    <mergeCell ref="AQ81:AR81"/>
+    <mergeCell ref="AS81:AY81"/>
+    <mergeCell ref="AZ81:BA81"/>
+    <mergeCell ref="M80:BH80"/>
+    <mergeCell ref="A78:C78"/>
+    <mergeCell ref="D78:BH78"/>
+    <mergeCell ref="A79:L79"/>
+    <mergeCell ref="A76:L77"/>
+    <mergeCell ref="M76:S76"/>
+    <mergeCell ref="U76:AB76"/>
+    <mergeCell ref="AC76:AG76"/>
+    <mergeCell ref="AH76:AO76"/>
+    <mergeCell ref="AP76:AT76"/>
+    <mergeCell ref="M79:BH79"/>
+    <mergeCell ref="M73:BH73"/>
+    <mergeCell ref="M74:BH74"/>
+    <mergeCell ref="A75:L75"/>
+    <mergeCell ref="M75:AF75"/>
+    <mergeCell ref="AG75:AN75"/>
+    <mergeCell ref="AO75:BH75"/>
+    <mergeCell ref="AU76:BH76"/>
+    <mergeCell ref="M77:S77"/>
+    <mergeCell ref="T77:BH77"/>
+    <mergeCell ref="A70:L70"/>
+    <mergeCell ref="M70:BH70"/>
+    <mergeCell ref="A71:L71"/>
+    <mergeCell ref="M71:BH71"/>
+    <mergeCell ref="M72:N72"/>
+    <mergeCell ref="O72:V72"/>
+    <mergeCell ref="W72:X72"/>
+    <mergeCell ref="Y72:AF72"/>
+    <mergeCell ref="AG72:AP72"/>
+    <mergeCell ref="AQ72:AR72"/>
+    <mergeCell ref="AS72:AY72"/>
+    <mergeCell ref="AZ72:BA72"/>
+    <mergeCell ref="BB72:BH72"/>
+    <mergeCell ref="M68:S68"/>
+    <mergeCell ref="U67:AB67"/>
+    <mergeCell ref="AH67:AO67"/>
+    <mergeCell ref="AU67:BH67"/>
+    <mergeCell ref="T68:BH68"/>
+    <mergeCell ref="A69:C69"/>
+    <mergeCell ref="D69:AL69"/>
+    <mergeCell ref="AM69:AO69"/>
+    <mergeCell ref="AP69:AW69"/>
+    <mergeCell ref="AX69:AZ69"/>
+    <mergeCell ref="BA69:BH69"/>
+    <mergeCell ref="A67:L68"/>
+    <mergeCell ref="M67:S67"/>
+    <mergeCell ref="AC67:AG67"/>
+    <mergeCell ref="AP67:AT67"/>
+    <mergeCell ref="AZ63:BA63"/>
+    <mergeCell ref="BB63:BH63"/>
+    <mergeCell ref="M61:BH61"/>
+    <mergeCell ref="M62:BH62"/>
+    <mergeCell ref="M64:BH64"/>
+    <mergeCell ref="M65:BH65"/>
+    <mergeCell ref="A66:L66"/>
+    <mergeCell ref="M66:AF66"/>
+    <mergeCell ref="AG66:AN66"/>
+    <mergeCell ref="AO66:BH66"/>
+    <mergeCell ref="A61:L61"/>
+    <mergeCell ref="A62:L62"/>
+    <mergeCell ref="M63:N63"/>
+    <mergeCell ref="O63:V63"/>
+    <mergeCell ref="W63:X63"/>
+    <mergeCell ref="Y63:AF63"/>
+    <mergeCell ref="AG63:AP63"/>
+    <mergeCell ref="AQ63:AR63"/>
+    <mergeCell ref="AS63:AY63"/>
+    <mergeCell ref="AU44:BH44"/>
+    <mergeCell ref="M45:S45"/>
+    <mergeCell ref="T45:BH45"/>
+    <mergeCell ref="A46:L46"/>
+    <mergeCell ref="M46:BH46"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="AX60:AZ60"/>
+    <mergeCell ref="BA60:BH60"/>
+    <mergeCell ref="A43:L43"/>
+    <mergeCell ref="M43:AF43"/>
+    <mergeCell ref="AG43:AN43"/>
+    <mergeCell ref="AO43:BH43"/>
+    <mergeCell ref="A44:L45"/>
+    <mergeCell ref="M44:S44"/>
+    <mergeCell ref="U44:AB44"/>
+    <mergeCell ref="AC44:AG44"/>
+    <mergeCell ref="AH44:AO44"/>
+    <mergeCell ref="AP44:AT44"/>
+    <mergeCell ref="AS39:AY39"/>
+    <mergeCell ref="AZ39:BA39"/>
+    <mergeCell ref="BB39:BH39"/>
+    <mergeCell ref="M40:BH40"/>
+    <mergeCell ref="M41:BH41"/>
+    <mergeCell ref="M42:BH42"/>
+    <mergeCell ref="A37:L37"/>
+    <mergeCell ref="M37:BH37"/>
+    <mergeCell ref="A38:L38"/>
+    <mergeCell ref="M38:BH38"/>
+    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="O39:V39"/>
+    <mergeCell ref="W39:X39"/>
+    <mergeCell ref="Y39:AF39"/>
+    <mergeCell ref="AG39:AP39"/>
+    <mergeCell ref="AQ39:AR39"/>
+    <mergeCell ref="AW19:AY19"/>
+    <mergeCell ref="AZ19:BH19"/>
+    <mergeCell ref="A20:BH20"/>
+    <mergeCell ref="A34:BH34"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A36:L36"/>
+    <mergeCell ref="M36:BH36"/>
+    <mergeCell ref="A18:AF18"/>
+    <mergeCell ref="AG18:AR18"/>
+    <mergeCell ref="AS18:BH18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="P19:X19"/>
+    <mergeCell ref="Y19:AA19"/>
+    <mergeCell ref="AB19:AJ19"/>
+    <mergeCell ref="AK19:AM19"/>
+    <mergeCell ref="AN19:AV19"/>
+    <mergeCell ref="A16:AF16"/>
+    <mergeCell ref="AG16:BH16"/>
+    <mergeCell ref="A17:J17"/>
+    <mergeCell ref="K17:M17"/>
+    <mergeCell ref="N17:U17"/>
+    <mergeCell ref="V17:X17"/>
+    <mergeCell ref="Y17:AF17"/>
+    <mergeCell ref="AG17:AR17"/>
+    <mergeCell ref="AS17:BH17"/>
     <mergeCell ref="A11:BH11"/>
     <mergeCell ref="A15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="N15:U15"/>
     <mergeCell ref="V15:X15"/>
     <mergeCell ref="Y15:AF15"/>
     <mergeCell ref="AG15:AR15"/>
     <mergeCell ref="AS15:BH15"/>
     <mergeCell ref="AY9:BA9"/>
     <mergeCell ref="BB9:BC9"/>
     <mergeCell ref="BD9:BF9"/>
     <mergeCell ref="BG9:BH9"/>
     <mergeCell ref="A10:L10"/>
     <mergeCell ref="M10:BH10"/>
     <mergeCell ref="A9:L9"/>
     <mergeCell ref="M9:O9"/>
     <mergeCell ref="P9:AN9"/>
     <mergeCell ref="AO9:AR9"/>
     <mergeCell ref="AS9:AV9"/>
     <mergeCell ref="AW9:AX9"/>
-    <mergeCell ref="A16:AF16"/>
-[...164 lines deleted...]
-    <mergeCell ref="AU90:AW90"/>
+    <mergeCell ref="A4:BH4"/>
+    <mergeCell ref="A5:BH5"/>
+    <mergeCell ref="A6:BH6"/>
+    <mergeCell ref="A7:C7"/>
+    <mergeCell ref="A8:L8"/>
+    <mergeCell ref="M8:O8"/>
+    <mergeCell ref="P8:BH8"/>
+    <mergeCell ref="A1:AX1"/>
+    <mergeCell ref="AY1:BH1"/>
+    <mergeCell ref="A2:BH2"/>
+    <mergeCell ref="A3:AQ3"/>
+    <mergeCell ref="AS3:AX3"/>
+    <mergeCell ref="AY3:BH3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AH44 AH67 AH76 AH85" xr:uid="{2D5A6408-F6F0-4727-93AB-29B88F821F45}">
       <formula1>"北海道,青森県,岩手県,宮城県,秋田県,山形県,福島県,茨城県,栃木県,群馬県,埼玉県,千葉県,東京都,神奈川県,新潟県,山梨県,長野県,富山県,石川県,福井県,岐阜県,静岡県,愛知県,三重県,滋賀県,京都府,大阪府,兵庫県,奈良県,和歌山県,鳥取県,島根県,岡山県,広島県,山口県,徳島県,香川県,愛媛県,高知県,福岡県,佐賀県,長崎県,熊本県,大分県,宮崎県,鹿児島県,沖縄県"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AG90 AU90 M19 AW19 Y19 M12:M13 M8:M9 AK19 K15 V15 K17 V17" xr:uid="{65FEB8FD-F7DC-49C2-AE00-F8C061151422}">
       <formula1>"✔"</formula1>
     </dataValidation>
     <dataValidation imeMode="halfAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="T85:U85 AP44 AC44 M43:AF43 T44:U44 M76:M77 M67:M68 AP67 AC67 M66:AF66 T67:U67 AP76 AC76 M75:AF75 T76:U76 M85:M86 AP85 AC85 M84:AF84 M44:M58" xr:uid="{D6E56D31-2856-42F6-95B2-509D4BB4587F}"/>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="44" fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D70798D6-7810-48E5-8D32-03F79B94908D}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BH98"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="70" workbookViewId="0">
       <selection activeCell="K15" sqref="K15:M15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="17.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="60" width="2.6328125" style="1" customWidth="1"/>
     <col min="61" max="16384" width="2.6328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:60" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="235" t="s">
+      <c r="A1" s="49" t="s">
         <v>359</v>
       </c>
-      <c r="B1" s="321"/>
-[...48 lines deleted...]
-      <c r="AY1" s="237">
+      <c r="B1" s="251"/>
+      <c r="C1" s="251"/>
+      <c r="D1" s="251"/>
+      <c r="E1" s="251"/>
+      <c r="F1" s="251"/>
+      <c r="G1" s="251"/>
+      <c r="H1" s="251"/>
+      <c r="I1" s="251"/>
+      <c r="J1" s="251"/>
+      <c r="K1" s="251"/>
+      <c r="L1" s="251"/>
+      <c r="M1" s="251"/>
+      <c r="N1" s="251"/>
+      <c r="O1" s="251"/>
+      <c r="P1" s="251"/>
+      <c r="Q1" s="251"/>
+      <c r="R1" s="251"/>
+      <c r="S1" s="251"/>
+      <c r="T1" s="251"/>
+      <c r="U1" s="251"/>
+      <c r="V1" s="251"/>
+      <c r="W1" s="251"/>
+      <c r="X1" s="251"/>
+      <c r="Y1" s="251"/>
+      <c r="Z1" s="251"/>
+      <c r="AA1" s="251"/>
+      <c r="AB1" s="251"/>
+      <c r="AC1" s="251"/>
+      <c r="AD1" s="251"/>
+      <c r="AE1" s="251"/>
+      <c r="AF1" s="251"/>
+      <c r="AG1" s="251"/>
+      <c r="AH1" s="251"/>
+      <c r="AI1" s="251"/>
+      <c r="AJ1" s="251"/>
+      <c r="AK1" s="251"/>
+      <c r="AL1" s="251"/>
+      <c r="AM1" s="251"/>
+      <c r="AN1" s="251"/>
+      <c r="AO1" s="251"/>
+      <c r="AP1" s="251"/>
+      <c r="AQ1" s="251"/>
+      <c r="AR1" s="251"/>
+      <c r="AS1" s="251"/>
+      <c r="AT1" s="251"/>
+      <c r="AU1" s="251"/>
+      <c r="AV1" s="251"/>
+      <c r="AW1" s="251"/>
+      <c r="AX1" s="251"/>
+      <c r="AY1" s="51">
         <f>サイバープロテクション申込書!AY1</f>
         <v>20250514</v>
       </c>
-      <c r="AZ1" s="238"/>
-[...7 lines deleted...]
-      <c r="BH1" s="239"/>
+      <c r="AZ1" s="52"/>
+      <c r="BA1" s="52"/>
+      <c r="BB1" s="52"/>
+      <c r="BC1" s="52"/>
+      <c r="BD1" s="52"/>
+      <c r="BE1" s="52"/>
+      <c r="BF1" s="52"/>
+      <c r="BG1" s="52"/>
+      <c r="BH1" s="53"/>
     </row>
     <row r="2" spans="1:60" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="240" t="s">
+      <c r="A2" s="54" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="322"/>
-[...57 lines deleted...]
-      <c r="BH2" s="322"/>
+      <c r="B2" s="252"/>
+      <c r="C2" s="252"/>
+      <c r="D2" s="252"/>
+      <c r="E2" s="252"/>
+      <c r="F2" s="252"/>
+      <c r="G2" s="252"/>
+      <c r="H2" s="252"/>
+      <c r="I2" s="252"/>
+      <c r="J2" s="252"/>
+      <c r="K2" s="252"/>
+      <c r="L2" s="252"/>
+      <c r="M2" s="252"/>
+      <c r="N2" s="252"/>
+      <c r="O2" s="252"/>
+      <c r="P2" s="252"/>
+      <c r="Q2" s="252"/>
+      <c r="R2" s="252"/>
+      <c r="S2" s="252"/>
+      <c r="T2" s="252"/>
+      <c r="U2" s="252"/>
+      <c r="V2" s="252"/>
+      <c r="W2" s="252"/>
+      <c r="X2" s="252"/>
+      <c r="Y2" s="252"/>
+      <c r="Z2" s="252"/>
+      <c r="AA2" s="252"/>
+      <c r="AB2" s="252"/>
+      <c r="AC2" s="252"/>
+      <c r="AD2" s="252"/>
+      <c r="AE2" s="252"/>
+      <c r="AF2" s="252"/>
+      <c r="AG2" s="252"/>
+      <c r="AH2" s="252"/>
+      <c r="AI2" s="252"/>
+      <c r="AJ2" s="252"/>
+      <c r="AK2" s="252"/>
+      <c r="AL2" s="252"/>
+      <c r="AM2" s="252"/>
+      <c r="AN2" s="252"/>
+      <c r="AO2" s="252"/>
+      <c r="AP2" s="252"/>
+      <c r="AQ2" s="252"/>
+      <c r="AR2" s="252"/>
+      <c r="AS2" s="252"/>
+      <c r="AT2" s="252"/>
+      <c r="AU2" s="252"/>
+      <c r="AV2" s="252"/>
+      <c r="AW2" s="252"/>
+      <c r="AX2" s="252"/>
+      <c r="AY2" s="252"/>
+      <c r="AZ2" s="252"/>
+      <c r="BA2" s="252"/>
+      <c r="BB2" s="252"/>
+      <c r="BC2" s="252"/>
+      <c r="BD2" s="252"/>
+      <c r="BE2" s="252"/>
+      <c r="BF2" s="252"/>
+      <c r="BG2" s="252"/>
+      <c r="BH2" s="252"/>
     </row>
     <row r="3" spans="1:60" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="241" t="s">
+      <c r="A3" s="55" t="s">
         <v>361</v>
       </c>
-      <c r="B3" s="241"/>
-[...40 lines deleted...]
-      <c r="AQ3" s="241"/>
+      <c r="B3" s="55"/>
+      <c r="C3" s="55"/>
+      <c r="D3" s="55"/>
+      <c r="E3" s="55"/>
+      <c r="F3" s="55"/>
+      <c r="G3" s="55"/>
+      <c r="H3" s="55"/>
+      <c r="I3" s="55"/>
+      <c r="J3" s="55"/>
+      <c r="K3" s="55"/>
+      <c r="L3" s="55"/>
+      <c r="M3" s="55"/>
+      <c r="N3" s="55"/>
+      <c r="O3" s="55"/>
+      <c r="P3" s="55"/>
+      <c r="Q3" s="55"/>
+      <c r="R3" s="55"/>
+      <c r="S3" s="55"/>
+      <c r="T3" s="55"/>
+      <c r="U3" s="55"/>
+      <c r="V3" s="55"/>
+      <c r="W3" s="55"/>
+      <c r="X3" s="55"/>
+      <c r="Y3" s="55"/>
+      <c r="Z3" s="55"/>
+      <c r="AA3" s="55"/>
+      <c r="AB3" s="55"/>
+      <c r="AC3" s="55"/>
+      <c r="AD3" s="55"/>
+      <c r="AE3" s="55"/>
+      <c r="AF3" s="55"/>
+      <c r="AG3" s="55"/>
+      <c r="AH3" s="55"/>
+      <c r="AI3" s="55"/>
+      <c r="AJ3" s="55"/>
+      <c r="AK3" s="55"/>
+      <c r="AL3" s="55"/>
+      <c r="AM3" s="55"/>
+      <c r="AN3" s="55"/>
+      <c r="AO3" s="55"/>
+      <c r="AP3" s="55"/>
+      <c r="AQ3" s="55"/>
       <c r="AR3" s="32"/>
-      <c r="AS3" s="323" t="s">
+      <c r="AS3" s="253" t="s">
         <v>1</v>
       </c>
-      <c r="AT3" s="324"/>
-[...4 lines deleted...]
-      <c r="AY3" s="325">
+      <c r="AT3" s="254"/>
+      <c r="AU3" s="254"/>
+      <c r="AV3" s="254"/>
+      <c r="AW3" s="254"/>
+      <c r="AX3" s="254"/>
+      <c r="AY3" s="255">
         <v>45778</v>
       </c>
-      <c r="AZ3" s="325"/>
-[...7 lines deleted...]
-      <c r="BH3" s="326"/>
+      <c r="AZ3" s="255"/>
+      <c r="BA3" s="255"/>
+      <c r="BB3" s="255"/>
+      <c r="BC3" s="255"/>
+      <c r="BD3" s="255"/>
+      <c r="BE3" s="255"/>
+      <c r="BF3" s="255"/>
+      <c r="BG3" s="255"/>
+      <c r="BH3" s="256"/>
     </row>
     <row r="4" spans="1:60" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="225" t="s">
+      <c r="A4" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="320"/>
-[...57 lines deleted...]
-      <c r="BH4" s="320"/>
+      <c r="B4" s="248"/>
+      <c r="C4" s="248"/>
+      <c r="D4" s="248"/>
+      <c r="E4" s="248"/>
+      <c r="F4" s="248"/>
+      <c r="G4" s="248"/>
+      <c r="H4" s="248"/>
+      <c r="I4" s="248"/>
+      <c r="J4" s="248"/>
+      <c r="K4" s="248"/>
+      <c r="L4" s="248"/>
+      <c r="M4" s="248"/>
+      <c r="N4" s="248"/>
+      <c r="O4" s="248"/>
+      <c r="P4" s="248"/>
+      <c r="Q4" s="248"/>
+      <c r="R4" s="248"/>
+      <c r="S4" s="248"/>
+      <c r="T4" s="248"/>
+      <c r="U4" s="248"/>
+      <c r="V4" s="248"/>
+      <c r="W4" s="248"/>
+      <c r="X4" s="248"/>
+      <c r="Y4" s="248"/>
+      <c r="Z4" s="248"/>
+      <c r="AA4" s="248"/>
+      <c r="AB4" s="248"/>
+      <c r="AC4" s="248"/>
+      <c r="AD4" s="248"/>
+      <c r="AE4" s="248"/>
+      <c r="AF4" s="248"/>
+      <c r="AG4" s="248"/>
+      <c r="AH4" s="248"/>
+      <c r="AI4" s="248"/>
+      <c r="AJ4" s="248"/>
+      <c r="AK4" s="248"/>
+      <c r="AL4" s="248"/>
+      <c r="AM4" s="248"/>
+      <c r="AN4" s="248"/>
+      <c r="AO4" s="248"/>
+      <c r="AP4" s="248"/>
+      <c r="AQ4" s="248"/>
+      <c r="AR4" s="248"/>
+      <c r="AS4" s="248"/>
+      <c r="AT4" s="248"/>
+      <c r="AU4" s="248"/>
+      <c r="AV4" s="248"/>
+      <c r="AW4" s="248"/>
+      <c r="AX4" s="248"/>
+      <c r="AY4" s="248"/>
+      <c r="AZ4" s="248"/>
+      <c r="BA4" s="248"/>
+      <c r="BB4" s="248"/>
+      <c r="BC4" s="248"/>
+      <c r="BD4" s="248"/>
+      <c r="BE4" s="248"/>
+      <c r="BF4" s="248"/>
+      <c r="BG4" s="248"/>
+      <c r="BH4" s="248"/>
     </row>
     <row r="5" spans="1:60" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="226" t="s">
+      <c r="A5" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="226"/>
-[...57 lines deleted...]
-      <c r="BH5" s="226"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
+      <c r="D5" s="37"/>
+      <c r="E5" s="37"/>
+      <c r="F5" s="37"/>
+      <c r="G5" s="37"/>
+      <c r="H5" s="37"/>
+      <c r="I5" s="37"/>
+      <c r="J5" s="37"/>
+      <c r="K5" s="37"/>
+      <c r="L5" s="37"/>
+      <c r="M5" s="37"/>
+      <c r="N5" s="37"/>
+      <c r="O5" s="37"/>
+      <c r="P5" s="37"/>
+      <c r="Q5" s="37"/>
+      <c r="R5" s="37"/>
+      <c r="S5" s="37"/>
+      <c r="T5" s="37"/>
+      <c r="U5" s="37"/>
+      <c r="V5" s="37"/>
+      <c r="W5" s="37"/>
+      <c r="X5" s="37"/>
+      <c r="Y5" s="37"/>
+      <c r="Z5" s="37"/>
+      <c r="AA5" s="37"/>
+      <c r="AB5" s="37"/>
+      <c r="AC5" s="37"/>
+      <c r="AD5" s="37"/>
+      <c r="AE5" s="37"/>
+      <c r="AF5" s="37"/>
+      <c r="AG5" s="37"/>
+      <c r="AH5" s="37"/>
+      <c r="AI5" s="37"/>
+      <c r="AJ5" s="37"/>
+      <c r="AK5" s="37"/>
+      <c r="AL5" s="37"/>
+      <c r="AM5" s="37"/>
+      <c r="AN5" s="37"/>
+      <c r="AO5" s="37"/>
+      <c r="AP5" s="37"/>
+      <c r="AQ5" s="37"/>
+      <c r="AR5" s="37"/>
+      <c r="AS5" s="37"/>
+      <c r="AT5" s="37"/>
+      <c r="AU5" s="37"/>
+      <c r="AV5" s="37"/>
+      <c r="AW5" s="37"/>
+      <c r="AX5" s="37"/>
+      <c r="AY5" s="37"/>
+      <c r="AZ5" s="37"/>
+      <c r="BA5" s="37"/>
+      <c r="BB5" s="37"/>
+      <c r="BC5" s="37"/>
+      <c r="BD5" s="37"/>
+      <c r="BE5" s="37"/>
+      <c r="BF5" s="37"/>
+      <c r="BG5" s="37"/>
+      <c r="BH5" s="37"/>
     </row>
     <row r="6" spans="1:60" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="167" t="s">
+      <c r="A6" s="38" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="168"/>
-[...57 lines deleted...]
-      <c r="BH6" s="169"/>
+      <c r="B6" s="112"/>
+      <c r="C6" s="112"/>
+      <c r="D6" s="112"/>
+      <c r="E6" s="112"/>
+      <c r="F6" s="112"/>
+      <c r="G6" s="112"/>
+      <c r="H6" s="112"/>
+      <c r="I6" s="112"/>
+      <c r="J6" s="112"/>
+      <c r="K6" s="112"/>
+      <c r="L6" s="112"/>
+      <c r="M6" s="112"/>
+      <c r="N6" s="112"/>
+      <c r="O6" s="112"/>
+      <c r="P6" s="112"/>
+      <c r="Q6" s="112"/>
+      <c r="R6" s="112"/>
+      <c r="S6" s="112"/>
+      <c r="T6" s="112"/>
+      <c r="U6" s="112"/>
+      <c r="V6" s="112"/>
+      <c r="W6" s="112"/>
+      <c r="X6" s="112"/>
+      <c r="Y6" s="112"/>
+      <c r="Z6" s="112"/>
+      <c r="AA6" s="112"/>
+      <c r="AB6" s="112"/>
+      <c r="AC6" s="112"/>
+      <c r="AD6" s="112"/>
+      <c r="AE6" s="112"/>
+      <c r="AF6" s="112"/>
+      <c r="AG6" s="112"/>
+      <c r="AH6" s="112"/>
+      <c r="AI6" s="112"/>
+      <c r="AJ6" s="112"/>
+      <c r="AK6" s="112"/>
+      <c r="AL6" s="112"/>
+      <c r="AM6" s="112"/>
+      <c r="AN6" s="112"/>
+      <c r="AO6" s="112"/>
+      <c r="AP6" s="112"/>
+      <c r="AQ6" s="112"/>
+      <c r="AR6" s="112"/>
+      <c r="AS6" s="112"/>
+      <c r="AT6" s="112"/>
+      <c r="AU6" s="112"/>
+      <c r="AV6" s="112"/>
+      <c r="AW6" s="112"/>
+      <c r="AX6" s="112"/>
+      <c r="AY6" s="112"/>
+      <c r="AZ6" s="112"/>
+      <c r="BA6" s="112"/>
+      <c r="BB6" s="112"/>
+      <c r="BC6" s="112"/>
+      <c r="BD6" s="112"/>
+      <c r="BE6" s="112"/>
+      <c r="BF6" s="112"/>
+      <c r="BG6" s="112"/>
+      <c r="BH6" s="113"/>
     </row>
     <row r="7" spans="1:60" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="229" t="s">
+      <c r="A7" s="41" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="230"/>
-      <c r="C7" s="230"/>
+      <c r="B7" s="42"/>
+      <c r="C7" s="42"/>
       <c r="D7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="5"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
@@ -14094,318 +14125,318 @@
       <c r="AL7" s="3"/>
       <c r="AM7" s="3"/>
       <c r="AN7" s="3"/>
       <c r="AO7" s="3"/>
       <c r="AP7" s="3"/>
       <c r="AQ7" s="3"/>
       <c r="AR7" s="3"/>
       <c r="AS7" s="3"/>
       <c r="AT7" s="3"/>
       <c r="AU7" s="3"/>
       <c r="AV7" s="3"/>
       <c r="AW7" s="3"/>
       <c r="AX7" s="3"/>
       <c r="AY7" s="3"/>
       <c r="AZ7" s="3"/>
       <c r="BA7" s="3"/>
       <c r="BB7" s="3"/>
       <c r="BC7" s="3"/>
       <c r="BD7" s="3"/>
       <c r="BE7" s="3"/>
       <c r="BF7" s="3"/>
       <c r="BG7" s="3"/>
       <c r="BH7" s="6"/>
     </row>
     <row r="8" spans="1:60" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="231" t="s">
+      <c r="A8" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="232"/>
-[...10 lines deleted...]
-      <c r="M8" s="304" t="s">
+      <c r="B8" s="44"/>
+      <c r="C8" s="44"/>
+      <c r="D8" s="44"/>
+      <c r="E8" s="44"/>
+      <c r="F8" s="44"/>
+      <c r="G8" s="44"/>
+      <c r="H8" s="44"/>
+      <c r="I8" s="44"/>
+      <c r="J8" s="44"/>
+      <c r="K8" s="44"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="249" t="s">
         <v>93</v>
       </c>
-      <c r="N8" s="305"/>
-[...1 lines deleted...]
-      <c r="P8" s="233" t="s">
+      <c r="N8" s="250"/>
+      <c r="O8" s="250"/>
+      <c r="P8" s="47" t="s">
         <v>10</v>
       </c>
-      <c r="Q8" s="233"/>
-[...42 lines deleted...]
-      <c r="BH8" s="234"/>
+      <c r="Q8" s="47"/>
+      <c r="R8" s="47"/>
+      <c r="S8" s="47"/>
+      <c r="T8" s="47"/>
+      <c r="U8" s="47"/>
+      <c r="V8" s="47"/>
+      <c r="W8" s="47"/>
+      <c r="X8" s="47"/>
+      <c r="Y8" s="47"/>
+      <c r="Z8" s="47"/>
+      <c r="AA8" s="47"/>
+      <c r="AB8" s="47"/>
+      <c r="AC8" s="47"/>
+      <c r="AD8" s="47"/>
+      <c r="AE8" s="47"/>
+      <c r="AF8" s="47"/>
+      <c r="AG8" s="47"/>
+      <c r="AH8" s="47"/>
+      <c r="AI8" s="47"/>
+      <c r="AJ8" s="47"/>
+      <c r="AK8" s="47"/>
+      <c r="AL8" s="47"/>
+      <c r="AM8" s="47"/>
+      <c r="AN8" s="47"/>
+      <c r="AO8" s="47"/>
+      <c r="AP8" s="47"/>
+      <c r="AQ8" s="47"/>
+      <c r="AR8" s="47"/>
+      <c r="AS8" s="47"/>
+      <c r="AT8" s="47"/>
+      <c r="AU8" s="47"/>
+      <c r="AV8" s="47"/>
+      <c r="AW8" s="47"/>
+      <c r="AX8" s="47"/>
+      <c r="AY8" s="47"/>
+      <c r="AZ8" s="47"/>
+      <c r="BA8" s="47"/>
+      <c r="BB8" s="47"/>
+      <c r="BC8" s="47"/>
+      <c r="BD8" s="47"/>
+      <c r="BE8" s="47"/>
+      <c r="BF8" s="47"/>
+      <c r="BG8" s="47"/>
+      <c r="BH8" s="48"/>
     </row>
     <row r="9" spans="1:60" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="216" t="s">
+      <c r="A9" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="217"/>
-[...13 lines deleted...]
-      <c r="P9" s="220" t="s">
+      <c r="B9" s="82"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="265"/>
+      <c r="N9" s="266"/>
+      <c r="O9" s="266"/>
+      <c r="P9" s="85" t="s">
         <v>12</v>
       </c>
-      <c r="Q9" s="220"/>
-[...23 lines deleted...]
-      <c r="AO9" s="221" t="s">
+      <c r="Q9" s="85"/>
+      <c r="R9" s="85"/>
+      <c r="S9" s="85"/>
+      <c r="T9" s="85"/>
+      <c r="U9" s="85"/>
+      <c r="V9" s="85"/>
+      <c r="W9" s="85"/>
+      <c r="X9" s="85"/>
+      <c r="Y9" s="85"/>
+      <c r="Z9" s="85"/>
+      <c r="AA9" s="85"/>
+      <c r="AB9" s="85"/>
+      <c r="AC9" s="85"/>
+      <c r="AD9" s="85"/>
+      <c r="AE9" s="85"/>
+      <c r="AF9" s="85"/>
+      <c r="AG9" s="85"/>
+      <c r="AH9" s="85"/>
+      <c r="AI9" s="85"/>
+      <c r="AJ9" s="85"/>
+      <c r="AK9" s="85"/>
+      <c r="AL9" s="85"/>
+      <c r="AM9" s="85"/>
+      <c r="AN9" s="85"/>
+      <c r="AO9" s="86" t="s">
         <v>13</v>
       </c>
-      <c r="AP9" s="222"/>
-[...6 lines deleted...]
-      <c r="AW9" s="210" t="s">
+      <c r="AP9" s="87"/>
+      <c r="AQ9" s="87"/>
+      <c r="AR9" s="88"/>
+      <c r="AS9" s="267"/>
+      <c r="AT9" s="262"/>
+      <c r="AU9" s="262"/>
+      <c r="AV9" s="262"/>
+      <c r="AW9" s="75" t="s">
         <v>14</v>
       </c>
-      <c r="AX9" s="210"/>
-[...3 lines deleted...]
-      <c r="BB9" s="210" t="s">
+      <c r="AX9" s="75"/>
+      <c r="AY9" s="262"/>
+      <c r="AZ9" s="262"/>
+      <c r="BA9" s="262"/>
+      <c r="BB9" s="75" t="s">
         <v>15</v>
       </c>
-      <c r="BC9" s="210"/>
-[...3 lines deleted...]
-      <c r="BG9" s="210" t="s">
+      <c r="BC9" s="75"/>
+      <c r="BD9" s="262"/>
+      <c r="BE9" s="262"/>
+      <c r="BF9" s="262"/>
+      <c r="BG9" s="75" t="s">
         <v>16</v>
       </c>
-      <c r="BH9" s="211"/>
+      <c r="BH9" s="76"/>
     </row>
     <row r="10" spans="1:60" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="212" t="s">
+      <c r="A10" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="213"/>
-[...57 lines deleted...]
-      <c r="BH10" s="316"/>
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="78"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="78"/>
+      <c r="I10" s="78"/>
+      <c r="J10" s="78"/>
+      <c r="K10" s="78"/>
+      <c r="L10" s="78"/>
+      <c r="M10" s="263"/>
+      <c r="N10" s="263"/>
+      <c r="O10" s="263"/>
+      <c r="P10" s="263"/>
+      <c r="Q10" s="263"/>
+      <c r="R10" s="263"/>
+      <c r="S10" s="263"/>
+      <c r="T10" s="263"/>
+      <c r="U10" s="263"/>
+      <c r="V10" s="263"/>
+      <c r="W10" s="263"/>
+      <c r="X10" s="263"/>
+      <c r="Y10" s="263"/>
+      <c r="Z10" s="263"/>
+      <c r="AA10" s="263"/>
+      <c r="AB10" s="263"/>
+      <c r="AC10" s="263"/>
+      <c r="AD10" s="263"/>
+      <c r="AE10" s="263"/>
+      <c r="AF10" s="263"/>
+      <c r="AG10" s="263"/>
+      <c r="AH10" s="263"/>
+      <c r="AI10" s="263"/>
+      <c r="AJ10" s="263"/>
+      <c r="AK10" s="263"/>
+      <c r="AL10" s="263"/>
+      <c r="AM10" s="263"/>
+      <c r="AN10" s="263"/>
+      <c r="AO10" s="263"/>
+      <c r="AP10" s="263"/>
+      <c r="AQ10" s="263"/>
+      <c r="AR10" s="263"/>
+      <c r="AS10" s="263"/>
+      <c r="AT10" s="263"/>
+      <c r="AU10" s="263"/>
+      <c r="AV10" s="263"/>
+      <c r="AW10" s="263"/>
+      <c r="AX10" s="263"/>
+      <c r="AY10" s="263"/>
+      <c r="AZ10" s="263"/>
+      <c r="BA10" s="263"/>
+      <c r="BB10" s="263"/>
+      <c r="BC10" s="263"/>
+      <c r="BD10" s="263"/>
+      <c r="BE10" s="263"/>
+      <c r="BF10" s="263"/>
+      <c r="BG10" s="263"/>
+      <c r="BH10" s="264"/>
     </row>
     <row r="11" spans="1:60" ht="38.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="199" t="s">
+      <c r="A11" s="62" t="s">
         <v>360</v>
       </c>
-      <c r="B11" s="200"/>
-[...57 lines deleted...]
-      <c r="BH11" s="201"/>
+      <c r="B11" s="63"/>
+      <c r="C11" s="63"/>
+      <c r="D11" s="63"/>
+      <c r="E11" s="63"/>
+      <c r="F11" s="63"/>
+      <c r="G11" s="63"/>
+      <c r="H11" s="63"/>
+      <c r="I11" s="63"/>
+      <c r="J11" s="63"/>
+      <c r="K11" s="63"/>
+      <c r="L11" s="63"/>
+      <c r="M11" s="63"/>
+      <c r="N11" s="63"/>
+      <c r="O11" s="63"/>
+      <c r="P11" s="63"/>
+      <c r="Q11" s="63"/>
+      <c r="R11" s="63"/>
+      <c r="S11" s="63"/>
+      <c r="T11" s="63"/>
+      <c r="U11" s="63"/>
+      <c r="V11" s="63"/>
+      <c r="W11" s="63"/>
+      <c r="X11" s="63"/>
+      <c r="Y11" s="63"/>
+      <c r="Z11" s="63"/>
+      <c r="AA11" s="63"/>
+      <c r="AB11" s="63"/>
+      <c r="AC11" s="63"/>
+      <c r="AD11" s="63"/>
+      <c r="AE11" s="63"/>
+      <c r="AF11" s="63"/>
+      <c r="AG11" s="63"/>
+      <c r="AH11" s="63"/>
+      <c r="AI11" s="63"/>
+      <c r="AJ11" s="63"/>
+      <c r="AK11" s="63"/>
+      <c r="AL11" s="63"/>
+      <c r="AM11" s="63"/>
+      <c r="AN11" s="63"/>
+      <c r="AO11" s="63"/>
+      <c r="AP11" s="63"/>
+      <c r="AQ11" s="63"/>
+      <c r="AR11" s="63"/>
+      <c r="AS11" s="63"/>
+      <c r="AT11" s="63"/>
+      <c r="AU11" s="63"/>
+      <c r="AV11" s="63"/>
+      <c r="AW11" s="63"/>
+      <c r="AX11" s="63"/>
+      <c r="AY11" s="63"/>
+      <c r="AZ11" s="63"/>
+      <c r="BA11" s="63"/>
+      <c r="BB11" s="63"/>
+      <c r="BC11" s="63"/>
+      <c r="BD11" s="63"/>
+      <c r="BE11" s="63"/>
+      <c r="BF11" s="63"/>
+      <c r="BG11" s="63"/>
+      <c r="BH11" s="64"/>
     </row>
     <row r="12" spans="1:60" ht="39.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="24"/>
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
       <c r="D12" s="22"/>
       <c r="E12" s="22"/>
       <c r="F12" s="22"/>
       <c r="G12" s="22"/>
       <c r="H12" s="22"/>
       <c r="I12" s="22"/>
       <c r="J12" s="22"/>
       <c r="K12" s="22"/>
       <c r="L12" s="22"/>
       <c r="M12" s="28"/>
       <c r="N12" s="28"/>
       <c r="O12" s="28"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="25"/>
       <c r="R12" s="25"/>
       <c r="S12" s="25"/>
       <c r="T12" s="25"/>
       <c r="U12" s="25"/>
       <c r="V12" s="25"/>
       <c r="W12" s="25"/>
@@ -14489,464 +14520,464 @@
       <c r="AM13" s="25"/>
       <c r="AN13" s="25"/>
       <c r="AO13" s="26"/>
       <c r="AP13" s="26"/>
       <c r="AQ13" s="26"/>
       <c r="AR13" s="26"/>
       <c r="AS13" s="26"/>
       <c r="AT13" s="26"/>
       <c r="AU13" s="26"/>
       <c r="AV13" s="26"/>
       <c r="AW13" s="27"/>
       <c r="AX13" s="27"/>
       <c r="AY13" s="26"/>
       <c r="AZ13" s="26"/>
       <c r="BA13" s="26"/>
       <c r="BB13" s="27"/>
       <c r="BC13" s="27"/>
       <c r="BD13" s="26"/>
       <c r="BE13" s="26"/>
       <c r="BF13" s="26"/>
       <c r="BG13" s="27"/>
       <c r="BH13" s="27"/>
     </row>
     <row r="14" spans="1:60" ht="43.4" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:60" ht="62.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="202" t="s">
+      <c r="A15" s="65" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="203"/>
-[...8 lines deleted...]
-      <c r="K15" s="309" t="s">
+      <c r="B15" s="66"/>
+      <c r="C15" s="66"/>
+      <c r="D15" s="66"/>
+      <c r="E15" s="66"/>
+      <c r="F15" s="66"/>
+      <c r="G15" s="66"/>
+      <c r="H15" s="66"/>
+      <c r="I15" s="66"/>
+      <c r="J15" s="67"/>
+      <c r="K15" s="257" t="s">
         <v>94</v>
       </c>
-      <c r="L15" s="310"/>
-[...1 lines deleted...]
-      <c r="N15" s="191" t="s">
+      <c r="L15" s="258"/>
+      <c r="M15" s="258"/>
+      <c r="N15" s="68" t="s">
         <v>19</v>
       </c>
-      <c r="O15" s="191"/>
-[...9 lines deleted...]
-      <c r="Y15" s="191" t="s">
+      <c r="O15" s="68"/>
+      <c r="P15" s="68"/>
+      <c r="Q15" s="68"/>
+      <c r="R15" s="68"/>
+      <c r="S15" s="68"/>
+      <c r="T15" s="68"/>
+      <c r="U15" s="69"/>
+      <c r="V15" s="45"/>
+      <c r="W15" s="46"/>
+      <c r="X15" s="46"/>
+      <c r="Y15" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="Z15" s="191"/>
-[...6 lines deleted...]
-      <c r="AG15" s="205" t="s">
+      <c r="Z15" s="68"/>
+      <c r="AA15" s="68"/>
+      <c r="AB15" s="68"/>
+      <c r="AC15" s="68"/>
+      <c r="AD15" s="68"/>
+      <c r="AE15" s="68"/>
+      <c r="AF15" s="68"/>
+      <c r="AG15" s="70" t="s">
         <v>21</v>
       </c>
-      <c r="AH15" s="203"/>
-[...10 lines deleted...]
-      <c r="AS15" s="311" t="s">
+      <c r="AH15" s="66"/>
+      <c r="AI15" s="66"/>
+      <c r="AJ15" s="66"/>
+      <c r="AK15" s="66"/>
+      <c r="AL15" s="66"/>
+      <c r="AM15" s="66"/>
+      <c r="AN15" s="66"/>
+      <c r="AO15" s="66"/>
+      <c r="AP15" s="66"/>
+      <c r="AQ15" s="66"/>
+      <c r="AR15" s="67"/>
+      <c r="AS15" s="259" t="s">
         <v>95</v>
       </c>
-      <c r="AT15" s="312"/>
-[...13 lines deleted...]
-      <c r="BH15" s="313"/>
+      <c r="AT15" s="260"/>
+      <c r="AU15" s="260"/>
+      <c r="AV15" s="260"/>
+      <c r="AW15" s="260"/>
+      <c r="AX15" s="260"/>
+      <c r="AY15" s="260"/>
+      <c r="AZ15" s="260"/>
+      <c r="BA15" s="260"/>
+      <c r="BB15" s="260"/>
+      <c r="BC15" s="260"/>
+      <c r="BD15" s="260"/>
+      <c r="BE15" s="260"/>
+      <c r="BF15" s="260"/>
+      <c r="BG15" s="260"/>
+      <c r="BH15" s="261"/>
     </row>
     <row r="16" spans="1:60" ht="93.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="182" t="s">
+      <c r="A16" s="90" t="s">
         <v>22</v>
       </c>
-      <c r="B16" s="183"/>
-[...30 lines deleted...]
-      <c r="AG16" s="184" t="s">
+      <c r="B16" s="91"/>
+      <c r="C16" s="91"/>
+      <c r="D16" s="91"/>
+      <c r="E16" s="91"/>
+      <c r="F16" s="91"/>
+      <c r="G16" s="91"/>
+      <c r="H16" s="91"/>
+      <c r="I16" s="91"/>
+      <c r="J16" s="91"/>
+      <c r="K16" s="91"/>
+      <c r="L16" s="91"/>
+      <c r="M16" s="91"/>
+      <c r="N16" s="91"/>
+      <c r="O16" s="91"/>
+      <c r="P16" s="91"/>
+      <c r="Q16" s="91"/>
+      <c r="R16" s="91"/>
+      <c r="S16" s="91"/>
+      <c r="T16" s="91"/>
+      <c r="U16" s="91"/>
+      <c r="V16" s="91"/>
+      <c r="W16" s="91"/>
+      <c r="X16" s="91"/>
+      <c r="Y16" s="91"/>
+      <c r="Z16" s="91"/>
+      <c r="AA16" s="91"/>
+      <c r="AB16" s="91"/>
+      <c r="AC16" s="91"/>
+      <c r="AD16" s="91"/>
+      <c r="AE16" s="91"/>
+      <c r="AF16" s="91"/>
+      <c r="AG16" s="92" t="s">
         <v>23</v>
       </c>
-      <c r="AH16" s="172"/>
-[...25 lines deleted...]
-      <c r="BH16" s="185"/>
+      <c r="AH16" s="93"/>
+      <c r="AI16" s="93"/>
+      <c r="AJ16" s="93"/>
+      <c r="AK16" s="93"/>
+      <c r="AL16" s="93"/>
+      <c r="AM16" s="93"/>
+      <c r="AN16" s="93"/>
+      <c r="AO16" s="93"/>
+      <c r="AP16" s="93"/>
+      <c r="AQ16" s="93"/>
+      <c r="AR16" s="93"/>
+      <c r="AS16" s="93"/>
+      <c r="AT16" s="93"/>
+      <c r="AU16" s="93"/>
+      <c r="AV16" s="93"/>
+      <c r="AW16" s="93"/>
+      <c r="AX16" s="93"/>
+      <c r="AY16" s="93"/>
+      <c r="AZ16" s="93"/>
+      <c r="BA16" s="93"/>
+      <c r="BB16" s="93"/>
+      <c r="BC16" s="93"/>
+      <c r="BD16" s="93"/>
+      <c r="BE16" s="93"/>
+      <c r="BF16" s="93"/>
+      <c r="BG16" s="93"/>
+      <c r="BH16" s="94"/>
     </row>
     <row r="17" spans="1:60" ht="44.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="202" t="s">
+      <c r="A17" s="65" t="s">
         <v>362</v>
       </c>
-      <c r="B17" s="203"/>
-[...11 lines deleted...]
-      <c r="N17" s="191" t="s">
+      <c r="B17" s="66"/>
+      <c r="C17" s="66"/>
+      <c r="D17" s="66"/>
+      <c r="E17" s="66"/>
+      <c r="F17" s="66"/>
+      <c r="G17" s="66"/>
+      <c r="H17" s="66"/>
+      <c r="I17" s="66"/>
+      <c r="J17" s="67"/>
+      <c r="K17" s="268"/>
+      <c r="L17" s="269"/>
+      <c r="M17" s="269"/>
+      <c r="N17" s="68" t="s">
         <v>24</v>
       </c>
-      <c r="O17" s="191"/>
-[...6 lines deleted...]
-      <c r="V17" s="304" t="s">
+      <c r="O17" s="68"/>
+      <c r="P17" s="68"/>
+      <c r="Q17" s="68"/>
+      <c r="R17" s="68"/>
+      <c r="S17" s="68"/>
+      <c r="T17" s="68"/>
+      <c r="U17" s="69"/>
+      <c r="V17" s="249" t="s">
         <v>93</v>
       </c>
-      <c r="W17" s="305"/>
-[...1 lines deleted...]
-      <c r="Y17" s="191" t="s">
+      <c r="W17" s="250"/>
+      <c r="X17" s="250"/>
+      <c r="Y17" s="68" t="s">
         <v>25</v>
       </c>
-      <c r="Z17" s="191"/>
-[...6 lines deleted...]
-      <c r="AG17" s="193" t="s">
+      <c r="Z17" s="68"/>
+      <c r="AA17" s="68"/>
+      <c r="AB17" s="68"/>
+      <c r="AC17" s="68"/>
+      <c r="AD17" s="68"/>
+      <c r="AE17" s="68"/>
+      <c r="AF17" s="68"/>
+      <c r="AG17" s="98" t="s">
         <v>26</v>
       </c>
-      <c r="AH17" s="194"/>
-[...25 lines deleted...]
-      <c r="BH17" s="308"/>
+      <c r="AH17" s="99"/>
+      <c r="AI17" s="99"/>
+      <c r="AJ17" s="99"/>
+      <c r="AK17" s="99"/>
+      <c r="AL17" s="99"/>
+      <c r="AM17" s="99"/>
+      <c r="AN17" s="99"/>
+      <c r="AO17" s="99"/>
+      <c r="AP17" s="99"/>
+      <c r="AQ17" s="99"/>
+      <c r="AR17" s="100"/>
+      <c r="AS17" s="270"/>
+      <c r="AT17" s="271"/>
+      <c r="AU17" s="271"/>
+      <c r="AV17" s="271"/>
+      <c r="AW17" s="271"/>
+      <c r="AX17" s="271"/>
+      <c r="AY17" s="271"/>
+      <c r="AZ17" s="271"/>
+      <c r="BA17" s="271"/>
+      <c r="BB17" s="271"/>
+      <c r="BC17" s="271"/>
+      <c r="BD17" s="271"/>
+      <c r="BE17" s="271"/>
+      <c r="BF17" s="271"/>
+      <c r="BG17" s="271"/>
+      <c r="BH17" s="272"/>
     </row>
     <row r="18" spans="1:60" ht="44.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="163" t="s">
+      <c r="A18" s="108" t="s">
         <v>27</v>
       </c>
-      <c r="B18" s="172"/>
-[...30 lines deleted...]
-      <c r="AG18" s="173" t="s">
+      <c r="B18" s="93"/>
+      <c r="C18" s="93"/>
+      <c r="D18" s="93"/>
+      <c r="E18" s="93"/>
+      <c r="F18" s="93"/>
+      <c r="G18" s="93"/>
+      <c r="H18" s="93"/>
+      <c r="I18" s="93"/>
+      <c r="J18" s="93"/>
+      <c r="K18" s="93"/>
+      <c r="L18" s="93"/>
+      <c r="M18" s="93"/>
+      <c r="N18" s="93"/>
+      <c r="O18" s="93"/>
+      <c r="P18" s="93"/>
+      <c r="Q18" s="93"/>
+      <c r="R18" s="93"/>
+      <c r="S18" s="93"/>
+      <c r="T18" s="93"/>
+      <c r="U18" s="93"/>
+      <c r="V18" s="93"/>
+      <c r="W18" s="93"/>
+      <c r="X18" s="93"/>
+      <c r="Y18" s="93"/>
+      <c r="Z18" s="93"/>
+      <c r="AA18" s="93"/>
+      <c r="AB18" s="93"/>
+      <c r="AC18" s="93"/>
+      <c r="AD18" s="93"/>
+      <c r="AE18" s="93"/>
+      <c r="AF18" s="93"/>
+      <c r="AG18" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="AH18" s="174"/>
-[...25 lines deleted...]
-      <c r="BH18" s="301"/>
+      <c r="AH18" s="122"/>
+      <c r="AI18" s="122"/>
+      <c r="AJ18" s="122"/>
+      <c r="AK18" s="122"/>
+      <c r="AL18" s="122"/>
+      <c r="AM18" s="122"/>
+      <c r="AN18" s="122"/>
+      <c r="AO18" s="122"/>
+      <c r="AP18" s="122"/>
+      <c r="AQ18" s="122"/>
+      <c r="AR18" s="123"/>
+      <c r="AS18" s="277"/>
+      <c r="AT18" s="278"/>
+      <c r="AU18" s="278"/>
+      <c r="AV18" s="278"/>
+      <c r="AW18" s="278"/>
+      <c r="AX18" s="278"/>
+      <c r="AY18" s="278"/>
+      <c r="AZ18" s="278"/>
+      <c r="BA18" s="278"/>
+      <c r="BB18" s="278"/>
+      <c r="BC18" s="278"/>
+      <c r="BD18" s="278"/>
+      <c r="BE18" s="278"/>
+      <c r="BF18" s="278"/>
+      <c r="BG18" s="278"/>
+      <c r="BH18" s="279"/>
     </row>
     <row r="19" spans="1:60" ht="44.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="179" t="s">
+      <c r="A19" s="127" t="s">
         <v>29</v>
       </c>
-      <c r="B19" s="180"/>
-[...10 lines deleted...]
-      <c r="M19" s="297" t="s">
+      <c r="B19" s="128"/>
+      <c r="C19" s="128"/>
+      <c r="D19" s="128"/>
+      <c r="E19" s="128"/>
+      <c r="F19" s="128"/>
+      <c r="G19" s="128"/>
+      <c r="H19" s="128"/>
+      <c r="I19" s="128"/>
+      <c r="J19" s="128"/>
+      <c r="K19" s="128"/>
+      <c r="L19" s="128"/>
+      <c r="M19" s="273" t="s">
         <v>93</v>
       </c>
-      <c r="N19" s="298"/>
-[...1 lines deleted...]
-      <c r="P19" s="161" t="s">
+      <c r="N19" s="274"/>
+      <c r="O19" s="274"/>
+      <c r="P19" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="Q19" s="161"/>
-[...10 lines deleted...]
-      <c r="AB19" s="161" t="s">
+      <c r="Q19" s="106"/>
+      <c r="R19" s="106"/>
+      <c r="S19" s="106"/>
+      <c r="T19" s="106"/>
+      <c r="U19" s="106"/>
+      <c r="V19" s="106"/>
+      <c r="W19" s="106"/>
+      <c r="X19" s="129"/>
+      <c r="Y19" s="273"/>
+      <c r="Z19" s="274"/>
+      <c r="AA19" s="274"/>
+      <c r="AB19" s="106" t="s">
         <v>31</v>
       </c>
-      <c r="AC19" s="161"/>
-[...10 lines deleted...]
-      <c r="AN19" s="161" t="s">
+      <c r="AC19" s="106"/>
+      <c r="AD19" s="106"/>
+      <c r="AE19" s="106"/>
+      <c r="AF19" s="106"/>
+      <c r="AG19" s="106"/>
+      <c r="AH19" s="106"/>
+      <c r="AI19" s="106"/>
+      <c r="AJ19" s="129"/>
+      <c r="AK19" s="273"/>
+      <c r="AL19" s="274"/>
+      <c r="AM19" s="274"/>
+      <c r="AN19" s="106" t="s">
         <v>32</v>
       </c>
-      <c r="AO19" s="161"/>
-[...10 lines deleted...]
-      <c r="AZ19" s="161" t="s">
+      <c r="AO19" s="106"/>
+      <c r="AP19" s="106"/>
+      <c r="AQ19" s="106"/>
+      <c r="AR19" s="106"/>
+      <c r="AS19" s="106"/>
+      <c r="AT19" s="106"/>
+      <c r="AU19" s="106"/>
+      <c r="AV19" s="106"/>
+      <c r="AW19" s="273"/>
+      <c r="AX19" s="274"/>
+      <c r="AY19" s="274"/>
+      <c r="AZ19" s="106" t="s">
         <v>33</v>
       </c>
-      <c r="BA19" s="161"/>
-[...6 lines deleted...]
-      <c r="BH19" s="162"/>
+      <c r="BA19" s="106"/>
+      <c r="BB19" s="106"/>
+      <c r="BC19" s="106"/>
+      <c r="BD19" s="106"/>
+      <c r="BE19" s="106"/>
+      <c r="BF19" s="106"/>
+      <c r="BG19" s="106"/>
+      <c r="BH19" s="107"/>
     </row>
     <row r="20" spans="1:60" ht="41.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="163" t="s">
+      <c r="A20" s="108" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="164"/>
-[...57 lines deleted...]
-      <c r="BH20" s="166"/>
+      <c r="B20" s="109"/>
+      <c r="C20" s="109"/>
+      <c r="D20" s="109"/>
+      <c r="E20" s="109"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="109"/>
+      <c r="O20" s="109"/>
+      <c r="P20" s="109"/>
+      <c r="Q20" s="109"/>
+      <c r="R20" s="109"/>
+      <c r="S20" s="109"/>
+      <c r="T20" s="109"/>
+      <c r="U20" s="109"/>
+      <c r="V20" s="109"/>
+      <c r="W20" s="109"/>
+      <c r="X20" s="109"/>
+      <c r="Y20" s="109"/>
+      <c r="Z20" s="109"/>
+      <c r="AA20" s="109"/>
+      <c r="AB20" s="109"/>
+      <c r="AC20" s="109"/>
+      <c r="AD20" s="109"/>
+      <c r="AE20" s="110"/>
+      <c r="AF20" s="109"/>
+      <c r="AG20" s="109"/>
+      <c r="AH20" s="109"/>
+      <c r="AI20" s="109"/>
+      <c r="AJ20" s="109"/>
+      <c r="AK20" s="109"/>
+      <c r="AL20" s="109"/>
+      <c r="AM20" s="109"/>
+      <c r="AN20" s="109"/>
+      <c r="AO20" s="109"/>
+      <c r="AP20" s="109"/>
+      <c r="AQ20" s="109"/>
+      <c r="AR20" s="109"/>
+      <c r="AS20" s="109"/>
+      <c r="AT20" s="109"/>
+      <c r="AU20" s="109"/>
+      <c r="AV20" s="109"/>
+      <c r="AW20" s="109"/>
+      <c r="AX20" s="109"/>
+      <c r="AY20" s="109"/>
+      <c r="AZ20" s="109"/>
+      <c r="BA20" s="109"/>
+      <c r="BB20" s="109"/>
+      <c r="BC20" s="109"/>
+      <c r="BD20" s="109"/>
+      <c r="BE20" s="109"/>
+      <c r="BF20" s="109"/>
+      <c r="BG20" s="109"/>
+      <c r="BH20" s="111"/>
     </row>
     <row r="21" spans="1:60" ht="5.4" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="22"/>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="23"/>
       <c r="I21" s="23"/>
       <c r="J21" s="23"/>
       <c r="K21" s="23"/>
       <c r="L21" s="23"/>
       <c r="M21" s="23"/>
       <c r="N21" s="23"/>
       <c r="O21" s="23"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="23"/>
       <c r="R21" s="23"/>
       <c r="S21" s="23"/>
       <c r="T21" s="23"/>
       <c r="U21" s="23"/>
       <c r="V21" s="23"/>
       <c r="W21" s="23"/>
@@ -15609,119 +15640,119 @@
       <c r="BD32" s="7"/>
       <c r="BE32" s="7"/>
       <c r="BF32" s="7"/>
       <c r="BG32" s="7"/>
       <c r="BH32" s="7"/>
     </row>
     <row r="33" spans="1:60" ht="4.4000000000000004" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="AS33" s="7"/>
       <c r="AT33" s="7"/>
       <c r="AU33" s="7"/>
       <c r="AV33" s="7"/>
       <c r="AW33" s="7"/>
       <c r="AX33" s="7"/>
       <c r="AY33" s="7"/>
       <c r="AZ33" s="7"/>
       <c r="BA33" s="7"/>
       <c r="BB33" s="7"/>
       <c r="BC33" s="7"/>
       <c r="BD33" s="7"/>
       <c r="BE33" s="7"/>
       <c r="BF33" s="7"/>
       <c r="BG33" s="7"/>
       <c r="BH33" s="7"/>
     </row>
     <row r="34" spans="1:60" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="167" t="s">
+      <c r="A34" s="38" t="s">
         <v>4</v>
       </c>
-      <c r="B34" s="168"/>
-[...57 lines deleted...]
-      <c r="BH34" s="169"/>
+      <c r="B34" s="112"/>
+      <c r="C34" s="112"/>
+      <c r="D34" s="112"/>
+      <c r="E34" s="112"/>
+      <c r="F34" s="112"/>
+      <c r="G34" s="112"/>
+      <c r="H34" s="112"/>
+      <c r="I34" s="112"/>
+      <c r="J34" s="112"/>
+      <c r="K34" s="112"/>
+      <c r="L34" s="112"/>
+      <c r="M34" s="112"/>
+      <c r="N34" s="112"/>
+      <c r="O34" s="112"/>
+      <c r="P34" s="112"/>
+      <c r="Q34" s="112"/>
+      <c r="R34" s="112"/>
+      <c r="S34" s="112"/>
+      <c r="T34" s="112"/>
+      <c r="U34" s="112"/>
+      <c r="V34" s="112"/>
+      <c r="W34" s="112"/>
+      <c r="X34" s="112"/>
+      <c r="Y34" s="112"/>
+      <c r="Z34" s="112"/>
+      <c r="AA34" s="112"/>
+      <c r="AB34" s="112"/>
+      <c r="AC34" s="112"/>
+      <c r="AD34" s="112"/>
+      <c r="AE34" s="112"/>
+      <c r="AF34" s="112"/>
+      <c r="AG34" s="112"/>
+      <c r="AH34" s="112"/>
+      <c r="AI34" s="112"/>
+      <c r="AJ34" s="112"/>
+      <c r="AK34" s="112"/>
+      <c r="AL34" s="112"/>
+      <c r="AM34" s="112"/>
+      <c r="AN34" s="112"/>
+      <c r="AO34" s="112"/>
+      <c r="AP34" s="112"/>
+      <c r="AQ34" s="112"/>
+      <c r="AR34" s="112"/>
+      <c r="AS34" s="112"/>
+      <c r="AT34" s="112"/>
+      <c r="AU34" s="112"/>
+      <c r="AV34" s="112"/>
+      <c r="AW34" s="112"/>
+      <c r="AX34" s="112"/>
+      <c r="AY34" s="112"/>
+      <c r="AZ34" s="112"/>
+      <c r="BA34" s="112"/>
+      <c r="BB34" s="112"/>
+      <c r="BC34" s="112"/>
+      <c r="BD34" s="112"/>
+      <c r="BE34" s="112"/>
+      <c r="BF34" s="112"/>
+      <c r="BG34" s="112"/>
+      <c r="BH34" s="113"/>
     </row>
     <row r="35" spans="1:60" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="170" t="s">
+      <c r="A35" s="114" t="s">
         <v>50</v>
       </c>
-      <c r="B35" s="171"/>
-      <c r="C35" s="171"/>
+      <c r="B35" s="115"/>
+      <c r="C35" s="115"/>
       <c r="D35" s="13" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="13"/>
       <c r="H35" s="13"/>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="14"/>
       <c r="L35" s="13"/>
       <c r="M35" s="16"/>
       <c r="N35" s="16"/>
       <c r="O35" s="16"/>
       <c r="P35" s="17" t="s">
         <v>52</v>
       </c>
       <c r="Q35" s="16"/>
       <c r="R35" s="16"/>
       <c r="S35" s="16"/>
       <c r="T35" s="16"/>
       <c r="U35" s="16"/>
       <c r="V35" s="16"/>
       <c r="W35" s="16"/>
       <c r="X35" s="16"/>
@@ -15741,806 +15772,806 @@
       <c r="AL35" s="16"/>
       <c r="AM35" s="16"/>
       <c r="AN35" s="16"/>
       <c r="AO35" s="16"/>
       <c r="AP35" s="16"/>
       <c r="AQ35" s="16"/>
       <c r="AR35" s="16"/>
       <c r="AS35" s="16"/>
       <c r="AT35" s="16"/>
       <c r="AU35" s="16"/>
       <c r="AV35" s="16"/>
       <c r="AW35" s="16"/>
       <c r="AX35" s="16"/>
       <c r="AY35" s="16"/>
       <c r="AZ35" s="16"/>
       <c r="BA35" s="16"/>
       <c r="BB35" s="16"/>
       <c r="BC35" s="16"/>
       <c r="BD35" s="16"/>
       <c r="BE35" s="16"/>
       <c r="BF35" s="16"/>
       <c r="BG35" s="16"/>
       <c r="BH35" s="18"/>
     </row>
     <row r="36" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A36" s="115" t="s">
+      <c r="A36" s="116" t="s">
         <v>53</v>
       </c>
-      <c r="B36" s="116"/>
-[...10 lines deleted...]
-      <c r="M36" s="283" t="s">
+      <c r="B36" s="117"/>
+      <c r="C36" s="117"/>
+      <c r="D36" s="117"/>
+      <c r="E36" s="117"/>
+      <c r="F36" s="117"/>
+      <c r="G36" s="117"/>
+      <c r="H36" s="117"/>
+      <c r="I36" s="117"/>
+      <c r="J36" s="117"/>
+      <c r="K36" s="117"/>
+      <c r="L36" s="118"/>
+      <c r="M36" s="275" t="s">
         <v>96</v>
       </c>
-      <c r="N36" s="283"/>
-[...45 lines deleted...]
-      <c r="BH36" s="284"/>
+      <c r="N36" s="275"/>
+      <c r="O36" s="275"/>
+      <c r="P36" s="275"/>
+      <c r="Q36" s="275"/>
+      <c r="R36" s="275"/>
+      <c r="S36" s="275"/>
+      <c r="T36" s="275"/>
+      <c r="U36" s="275"/>
+      <c r="V36" s="275"/>
+      <c r="W36" s="275"/>
+      <c r="X36" s="275"/>
+      <c r="Y36" s="275"/>
+      <c r="Z36" s="275"/>
+      <c r="AA36" s="275"/>
+      <c r="AB36" s="275"/>
+      <c r="AC36" s="275"/>
+      <c r="AD36" s="275"/>
+      <c r="AE36" s="275"/>
+      <c r="AF36" s="275"/>
+      <c r="AG36" s="275"/>
+      <c r="AH36" s="275"/>
+      <c r="AI36" s="275"/>
+      <c r="AJ36" s="275"/>
+      <c r="AK36" s="275"/>
+      <c r="AL36" s="275"/>
+      <c r="AM36" s="275"/>
+      <c r="AN36" s="275"/>
+      <c r="AO36" s="275"/>
+      <c r="AP36" s="275"/>
+      <c r="AQ36" s="275"/>
+      <c r="AR36" s="275"/>
+      <c r="AS36" s="275"/>
+      <c r="AT36" s="275"/>
+      <c r="AU36" s="275"/>
+      <c r="AV36" s="275"/>
+      <c r="AW36" s="275"/>
+      <c r="AX36" s="275"/>
+      <c r="AY36" s="275"/>
+      <c r="AZ36" s="275"/>
+      <c r="BA36" s="275"/>
+      <c r="BB36" s="275"/>
+      <c r="BC36" s="275"/>
+      <c r="BD36" s="275"/>
+      <c r="BE36" s="275"/>
+      <c r="BF36" s="275"/>
+      <c r="BG36" s="275"/>
+      <c r="BH36" s="276"/>
     </row>
     <row r="37" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A37" s="155" t="s">
+      <c r="A37" s="141" t="s">
         <v>54</v>
       </c>
-      <c r="B37" s="156"/>
-[...10 lines deleted...]
-      <c r="M37" s="288" t="s">
+      <c r="B37" s="142"/>
+      <c r="C37" s="142"/>
+      <c r="D37" s="142"/>
+      <c r="E37" s="142"/>
+      <c r="F37" s="142"/>
+      <c r="G37" s="142"/>
+      <c r="H37" s="142"/>
+      <c r="I37" s="142"/>
+      <c r="J37" s="142"/>
+      <c r="K37" s="142"/>
+      <c r="L37" s="142"/>
+      <c r="M37" s="289" t="s">
         <v>97</v>
       </c>
-      <c r="N37" s="288"/>
-[...45 lines deleted...]
-      <c r="BH37" s="289"/>
+      <c r="N37" s="289"/>
+      <c r="O37" s="289"/>
+      <c r="P37" s="289"/>
+      <c r="Q37" s="289"/>
+      <c r="R37" s="289"/>
+      <c r="S37" s="289"/>
+      <c r="T37" s="289"/>
+      <c r="U37" s="289"/>
+      <c r="V37" s="289"/>
+      <c r="W37" s="289"/>
+      <c r="X37" s="289"/>
+      <c r="Y37" s="289"/>
+      <c r="Z37" s="289"/>
+      <c r="AA37" s="289"/>
+      <c r="AB37" s="289"/>
+      <c r="AC37" s="289"/>
+      <c r="AD37" s="289"/>
+      <c r="AE37" s="289"/>
+      <c r="AF37" s="289"/>
+      <c r="AG37" s="289"/>
+      <c r="AH37" s="289"/>
+      <c r="AI37" s="289"/>
+      <c r="AJ37" s="289"/>
+      <c r="AK37" s="289"/>
+      <c r="AL37" s="289"/>
+      <c r="AM37" s="289"/>
+      <c r="AN37" s="289"/>
+      <c r="AO37" s="289"/>
+      <c r="AP37" s="289"/>
+      <c r="AQ37" s="289"/>
+      <c r="AR37" s="289"/>
+      <c r="AS37" s="289"/>
+      <c r="AT37" s="289"/>
+      <c r="AU37" s="289"/>
+      <c r="AV37" s="289"/>
+      <c r="AW37" s="289"/>
+      <c r="AX37" s="289"/>
+      <c r="AY37" s="289"/>
+      <c r="AZ37" s="289"/>
+      <c r="BA37" s="289"/>
+      <c r="BB37" s="289"/>
+      <c r="BC37" s="289"/>
+      <c r="BD37" s="289"/>
+      <c r="BE37" s="289"/>
+      <c r="BF37" s="289"/>
+      <c r="BG37" s="289"/>
+      <c r="BH37" s="290"/>
     </row>
     <row r="38" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A38" s="155" t="s">
+      <c r="A38" s="141" t="s">
         <v>55</v>
       </c>
-      <c r="B38" s="156"/>
-[...10 lines deleted...]
-      <c r="M38" s="267" t="s">
+      <c r="B38" s="142"/>
+      <c r="C38" s="142"/>
+      <c r="D38" s="142"/>
+      <c r="E38" s="142"/>
+      <c r="F38" s="142"/>
+      <c r="G38" s="142"/>
+      <c r="H38" s="142"/>
+      <c r="I38" s="142"/>
+      <c r="J38" s="142"/>
+      <c r="K38" s="142"/>
+      <c r="L38" s="142"/>
+      <c r="M38" s="291" t="s">
         <v>98</v>
       </c>
-      <c r="N38" s="268"/>
-[...45 lines deleted...]
-      <c r="BH38" s="274"/>
+      <c r="N38" s="287"/>
+      <c r="O38" s="287"/>
+      <c r="P38" s="287"/>
+      <c r="Q38" s="287"/>
+      <c r="R38" s="287"/>
+      <c r="S38" s="287"/>
+      <c r="T38" s="287"/>
+      <c r="U38" s="287"/>
+      <c r="V38" s="287"/>
+      <c r="W38" s="287"/>
+      <c r="X38" s="287"/>
+      <c r="Y38" s="287"/>
+      <c r="Z38" s="287"/>
+      <c r="AA38" s="287"/>
+      <c r="AB38" s="287"/>
+      <c r="AC38" s="287"/>
+      <c r="AD38" s="287"/>
+      <c r="AE38" s="287"/>
+      <c r="AF38" s="287"/>
+      <c r="AG38" s="287"/>
+      <c r="AH38" s="287"/>
+      <c r="AI38" s="287"/>
+      <c r="AJ38" s="287"/>
+      <c r="AK38" s="287"/>
+      <c r="AL38" s="287"/>
+      <c r="AM38" s="287"/>
+      <c r="AN38" s="287"/>
+      <c r="AO38" s="287"/>
+      <c r="AP38" s="287"/>
+      <c r="AQ38" s="287"/>
+      <c r="AR38" s="287"/>
+      <c r="AS38" s="287"/>
+      <c r="AT38" s="287"/>
+      <c r="AU38" s="287"/>
+      <c r="AV38" s="287"/>
+      <c r="AW38" s="287"/>
+      <c r="AX38" s="287"/>
+      <c r="AY38" s="287"/>
+      <c r="AZ38" s="287"/>
+      <c r="BA38" s="287"/>
+      <c r="BB38" s="287"/>
+      <c r="BC38" s="287"/>
+      <c r="BD38" s="287"/>
+      <c r="BE38" s="287"/>
+      <c r="BF38" s="287"/>
+      <c r="BG38" s="287"/>
+      <c r="BH38" s="288"/>
     </row>
     <row r="39" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A39" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B39" s="34"/>
       <c r="C39" s="34"/>
       <c r="D39" s="34"/>
       <c r="E39" s="34"/>
       <c r="F39" s="34"/>
       <c r="G39" s="34"/>
       <c r="H39" s="34"/>
       <c r="I39" s="34"/>
       <c r="J39" s="34"/>
       <c r="K39" s="34"/>
       <c r="L39" s="35"/>
-      <c r="M39" s="102" t="s">
+      <c r="M39" s="145" t="s">
         <v>57</v>
       </c>
-      <c r="N39" s="103"/>
-      <c r="O39" s="290" t="s">
+      <c r="N39" s="146"/>
+      <c r="O39" s="280" t="s">
         <v>99</v>
       </c>
-      <c r="P39" s="291"/>
-[...6 lines deleted...]
-      <c r="W39" s="72" t="s">
+      <c r="P39" s="281"/>
+      <c r="Q39" s="281"/>
+      <c r="R39" s="281"/>
+      <c r="S39" s="281"/>
+      <c r="T39" s="281"/>
+      <c r="U39" s="281"/>
+      <c r="V39" s="282"/>
+      <c r="W39" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="X39" s="74"/>
-      <c r="Y39" s="293" t="s">
+      <c r="X39" s="134"/>
+      <c r="Y39" s="292" t="s">
         <v>100</v>
       </c>
-      <c r="Z39" s="291"/>
-[...6 lines deleted...]
-      <c r="AG39" s="107" t="s">
+      <c r="Z39" s="281"/>
+      <c r="AA39" s="281"/>
+      <c r="AB39" s="281"/>
+      <c r="AC39" s="281"/>
+      <c r="AD39" s="281"/>
+      <c r="AE39" s="281"/>
+      <c r="AF39" s="293"/>
+      <c r="AG39" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH39" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ39" s="72" t="s">
+      <c r="AH39" s="150"/>
+      <c r="AI39" s="150"/>
+      <c r="AJ39" s="150"/>
+      <c r="AK39" s="150"/>
+      <c r="AL39" s="150"/>
+      <c r="AM39" s="150"/>
+      <c r="AN39" s="150"/>
+      <c r="AO39" s="150"/>
+      <c r="AP39" s="151"/>
+      <c r="AQ39" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR39" s="74"/>
-      <c r="AS39" s="290" t="s">
+      <c r="AR39" s="134"/>
+      <c r="AS39" s="280" t="s">
         <v>101</v>
       </c>
-      <c r="AT39" s="291"/>
-[...5 lines deleted...]
-      <c r="AZ39" s="72" t="s">
+      <c r="AT39" s="281"/>
+      <c r="AU39" s="281"/>
+      <c r="AV39" s="281"/>
+      <c r="AW39" s="281"/>
+      <c r="AX39" s="281"/>
+      <c r="AY39" s="282"/>
+      <c r="AZ39" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA39" s="74"/>
-      <c r="BB39" s="290" t="s">
+      <c r="BA39" s="134"/>
+      <c r="BB39" s="280" t="s">
         <v>101</v>
       </c>
-      <c r="BC39" s="291"/>
-[...4 lines deleted...]
-      <c r="BH39" s="295"/>
+      <c r="BC39" s="281"/>
+      <c r="BD39" s="281"/>
+      <c r="BE39" s="281"/>
+      <c r="BF39" s="281"/>
+      <c r="BG39" s="281"/>
+      <c r="BH39" s="283"/>
     </row>
     <row r="40" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A40" s="33" t="s">
         <v>62</v>
       </c>
       <c r="B40" s="34"/>
       <c r="C40" s="34"/>
       <c r="D40" s="34"/>
       <c r="E40" s="34"/>
       <c r="F40" s="34"/>
       <c r="G40" s="34"/>
       <c r="H40" s="34"/>
       <c r="I40" s="34"/>
       <c r="J40" s="34"/>
       <c r="K40" s="34"/>
       <c r="L40" s="35"/>
-      <c r="M40" s="252" t="s">
+      <c r="M40" s="284" t="s">
         <v>102</v>
       </c>
-      <c r="N40" s="253"/>
-[...45 lines deleted...]
-      <c r="BH40" s="254"/>
+      <c r="N40" s="285"/>
+      <c r="O40" s="285"/>
+      <c r="P40" s="285"/>
+      <c r="Q40" s="285"/>
+      <c r="R40" s="285"/>
+      <c r="S40" s="285"/>
+      <c r="T40" s="285"/>
+      <c r="U40" s="285"/>
+      <c r="V40" s="285"/>
+      <c r="W40" s="285"/>
+      <c r="X40" s="285"/>
+      <c r="Y40" s="285"/>
+      <c r="Z40" s="285"/>
+      <c r="AA40" s="285"/>
+      <c r="AB40" s="285"/>
+      <c r="AC40" s="285"/>
+      <c r="AD40" s="285"/>
+      <c r="AE40" s="285"/>
+      <c r="AF40" s="285"/>
+      <c r="AG40" s="285"/>
+      <c r="AH40" s="285"/>
+      <c r="AI40" s="285"/>
+      <c r="AJ40" s="285"/>
+      <c r="AK40" s="285"/>
+      <c r="AL40" s="285"/>
+      <c r="AM40" s="285"/>
+      <c r="AN40" s="285"/>
+      <c r="AO40" s="285"/>
+      <c r="AP40" s="285"/>
+      <c r="AQ40" s="285"/>
+      <c r="AR40" s="285"/>
+      <c r="AS40" s="285"/>
+      <c r="AT40" s="285"/>
+      <c r="AU40" s="285"/>
+      <c r="AV40" s="285"/>
+      <c r="AW40" s="285"/>
+      <c r="AX40" s="285"/>
+      <c r="AY40" s="285"/>
+      <c r="AZ40" s="285"/>
+      <c r="BA40" s="285"/>
+      <c r="BB40" s="285"/>
+      <c r="BC40" s="285"/>
+      <c r="BD40" s="285"/>
+      <c r="BE40" s="285"/>
+      <c r="BF40" s="285"/>
+      <c r="BG40" s="285"/>
+      <c r="BH40" s="286"/>
     </row>
     <row r="41" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A41" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B41" s="34"/>
       <c r="C41" s="34"/>
       <c r="D41" s="34"/>
       <c r="E41" s="34"/>
       <c r="F41" s="34"/>
       <c r="G41" s="34"/>
       <c r="H41" s="34"/>
       <c r="I41" s="34"/>
       <c r="J41" s="34"/>
       <c r="K41" s="34"/>
       <c r="L41" s="35"/>
-      <c r="M41" s="268" t="s">
+      <c r="M41" s="287" t="s">
         <v>103</v>
       </c>
-      <c r="N41" s="268"/>
-[...45 lines deleted...]
-      <c r="BH41" s="274"/>
+      <c r="N41" s="287"/>
+      <c r="O41" s="287"/>
+      <c r="P41" s="287"/>
+      <c r="Q41" s="287"/>
+      <c r="R41" s="287"/>
+      <c r="S41" s="287"/>
+      <c r="T41" s="287"/>
+      <c r="U41" s="287"/>
+      <c r="V41" s="287"/>
+      <c r="W41" s="287"/>
+      <c r="X41" s="287"/>
+      <c r="Y41" s="287"/>
+      <c r="Z41" s="287"/>
+      <c r="AA41" s="287"/>
+      <c r="AB41" s="287"/>
+      <c r="AC41" s="287"/>
+      <c r="AD41" s="287"/>
+      <c r="AE41" s="287"/>
+      <c r="AF41" s="287"/>
+      <c r="AG41" s="287"/>
+      <c r="AH41" s="287"/>
+      <c r="AI41" s="287"/>
+      <c r="AJ41" s="287"/>
+      <c r="AK41" s="287"/>
+      <c r="AL41" s="287"/>
+      <c r="AM41" s="287"/>
+      <c r="AN41" s="287"/>
+      <c r="AO41" s="287"/>
+      <c r="AP41" s="287"/>
+      <c r="AQ41" s="287"/>
+      <c r="AR41" s="287"/>
+      <c r="AS41" s="287"/>
+      <c r="AT41" s="287"/>
+      <c r="AU41" s="287"/>
+      <c r="AV41" s="287"/>
+      <c r="AW41" s="287"/>
+      <c r="AX41" s="287"/>
+      <c r="AY41" s="287"/>
+      <c r="AZ41" s="287"/>
+      <c r="BA41" s="287"/>
+      <c r="BB41" s="287"/>
+      <c r="BC41" s="287"/>
+      <c r="BD41" s="287"/>
+      <c r="BE41" s="287"/>
+      <c r="BF41" s="287"/>
+      <c r="BG41" s="287"/>
+      <c r="BH41" s="288"/>
     </row>
     <row r="42" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A42" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B42" s="34"/>
       <c r="C42" s="34"/>
       <c r="D42" s="34"/>
       <c r="E42" s="34"/>
       <c r="F42" s="34"/>
       <c r="G42" s="34"/>
       <c r="H42" s="34"/>
       <c r="I42" s="34"/>
       <c r="J42" s="34"/>
       <c r="K42" s="34"/>
       <c r="L42" s="35"/>
-      <c r="M42" s="268" t="s">
+      <c r="M42" s="287" t="s">
         <v>104</v>
       </c>
-      <c r="N42" s="268"/>
-[...45 lines deleted...]
-      <c r="BH42" s="274"/>
+      <c r="N42" s="287"/>
+      <c r="O42" s="287"/>
+      <c r="P42" s="287"/>
+      <c r="Q42" s="287"/>
+      <c r="R42" s="287"/>
+      <c r="S42" s="287"/>
+      <c r="T42" s="287"/>
+      <c r="U42" s="287"/>
+      <c r="V42" s="287"/>
+      <c r="W42" s="287"/>
+      <c r="X42" s="287"/>
+      <c r="Y42" s="287"/>
+      <c r="Z42" s="287"/>
+      <c r="AA42" s="287"/>
+      <c r="AB42" s="287"/>
+      <c r="AC42" s="287"/>
+      <c r="AD42" s="287"/>
+      <c r="AE42" s="287"/>
+      <c r="AF42" s="287"/>
+      <c r="AG42" s="287"/>
+      <c r="AH42" s="287"/>
+      <c r="AI42" s="287"/>
+      <c r="AJ42" s="287"/>
+      <c r="AK42" s="287"/>
+      <c r="AL42" s="287"/>
+      <c r="AM42" s="287"/>
+      <c r="AN42" s="287"/>
+      <c r="AO42" s="287"/>
+      <c r="AP42" s="287"/>
+      <c r="AQ42" s="287"/>
+      <c r="AR42" s="287"/>
+      <c r="AS42" s="287"/>
+      <c r="AT42" s="287"/>
+      <c r="AU42" s="287"/>
+      <c r="AV42" s="287"/>
+      <c r="AW42" s="287"/>
+      <c r="AX42" s="287"/>
+      <c r="AY42" s="287"/>
+      <c r="AZ42" s="287"/>
+      <c r="BA42" s="287"/>
+      <c r="BB42" s="287"/>
+      <c r="BC42" s="287"/>
+      <c r="BD42" s="287"/>
+      <c r="BE42" s="287"/>
+      <c r="BF42" s="287"/>
+      <c r="BG42" s="287"/>
+      <c r="BH42" s="288"/>
     </row>
     <row r="43" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A43" s="90" t="s">
+      <c r="A43" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B43" s="91"/>
-[...10 lines deleted...]
-      <c r="M43" s="268" t="s">
+      <c r="B43" s="170"/>
+      <c r="C43" s="170"/>
+      <c r="D43" s="170"/>
+      <c r="E43" s="170"/>
+      <c r="F43" s="170"/>
+      <c r="G43" s="170"/>
+      <c r="H43" s="170"/>
+      <c r="I43" s="170"/>
+      <c r="J43" s="170"/>
+      <c r="K43" s="170"/>
+      <c r="L43" s="171"/>
+      <c r="M43" s="287" t="s">
         <v>105</v>
       </c>
-      <c r="N43" s="268"/>
-[...18 lines deleted...]
-      <c r="AG43" s="93" t="s">
+      <c r="N43" s="287"/>
+      <c r="O43" s="287"/>
+      <c r="P43" s="287"/>
+      <c r="Q43" s="287"/>
+      <c r="R43" s="287"/>
+      <c r="S43" s="287"/>
+      <c r="T43" s="287"/>
+      <c r="U43" s="287"/>
+      <c r="V43" s="287"/>
+      <c r="W43" s="287"/>
+      <c r="X43" s="287"/>
+      <c r="Y43" s="287"/>
+      <c r="Z43" s="287"/>
+      <c r="AA43" s="287"/>
+      <c r="AB43" s="287"/>
+      <c r="AC43" s="287"/>
+      <c r="AD43" s="287"/>
+      <c r="AE43" s="287"/>
+      <c r="AF43" s="287"/>
+      <c r="AG43" s="172" t="s">
         <v>66</v>
       </c>
-      <c r="AH43" s="94"/>
-[...6 lines deleted...]
-      <c r="AO43" s="278" t="s">
+      <c r="AH43" s="173"/>
+      <c r="AI43" s="173"/>
+      <c r="AJ43" s="173"/>
+      <c r="AK43" s="173"/>
+      <c r="AL43" s="173"/>
+      <c r="AM43" s="173"/>
+      <c r="AN43" s="174"/>
+      <c r="AO43" s="300" t="s">
         <v>105</v>
       </c>
-      <c r="AP43" s="279"/>
-[...17 lines deleted...]
-      <c r="BH43" s="280"/>
+      <c r="AP43" s="301"/>
+      <c r="AQ43" s="301"/>
+      <c r="AR43" s="301"/>
+      <c r="AS43" s="301"/>
+      <c r="AT43" s="301"/>
+      <c r="AU43" s="301"/>
+      <c r="AV43" s="301"/>
+      <c r="AW43" s="301"/>
+      <c r="AX43" s="301"/>
+      <c r="AY43" s="301"/>
+      <c r="AZ43" s="301"/>
+      <c r="BA43" s="301"/>
+      <c r="BB43" s="301"/>
+      <c r="BC43" s="301"/>
+      <c r="BD43" s="301"/>
+      <c r="BE43" s="301"/>
+      <c r="BF43" s="301"/>
+      <c r="BG43" s="301"/>
+      <c r="BH43" s="302"/>
     </row>
     <row r="44" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A44" s="68" t="s">
+      <c r="A44" s="178" t="s">
         <v>67</v>
       </c>
-      <c r="B44" s="69"/>
-[...10 lines deleted...]
-      <c r="M44" s="71" t="s">
+      <c r="B44" s="179"/>
+      <c r="C44" s="179"/>
+      <c r="D44" s="179"/>
+      <c r="E44" s="179"/>
+      <c r="F44" s="179"/>
+      <c r="G44" s="179"/>
+      <c r="H44" s="179"/>
+      <c r="I44" s="179"/>
+      <c r="J44" s="179"/>
+      <c r="K44" s="179"/>
+      <c r="L44" s="180"/>
+      <c r="M44" s="150" t="s">
         <v>68</v>
       </c>
-      <c r="N44" s="71"/>
-[...4 lines deleted...]
-      <c r="S44" s="71"/>
+      <c r="N44" s="150"/>
+      <c r="O44" s="150"/>
+      <c r="P44" s="150"/>
+      <c r="Q44" s="150"/>
+      <c r="R44" s="150"/>
+      <c r="S44" s="150"/>
       <c r="T44" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U44" s="267" t="s">
+      <c r="U44" s="291" t="s">
         <v>106</v>
       </c>
-      <c r="V44" s="268"/>
-[...6 lines deleted...]
-      <c r="AC44" s="72" t="s">
+      <c r="V44" s="287"/>
+      <c r="W44" s="287"/>
+      <c r="X44" s="287"/>
+      <c r="Y44" s="287"/>
+      <c r="Z44" s="287"/>
+      <c r="AA44" s="287"/>
+      <c r="AB44" s="303"/>
+      <c r="AC44" s="133" t="s">
         <v>70</v>
       </c>
-      <c r="AD44" s="73"/>
-[...3 lines deleted...]
-      <c r="AH44" s="252" t="s">
+      <c r="AD44" s="183"/>
+      <c r="AE44" s="183"/>
+      <c r="AF44" s="183"/>
+      <c r="AG44" s="134"/>
+      <c r="AH44" s="284" t="s">
         <v>107</v>
       </c>
-      <c r="AI44" s="253"/>
-[...6 lines deleted...]
-      <c r="AP44" s="72" t="s">
+      <c r="AI44" s="285"/>
+      <c r="AJ44" s="285"/>
+      <c r="AK44" s="285"/>
+      <c r="AL44" s="285"/>
+      <c r="AM44" s="285"/>
+      <c r="AN44" s="285"/>
+      <c r="AO44" s="304"/>
+      <c r="AP44" s="133" t="s">
         <v>71</v>
       </c>
-      <c r="AQ44" s="73"/>
-[...3 lines deleted...]
-      <c r="AU44" s="252" t="s">
+      <c r="AQ44" s="183"/>
+      <c r="AR44" s="183"/>
+      <c r="AS44" s="183"/>
+      <c r="AT44" s="134"/>
+      <c r="AU44" s="284" t="s">
         <v>108</v>
       </c>
-      <c r="AV44" s="253"/>
-[...11 lines deleted...]
-      <c r="BH44" s="254"/>
+      <c r="AV44" s="285"/>
+      <c r="AW44" s="285"/>
+      <c r="AX44" s="285"/>
+      <c r="AY44" s="285"/>
+      <c r="AZ44" s="285"/>
+      <c r="BA44" s="285"/>
+      <c r="BB44" s="285"/>
+      <c r="BC44" s="285"/>
+      <c r="BD44" s="285"/>
+      <c r="BE44" s="285"/>
+      <c r="BF44" s="285"/>
+      <c r="BG44" s="285"/>
+      <c r="BH44" s="286"/>
     </row>
     <row r="45" spans="1:60" s="11" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A45" s="68"/>
-[...11 lines deleted...]
-      <c r="M45" s="57" t="s">
+      <c r="A45" s="178"/>
+      <c r="B45" s="179"/>
+      <c r="C45" s="179"/>
+      <c r="D45" s="179"/>
+      <c r="E45" s="179"/>
+      <c r="F45" s="179"/>
+      <c r="G45" s="179"/>
+      <c r="H45" s="179"/>
+      <c r="I45" s="179"/>
+      <c r="J45" s="179"/>
+      <c r="K45" s="179"/>
+      <c r="L45" s="180"/>
+      <c r="M45" s="155" t="s">
         <v>72</v>
       </c>
-      <c r="N45" s="57"/>
-[...5 lines deleted...]
-      <c r="T45" s="258" t="s">
+      <c r="N45" s="155"/>
+      <c r="O45" s="155"/>
+      <c r="P45" s="155"/>
+      <c r="Q45" s="155"/>
+      <c r="R45" s="155"/>
+      <c r="S45" s="155"/>
+      <c r="T45" s="294" t="s">
         <v>109</v>
       </c>
-      <c r="U45" s="259"/>
-[...38 lines deleted...]
-      <c r="BH45" s="260"/>
+      <c r="U45" s="295"/>
+      <c r="V45" s="295"/>
+      <c r="W45" s="295"/>
+      <c r="X45" s="295"/>
+      <c r="Y45" s="295"/>
+      <c r="Z45" s="295"/>
+      <c r="AA45" s="295"/>
+      <c r="AB45" s="295"/>
+      <c r="AC45" s="295"/>
+      <c r="AD45" s="295"/>
+      <c r="AE45" s="295"/>
+      <c r="AF45" s="295"/>
+      <c r="AG45" s="295"/>
+      <c r="AH45" s="295"/>
+      <c r="AI45" s="295"/>
+      <c r="AJ45" s="295"/>
+      <c r="AK45" s="295"/>
+      <c r="AL45" s="295"/>
+      <c r="AM45" s="295"/>
+      <c r="AN45" s="295"/>
+      <c r="AO45" s="295"/>
+      <c r="AP45" s="295"/>
+      <c r="AQ45" s="295"/>
+      <c r="AR45" s="295"/>
+      <c r="AS45" s="295"/>
+      <c r="AT45" s="295"/>
+      <c r="AU45" s="295"/>
+      <c r="AV45" s="295"/>
+      <c r="AW45" s="295"/>
+      <c r="AX45" s="295"/>
+      <c r="AY45" s="295"/>
+      <c r="AZ45" s="295"/>
+      <c r="BA45" s="295"/>
+      <c r="BB45" s="295"/>
+      <c r="BC45" s="295"/>
+      <c r="BD45" s="295"/>
+      <c r="BE45" s="295"/>
+      <c r="BF45" s="295"/>
+      <c r="BG45" s="295"/>
+      <c r="BH45" s="296"/>
     </row>
     <row r="46" spans="1:60" s="11" customFormat="1" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="142" t="s">
+      <c r="A46" s="159" t="s">
         <v>73</v>
       </c>
-      <c r="B46" s="143"/>
-[...10 lines deleted...]
-      <c r="M46" s="285" t="s">
+      <c r="B46" s="160"/>
+      <c r="C46" s="160"/>
+      <c r="D46" s="160"/>
+      <c r="E46" s="160"/>
+      <c r="F46" s="160"/>
+      <c r="G46" s="160"/>
+      <c r="H46" s="160"/>
+      <c r="I46" s="160"/>
+      <c r="J46" s="160"/>
+      <c r="K46" s="160"/>
+      <c r="L46" s="161"/>
+      <c r="M46" s="297" t="s">
         <v>110</v>
       </c>
-      <c r="N46" s="286"/>
-[...45 lines deleted...]
-      <c r="BH46" s="287"/>
+      <c r="N46" s="298"/>
+      <c r="O46" s="298"/>
+      <c r="P46" s="298"/>
+      <c r="Q46" s="298"/>
+      <c r="R46" s="298"/>
+      <c r="S46" s="298"/>
+      <c r="T46" s="298"/>
+      <c r="U46" s="298"/>
+      <c r="V46" s="298"/>
+      <c r="W46" s="298"/>
+      <c r="X46" s="298"/>
+      <c r="Y46" s="298"/>
+      <c r="Z46" s="298"/>
+      <c r="AA46" s="298"/>
+      <c r="AB46" s="298"/>
+      <c r="AC46" s="298"/>
+      <c r="AD46" s="298"/>
+      <c r="AE46" s="298"/>
+      <c r="AF46" s="298"/>
+      <c r="AG46" s="298"/>
+      <c r="AH46" s="298"/>
+      <c r="AI46" s="298"/>
+      <c r="AJ46" s="298"/>
+      <c r="AK46" s="298"/>
+      <c r="AL46" s="298"/>
+      <c r="AM46" s="298"/>
+      <c r="AN46" s="298"/>
+      <c r="AO46" s="298"/>
+      <c r="AP46" s="298"/>
+      <c r="AQ46" s="298"/>
+      <c r="AR46" s="298"/>
+      <c r="AS46" s="298"/>
+      <c r="AT46" s="298"/>
+      <c r="AU46" s="298"/>
+      <c r="AV46" s="298"/>
+      <c r="AW46" s="298"/>
+      <c r="AX46" s="298"/>
+      <c r="AY46" s="298"/>
+      <c r="AZ46" s="298"/>
+      <c r="BA46" s="298"/>
+      <c r="BB46" s="298"/>
+      <c r="BC46" s="298"/>
+      <c r="BD46" s="298"/>
+      <c r="BE46" s="298"/>
+      <c r="BF46" s="298"/>
+      <c r="BG46" s="298"/>
+      <c r="BH46" s="299"/>
     </row>
     <row r="47" spans="1:60" s="11" customFormat="1" ht="45.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="20"/>
       <c r="B47" s="20"/>
       <c r="C47" s="20"/>
       <c r="D47" s="20"/>
       <c r="E47" s="20"/>
       <c r="F47" s="20"/>
       <c r="G47" s="20"/>
       <c r="H47" s="20"/>
       <c r="I47" s="20"/>
       <c r="J47" s="20"/>
       <c r="K47" s="20"/>
       <c r="L47" s="20"/>
       <c r="M47" s="21"/>
       <c r="N47" s="21"/>
       <c r="O47" s="21"/>
       <c r="P47" s="21"/>
       <c r="Q47" s="21"/>
       <c r="R47" s="21"/>
       <c r="S47" s="21"/>
       <c r="T47" s="21"/>
       <c r="U47" s="21"/>
       <c r="V47" s="21"/>
       <c r="W47" s="21"/>
@@ -17246,2860 +17277,2860 @@
       <c r="AO58" s="21"/>
       <c r="AP58" s="21"/>
       <c r="AQ58" s="21"/>
       <c r="AR58" s="21"/>
       <c r="AS58" s="21"/>
       <c r="AT58" s="21"/>
       <c r="AU58" s="21"/>
       <c r="AV58" s="21"/>
       <c r="AW58" s="21"/>
       <c r="AX58" s="21"/>
       <c r="AY58" s="21"/>
       <c r="AZ58" s="21"/>
       <c r="BA58" s="21"/>
       <c r="BB58" s="21"/>
       <c r="BC58" s="21"/>
       <c r="BD58" s="21"/>
       <c r="BE58" s="21"/>
       <c r="BF58" s="21"/>
       <c r="BG58" s="21"/>
       <c r="BH58" s="21"/>
     </row>
     <row r="59" spans="1:60" ht="8.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="BH59" s="10"/>
     </row>
     <row r="60" spans="1:60" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="147" t="s">
+      <c r="A60" s="164" t="s">
         <v>74</v>
       </c>
-      <c r="B60" s="148"/>
-      <c r="C60" s="148"/>
+      <c r="B60" s="165"/>
+      <c r="C60" s="165"/>
       <c r="D60" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E60" s="8"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
       <c r="I60" s="8"/>
       <c r="J60" s="8"/>
       <c r="K60" s="8"/>
       <c r="L60" s="8"/>
       <c r="M60" s="8"/>
       <c r="N60" s="8"/>
       <c r="O60" s="8"/>
       <c r="P60" s="9"/>
       <c r="Q60" s="8"/>
       <c r="R60" s="8"/>
       <c r="S60" s="8"/>
       <c r="T60" s="8"/>
       <c r="U60" s="8"/>
       <c r="V60" s="8"/>
       <c r="W60" s="8"/>
       <c r="X60" s="8"/>
       <c r="Y60" s="8"/>
       <c r="Z60" s="8"/>
       <c r="AA60" s="8"/>
       <c r="AB60" s="8"/>
       <c r="AC60" s="8"/>
       <c r="AD60" s="8"/>
       <c r="AE60" s="8"/>
       <c r="AF60" s="8"/>
       <c r="AG60" s="8"/>
       <c r="AH60" s="8"/>
       <c r="AI60" s="8"/>
       <c r="AJ60" s="8"/>
       <c r="AK60" s="8"/>
       <c r="AL60" s="8"/>
       <c r="AM60" s="8"/>
       <c r="AN60" s="8"/>
       <c r="AO60" s="8"/>
       <c r="AP60" s="8"/>
       <c r="AQ60" s="8"/>
       <c r="AR60" s="8"/>
       <c r="AS60" s="8"/>
       <c r="AT60" s="8"/>
       <c r="AU60" s="8"/>
       <c r="AV60" s="15"/>
       <c r="AW60" s="8"/>
-      <c r="AX60" s="149"/>
-[...9 lines deleted...]
-      <c r="BH60" s="151"/>
+      <c r="AX60" s="166"/>
+      <c r="AY60" s="166"/>
+      <c r="AZ60" s="166"/>
+      <c r="BA60" s="167"/>
+      <c r="BB60" s="167"/>
+      <c r="BC60" s="167"/>
+      <c r="BD60" s="167"/>
+      <c r="BE60" s="167"/>
+      <c r="BF60" s="167"/>
+      <c r="BG60" s="167"/>
+      <c r="BH60" s="168"/>
     </row>
     <row r="61" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A61" s="115" t="s">
+      <c r="A61" s="116" t="s">
         <v>76</v>
       </c>
-      <c r="B61" s="116"/>
-[...10 lines deleted...]
-      <c r="M61" s="283" t="s">
+      <c r="B61" s="117"/>
+      <c r="C61" s="117"/>
+      <c r="D61" s="117"/>
+      <c r="E61" s="117"/>
+      <c r="F61" s="117"/>
+      <c r="G61" s="117"/>
+      <c r="H61" s="117"/>
+      <c r="I61" s="117"/>
+      <c r="J61" s="117"/>
+      <c r="K61" s="117"/>
+      <c r="L61" s="118"/>
+      <c r="M61" s="275" t="s">
         <v>111</v>
       </c>
-      <c r="N61" s="283"/>
-[...45 lines deleted...]
-      <c r="BH61" s="284"/>
+      <c r="N61" s="275"/>
+      <c r="O61" s="275"/>
+      <c r="P61" s="275"/>
+      <c r="Q61" s="275"/>
+      <c r="R61" s="275"/>
+      <c r="S61" s="275"/>
+      <c r="T61" s="275"/>
+      <c r="U61" s="275"/>
+      <c r="V61" s="275"/>
+      <c r="W61" s="275"/>
+      <c r="X61" s="275"/>
+      <c r="Y61" s="275"/>
+      <c r="Z61" s="275"/>
+      <c r="AA61" s="275"/>
+      <c r="AB61" s="275"/>
+      <c r="AC61" s="275"/>
+      <c r="AD61" s="275"/>
+      <c r="AE61" s="275"/>
+      <c r="AF61" s="275"/>
+      <c r="AG61" s="275"/>
+      <c r="AH61" s="275"/>
+      <c r="AI61" s="275"/>
+      <c r="AJ61" s="275"/>
+      <c r="AK61" s="275"/>
+      <c r="AL61" s="275"/>
+      <c r="AM61" s="275"/>
+      <c r="AN61" s="275"/>
+      <c r="AO61" s="275"/>
+      <c r="AP61" s="275"/>
+      <c r="AQ61" s="275"/>
+      <c r="AR61" s="275"/>
+      <c r="AS61" s="275"/>
+      <c r="AT61" s="275"/>
+      <c r="AU61" s="275"/>
+      <c r="AV61" s="305"/>
+      <c r="AW61" s="275"/>
+      <c r="AX61" s="275"/>
+      <c r="AY61" s="275"/>
+      <c r="AZ61" s="275"/>
+      <c r="BA61" s="275"/>
+      <c r="BB61" s="275"/>
+      <c r="BC61" s="275"/>
+      <c r="BD61" s="275"/>
+      <c r="BE61" s="275"/>
+      <c r="BF61" s="275"/>
+      <c r="BG61" s="275"/>
+      <c r="BH61" s="276"/>
     </row>
     <row r="62" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A62" s="99" t="s">
+      <c r="A62" s="188" t="s">
         <v>77</v>
       </c>
-      <c r="B62" s="100"/>
-[...10 lines deleted...]
-      <c r="M62" s="288" t="s">
+      <c r="B62" s="189"/>
+      <c r="C62" s="189"/>
+      <c r="D62" s="189"/>
+      <c r="E62" s="189"/>
+      <c r="F62" s="189"/>
+      <c r="G62" s="189"/>
+      <c r="H62" s="189"/>
+      <c r="I62" s="189"/>
+      <c r="J62" s="189"/>
+      <c r="K62" s="189"/>
+      <c r="L62" s="190"/>
+      <c r="M62" s="289" t="s">
         <v>112</v>
       </c>
-      <c r="N62" s="288"/>
-[...45 lines deleted...]
-      <c r="BH62" s="289"/>
+      <c r="N62" s="289"/>
+      <c r="O62" s="289"/>
+      <c r="P62" s="289"/>
+      <c r="Q62" s="289"/>
+      <c r="R62" s="289"/>
+      <c r="S62" s="289"/>
+      <c r="T62" s="289"/>
+      <c r="U62" s="289"/>
+      <c r="V62" s="289"/>
+      <c r="W62" s="289"/>
+      <c r="X62" s="289"/>
+      <c r="Y62" s="289"/>
+      <c r="Z62" s="289"/>
+      <c r="AA62" s="289"/>
+      <c r="AB62" s="289"/>
+      <c r="AC62" s="289"/>
+      <c r="AD62" s="289"/>
+      <c r="AE62" s="289"/>
+      <c r="AF62" s="289"/>
+      <c r="AG62" s="289"/>
+      <c r="AH62" s="289"/>
+      <c r="AI62" s="289"/>
+      <c r="AJ62" s="289"/>
+      <c r="AK62" s="289"/>
+      <c r="AL62" s="289"/>
+      <c r="AM62" s="289"/>
+      <c r="AN62" s="289"/>
+      <c r="AO62" s="289"/>
+      <c r="AP62" s="289"/>
+      <c r="AQ62" s="289"/>
+      <c r="AR62" s="289"/>
+      <c r="AS62" s="289"/>
+      <c r="AT62" s="289"/>
+      <c r="AU62" s="289"/>
+      <c r="AV62" s="289"/>
+      <c r="AW62" s="289"/>
+      <c r="AX62" s="289"/>
+      <c r="AY62" s="289"/>
+      <c r="AZ62" s="289"/>
+      <c r="BA62" s="289"/>
+      <c r="BB62" s="289"/>
+      <c r="BC62" s="289"/>
+      <c r="BD62" s="289"/>
+      <c r="BE62" s="289"/>
+      <c r="BF62" s="289"/>
+      <c r="BG62" s="289"/>
+      <c r="BH62" s="290"/>
     </row>
     <row r="63" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A63" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B63" s="34"/>
       <c r="C63" s="34"/>
       <c r="D63" s="34"/>
       <c r="E63" s="34"/>
       <c r="F63" s="34"/>
       <c r="G63" s="34"/>
       <c r="H63" s="34"/>
       <c r="I63" s="34"/>
       <c r="J63" s="34"/>
       <c r="K63" s="34"/>
       <c r="L63" s="35"/>
-      <c r="M63" s="102" t="s">
+      <c r="M63" s="145" t="s">
         <v>57</v>
       </c>
-      <c r="N63" s="103"/>
-      <c r="O63" s="290" t="s">
+      <c r="N63" s="146"/>
+      <c r="O63" s="280" t="s">
         <v>113</v>
       </c>
-      <c r="P63" s="291"/>
-[...6 lines deleted...]
-      <c r="W63" s="72" t="s">
+      <c r="P63" s="281"/>
+      <c r="Q63" s="281"/>
+      <c r="R63" s="281"/>
+      <c r="S63" s="281"/>
+      <c r="T63" s="281"/>
+      <c r="U63" s="281"/>
+      <c r="V63" s="282"/>
+      <c r="W63" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="X63" s="74"/>
-      <c r="Y63" s="293" t="s">
+      <c r="X63" s="134"/>
+      <c r="Y63" s="292" t="s">
         <v>114</v>
       </c>
-      <c r="Z63" s="291"/>
-[...6 lines deleted...]
-      <c r="AG63" s="107" t="s">
+      <c r="Z63" s="281"/>
+      <c r="AA63" s="281"/>
+      <c r="AB63" s="281"/>
+      <c r="AC63" s="281"/>
+      <c r="AD63" s="281"/>
+      <c r="AE63" s="281"/>
+      <c r="AF63" s="293"/>
+      <c r="AG63" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH63" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ63" s="72" t="s">
+      <c r="AH63" s="150"/>
+      <c r="AI63" s="150"/>
+      <c r="AJ63" s="150"/>
+      <c r="AK63" s="150"/>
+      <c r="AL63" s="150"/>
+      <c r="AM63" s="150"/>
+      <c r="AN63" s="150"/>
+      <c r="AO63" s="150"/>
+      <c r="AP63" s="151"/>
+      <c r="AQ63" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR63" s="74"/>
-      <c r="AS63" s="290" t="s">
+      <c r="AR63" s="134"/>
+      <c r="AS63" s="280" t="s">
         <v>115</v>
       </c>
-      <c r="AT63" s="291"/>
-[...5 lines deleted...]
-      <c r="AZ63" s="72" t="s">
+      <c r="AT63" s="281"/>
+      <c r="AU63" s="281"/>
+      <c r="AV63" s="281"/>
+      <c r="AW63" s="281"/>
+      <c r="AX63" s="281"/>
+      <c r="AY63" s="282"/>
+      <c r="AZ63" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA63" s="74"/>
-      <c r="BB63" s="290" t="s">
+      <c r="BA63" s="134"/>
+      <c r="BB63" s="280" t="s">
         <v>115</v>
       </c>
-      <c r="BC63" s="291"/>
-[...4 lines deleted...]
-      <c r="BH63" s="295"/>
+      <c r="BC63" s="281"/>
+      <c r="BD63" s="281"/>
+      <c r="BE63" s="281"/>
+      <c r="BF63" s="281"/>
+      <c r="BG63" s="281"/>
+      <c r="BH63" s="283"/>
     </row>
     <row r="64" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A64" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B64" s="34"/>
       <c r="C64" s="34"/>
       <c r="D64" s="34"/>
       <c r="E64" s="34"/>
       <c r="F64" s="34"/>
       <c r="G64" s="34"/>
       <c r="H64" s="34"/>
       <c r="I64" s="34"/>
       <c r="J64" s="34"/>
       <c r="K64" s="34"/>
       <c r="L64" s="35"/>
-      <c r="M64" s="268" t="s">
+      <c r="M64" s="287" t="s">
         <v>116</v>
       </c>
-      <c r="N64" s="268"/>
-[...45 lines deleted...]
-      <c r="BH64" s="274"/>
+      <c r="N64" s="287"/>
+      <c r="O64" s="287"/>
+      <c r="P64" s="287"/>
+      <c r="Q64" s="287"/>
+      <c r="R64" s="287"/>
+      <c r="S64" s="287"/>
+      <c r="T64" s="287"/>
+      <c r="U64" s="287"/>
+      <c r="V64" s="287"/>
+      <c r="W64" s="287"/>
+      <c r="X64" s="287"/>
+      <c r="Y64" s="287"/>
+      <c r="Z64" s="287"/>
+      <c r="AA64" s="287"/>
+      <c r="AB64" s="287"/>
+      <c r="AC64" s="287"/>
+      <c r="AD64" s="287"/>
+      <c r="AE64" s="287"/>
+      <c r="AF64" s="287"/>
+      <c r="AG64" s="287"/>
+      <c r="AH64" s="287"/>
+      <c r="AI64" s="287"/>
+      <c r="AJ64" s="287"/>
+      <c r="AK64" s="287"/>
+      <c r="AL64" s="287"/>
+      <c r="AM64" s="287"/>
+      <c r="AN64" s="287"/>
+      <c r="AO64" s="287"/>
+      <c r="AP64" s="287"/>
+      <c r="AQ64" s="287"/>
+      <c r="AR64" s="287"/>
+      <c r="AS64" s="287"/>
+      <c r="AT64" s="287"/>
+      <c r="AU64" s="287"/>
+      <c r="AV64" s="287"/>
+      <c r="AW64" s="287"/>
+      <c r="AX64" s="287"/>
+      <c r="AY64" s="287"/>
+      <c r="AZ64" s="287"/>
+      <c r="BA64" s="287"/>
+      <c r="BB64" s="287"/>
+      <c r="BC64" s="287"/>
+      <c r="BD64" s="287"/>
+      <c r="BE64" s="287"/>
+      <c r="BF64" s="287"/>
+      <c r="BG64" s="287"/>
+      <c r="BH64" s="288"/>
     </row>
     <row r="65" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A65" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B65" s="34"/>
       <c r="C65" s="34"/>
       <c r="D65" s="34"/>
       <c r="E65" s="34"/>
       <c r="F65" s="34"/>
       <c r="G65" s="34"/>
       <c r="H65" s="34"/>
       <c r="I65" s="34"/>
       <c r="J65" s="34"/>
       <c r="K65" s="34"/>
       <c r="L65" s="35"/>
-      <c r="M65" s="268" t="s">
+      <c r="M65" s="287" t="s">
         <v>117</v>
       </c>
-      <c r="N65" s="268"/>
-[...45 lines deleted...]
-      <c r="BH65" s="274"/>
+      <c r="N65" s="287"/>
+      <c r="O65" s="287"/>
+      <c r="P65" s="287"/>
+      <c r="Q65" s="287"/>
+      <c r="R65" s="287"/>
+      <c r="S65" s="287"/>
+      <c r="T65" s="287"/>
+      <c r="U65" s="287"/>
+      <c r="V65" s="287"/>
+      <c r="W65" s="287"/>
+      <c r="X65" s="287"/>
+      <c r="Y65" s="287"/>
+      <c r="Z65" s="287"/>
+      <c r="AA65" s="287"/>
+      <c r="AB65" s="287"/>
+      <c r="AC65" s="287"/>
+      <c r="AD65" s="287"/>
+      <c r="AE65" s="287"/>
+      <c r="AF65" s="287"/>
+      <c r="AG65" s="287"/>
+      <c r="AH65" s="287"/>
+      <c r="AI65" s="287"/>
+      <c r="AJ65" s="287"/>
+      <c r="AK65" s="287"/>
+      <c r="AL65" s="287"/>
+      <c r="AM65" s="287"/>
+      <c r="AN65" s="287"/>
+      <c r="AO65" s="287"/>
+      <c r="AP65" s="287"/>
+      <c r="AQ65" s="287"/>
+      <c r="AR65" s="287"/>
+      <c r="AS65" s="287"/>
+      <c r="AT65" s="287"/>
+      <c r="AU65" s="287"/>
+      <c r="AV65" s="287"/>
+      <c r="AW65" s="287"/>
+      <c r="AX65" s="287"/>
+      <c r="AY65" s="287"/>
+      <c r="AZ65" s="287"/>
+      <c r="BA65" s="287"/>
+      <c r="BB65" s="287"/>
+      <c r="BC65" s="287"/>
+      <c r="BD65" s="287"/>
+      <c r="BE65" s="287"/>
+      <c r="BF65" s="287"/>
+      <c r="BG65" s="287"/>
+      <c r="BH65" s="288"/>
     </row>
     <row r="66" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A66" s="90" t="s">
+      <c r="A66" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B66" s="91"/>
-[...10 lines deleted...]
-      <c r="M66" s="268" t="s">
+      <c r="B66" s="170"/>
+      <c r="C66" s="170"/>
+      <c r="D66" s="170"/>
+      <c r="E66" s="170"/>
+      <c r="F66" s="170"/>
+      <c r="G66" s="170"/>
+      <c r="H66" s="170"/>
+      <c r="I66" s="170"/>
+      <c r="J66" s="170"/>
+      <c r="K66" s="170"/>
+      <c r="L66" s="171"/>
+      <c r="M66" s="287" t="s">
         <v>105</v>
       </c>
-      <c r="N66" s="268"/>
-[...18 lines deleted...]
-      <c r="AG66" s="93" t="s">
+      <c r="N66" s="287"/>
+      <c r="O66" s="287"/>
+      <c r="P66" s="287"/>
+      <c r="Q66" s="287"/>
+      <c r="R66" s="287"/>
+      <c r="S66" s="287"/>
+      <c r="T66" s="287"/>
+      <c r="U66" s="287"/>
+      <c r="V66" s="287"/>
+      <c r="W66" s="287"/>
+      <c r="X66" s="287"/>
+      <c r="Y66" s="287"/>
+      <c r="Z66" s="287"/>
+      <c r="AA66" s="287"/>
+      <c r="AB66" s="287"/>
+      <c r="AC66" s="287"/>
+      <c r="AD66" s="287"/>
+      <c r="AE66" s="287"/>
+      <c r="AF66" s="287"/>
+      <c r="AG66" s="172" t="s">
         <v>66</v>
       </c>
-      <c r="AH66" s="94"/>
-[...6 lines deleted...]
-      <c r="AO66" s="278" t="s">
+      <c r="AH66" s="173"/>
+      <c r="AI66" s="173"/>
+      <c r="AJ66" s="173"/>
+      <c r="AK66" s="173"/>
+      <c r="AL66" s="173"/>
+      <c r="AM66" s="173"/>
+      <c r="AN66" s="174"/>
+      <c r="AO66" s="300" t="s">
         <v>105</v>
       </c>
-      <c r="AP66" s="279"/>
-[...17 lines deleted...]
-      <c r="BH66" s="280"/>
+      <c r="AP66" s="301"/>
+      <c r="AQ66" s="301"/>
+      <c r="AR66" s="301"/>
+      <c r="AS66" s="301"/>
+      <c r="AT66" s="301"/>
+      <c r="AU66" s="301"/>
+      <c r="AV66" s="301"/>
+      <c r="AW66" s="301"/>
+      <c r="AX66" s="301"/>
+      <c r="AY66" s="301"/>
+      <c r="AZ66" s="301"/>
+      <c r="BA66" s="301"/>
+      <c r="BB66" s="301"/>
+      <c r="BC66" s="301"/>
+      <c r="BD66" s="301"/>
+      <c r="BE66" s="301"/>
+      <c r="BF66" s="301"/>
+      <c r="BG66" s="301"/>
+      <c r="BH66" s="302"/>
     </row>
     <row r="67" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A67" s="68" t="s">
+      <c r="A67" s="178" t="s">
         <v>78</v>
       </c>
-      <c r="B67" s="69"/>
-[...10 lines deleted...]
-      <c r="M67" s="71" t="s">
+      <c r="B67" s="179"/>
+      <c r="C67" s="179"/>
+      <c r="D67" s="179"/>
+      <c r="E67" s="179"/>
+      <c r="F67" s="179"/>
+      <c r="G67" s="179"/>
+      <c r="H67" s="179"/>
+      <c r="I67" s="179"/>
+      <c r="J67" s="179"/>
+      <c r="K67" s="179"/>
+      <c r="L67" s="180"/>
+      <c r="M67" s="150" t="s">
         <v>68</v>
       </c>
-      <c r="N67" s="71"/>
-[...4 lines deleted...]
-      <c r="S67" s="71"/>
+      <c r="N67" s="150"/>
+      <c r="O67" s="150"/>
+      <c r="P67" s="150"/>
+      <c r="Q67" s="150"/>
+      <c r="R67" s="150"/>
+      <c r="S67" s="150"/>
       <c r="T67" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U67" s="267" t="s">
+      <c r="U67" s="291" t="s">
         <v>106</v>
       </c>
-      <c r="V67" s="268"/>
-[...6 lines deleted...]
-      <c r="AC67" s="72" t="s">
+      <c r="V67" s="287"/>
+      <c r="W67" s="287"/>
+      <c r="X67" s="287"/>
+      <c r="Y67" s="287"/>
+      <c r="Z67" s="287"/>
+      <c r="AA67" s="287"/>
+      <c r="AB67" s="303"/>
+      <c r="AC67" s="133" t="s">
         <v>70</v>
       </c>
-      <c r="AD67" s="73"/>
-[...3 lines deleted...]
-      <c r="AH67" s="252" t="s">
+      <c r="AD67" s="183"/>
+      <c r="AE67" s="183"/>
+      <c r="AF67" s="183"/>
+      <c r="AG67" s="134"/>
+      <c r="AH67" s="284" t="s">
         <v>107</v>
       </c>
-      <c r="AI67" s="253"/>
-[...6 lines deleted...]
-      <c r="AP67" s="72" t="s">
+      <c r="AI67" s="285"/>
+      <c r="AJ67" s="285"/>
+      <c r="AK67" s="285"/>
+      <c r="AL67" s="285"/>
+      <c r="AM67" s="285"/>
+      <c r="AN67" s="285"/>
+      <c r="AO67" s="304"/>
+      <c r="AP67" s="133" t="s">
         <v>71</v>
       </c>
-      <c r="AQ67" s="73"/>
-[...3 lines deleted...]
-      <c r="AU67" s="252" t="s">
+      <c r="AQ67" s="183"/>
+      <c r="AR67" s="183"/>
+      <c r="AS67" s="183"/>
+      <c r="AT67" s="134"/>
+      <c r="AU67" s="284" t="s">
         <v>108</v>
       </c>
-      <c r="AV67" s="253"/>
-[...11 lines deleted...]
-      <c r="BH67" s="254"/>
+      <c r="AV67" s="285"/>
+      <c r="AW67" s="285"/>
+      <c r="AX67" s="285"/>
+      <c r="AY67" s="285"/>
+      <c r="AZ67" s="285"/>
+      <c r="BA67" s="285"/>
+      <c r="BB67" s="285"/>
+      <c r="BC67" s="285"/>
+      <c r="BD67" s="285"/>
+      <c r="BE67" s="285"/>
+      <c r="BF67" s="285"/>
+      <c r="BG67" s="285"/>
+      <c r="BH67" s="286"/>
     </row>
     <row r="68" spans="1:60" s="11" customFormat="1" ht="23" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="118"/>
-[...11 lines deleted...]
-      <c r="M68" s="125" t="s">
+      <c r="A68" s="209"/>
+      <c r="B68" s="210"/>
+      <c r="C68" s="210"/>
+      <c r="D68" s="210"/>
+      <c r="E68" s="210"/>
+      <c r="F68" s="210"/>
+      <c r="G68" s="210"/>
+      <c r="H68" s="210"/>
+      <c r="I68" s="210"/>
+      <c r="J68" s="210"/>
+      <c r="K68" s="210"/>
+      <c r="L68" s="211"/>
+      <c r="M68" s="191" t="s">
         <v>72</v>
       </c>
-      <c r="N68" s="125"/>
-[...5 lines deleted...]
-      <c r="T68" s="285" t="s">
+      <c r="N68" s="191"/>
+      <c r="O68" s="191"/>
+      <c r="P68" s="191"/>
+      <c r="Q68" s="191"/>
+      <c r="R68" s="191"/>
+      <c r="S68" s="191"/>
+      <c r="T68" s="297" t="s">
         <v>118</v>
       </c>
-      <c r="U68" s="286"/>
-[...38 lines deleted...]
-      <c r="BH68" s="287"/>
+      <c r="U68" s="298"/>
+      <c r="V68" s="298"/>
+      <c r="W68" s="298"/>
+      <c r="X68" s="298"/>
+      <c r="Y68" s="298"/>
+      <c r="Z68" s="298"/>
+      <c r="AA68" s="298"/>
+      <c r="AB68" s="298"/>
+      <c r="AC68" s="298"/>
+      <c r="AD68" s="298"/>
+      <c r="AE68" s="298"/>
+      <c r="AF68" s="298"/>
+      <c r="AG68" s="298"/>
+      <c r="AH68" s="298"/>
+      <c r="AI68" s="298"/>
+      <c r="AJ68" s="298"/>
+      <c r="AK68" s="298"/>
+      <c r="AL68" s="298"/>
+      <c r="AM68" s="298"/>
+      <c r="AN68" s="298"/>
+      <c r="AO68" s="298"/>
+      <c r="AP68" s="298"/>
+      <c r="AQ68" s="298"/>
+      <c r="AR68" s="298"/>
+      <c r="AS68" s="298"/>
+      <c r="AT68" s="298"/>
+      <c r="AU68" s="298"/>
+      <c r="AV68" s="298"/>
+      <c r="AW68" s="298"/>
+      <c r="AX68" s="298"/>
+      <c r="AY68" s="298"/>
+      <c r="AZ68" s="298"/>
+      <c r="BA68" s="298"/>
+      <c r="BB68" s="298"/>
+      <c r="BC68" s="298"/>
+      <c r="BD68" s="298"/>
+      <c r="BE68" s="298"/>
+      <c r="BF68" s="298"/>
+      <c r="BG68" s="298"/>
+      <c r="BH68" s="299"/>
     </row>
     <row r="69" spans="1:60" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="111" t="s">
+      <c r="A69" s="198" t="s">
         <v>79</v>
       </c>
-      <c r="B69" s="112"/>
-[...1 lines deleted...]
-      <c r="D69" s="129" t="s">
+      <c r="B69" s="199"/>
+      <c r="C69" s="199"/>
+      <c r="D69" s="200" t="s">
         <v>80</v>
       </c>
-      <c r="E69" s="129"/>
-[...54 lines deleted...]
-      <c r="BH69" s="137"/>
+      <c r="E69" s="200"/>
+      <c r="F69" s="200"/>
+      <c r="G69" s="200"/>
+      <c r="H69" s="200"/>
+      <c r="I69" s="200"/>
+      <c r="J69" s="200"/>
+      <c r="K69" s="200"/>
+      <c r="L69" s="200"/>
+      <c r="M69" s="200"/>
+      <c r="N69" s="200"/>
+      <c r="O69" s="200"/>
+      <c r="P69" s="200"/>
+      <c r="Q69" s="200"/>
+      <c r="R69" s="200"/>
+      <c r="S69" s="200"/>
+      <c r="T69" s="200"/>
+      <c r="U69" s="200"/>
+      <c r="V69" s="200"/>
+      <c r="W69" s="200"/>
+      <c r="X69" s="200"/>
+      <c r="Y69" s="200"/>
+      <c r="Z69" s="200"/>
+      <c r="AA69" s="200"/>
+      <c r="AB69" s="200"/>
+      <c r="AC69" s="200"/>
+      <c r="AD69" s="200"/>
+      <c r="AE69" s="200"/>
+      <c r="AF69" s="200"/>
+      <c r="AG69" s="200"/>
+      <c r="AH69" s="200"/>
+      <c r="AI69" s="200"/>
+      <c r="AJ69" s="200"/>
+      <c r="AK69" s="200"/>
+      <c r="AL69" s="200"/>
+      <c r="AM69" s="201"/>
+      <c r="AN69" s="202"/>
+      <c r="AO69" s="203"/>
+      <c r="AP69" s="204"/>
+      <c r="AQ69" s="204"/>
+      <c r="AR69" s="204"/>
+      <c r="AS69" s="204"/>
+      <c r="AT69" s="204"/>
+      <c r="AU69" s="204"/>
+      <c r="AV69" s="204"/>
+      <c r="AW69" s="204"/>
+      <c r="AX69" s="205"/>
+      <c r="AY69" s="206"/>
+      <c r="AZ69" s="207"/>
+      <c r="BA69" s="204"/>
+      <c r="BB69" s="204"/>
+      <c r="BC69" s="204"/>
+      <c r="BD69" s="204"/>
+      <c r="BE69" s="204"/>
+      <c r="BF69" s="204"/>
+      <c r="BG69" s="204"/>
+      <c r="BH69" s="208"/>
     </row>
     <row r="70" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A70" s="115" t="s">
+      <c r="A70" s="116" t="s">
         <v>76</v>
       </c>
-      <c r="B70" s="116"/>
-[...10 lines deleted...]
-      <c r="M70" s="283" t="s">
+      <c r="B70" s="117"/>
+      <c r="C70" s="117"/>
+      <c r="D70" s="117"/>
+      <c r="E70" s="117"/>
+      <c r="F70" s="117"/>
+      <c r="G70" s="117"/>
+      <c r="H70" s="117"/>
+      <c r="I70" s="117"/>
+      <c r="J70" s="117"/>
+      <c r="K70" s="117"/>
+      <c r="L70" s="118"/>
+      <c r="M70" s="275" t="s">
         <v>119</v>
       </c>
-      <c r="N70" s="283"/>
-[...45 lines deleted...]
-      <c r="BH70" s="284"/>
+      <c r="N70" s="275"/>
+      <c r="O70" s="275"/>
+      <c r="P70" s="275"/>
+      <c r="Q70" s="275"/>
+      <c r="R70" s="275"/>
+      <c r="S70" s="275"/>
+      <c r="T70" s="275"/>
+      <c r="U70" s="275"/>
+      <c r="V70" s="275"/>
+      <c r="W70" s="275"/>
+      <c r="X70" s="275"/>
+      <c r="Y70" s="275"/>
+      <c r="Z70" s="275"/>
+      <c r="AA70" s="275"/>
+      <c r="AB70" s="275"/>
+      <c r="AC70" s="275"/>
+      <c r="AD70" s="275"/>
+      <c r="AE70" s="275"/>
+      <c r="AF70" s="275"/>
+      <c r="AG70" s="275"/>
+      <c r="AH70" s="275"/>
+      <c r="AI70" s="275"/>
+      <c r="AJ70" s="275"/>
+      <c r="AK70" s="275"/>
+      <c r="AL70" s="275"/>
+      <c r="AM70" s="275"/>
+      <c r="AN70" s="275"/>
+      <c r="AO70" s="275"/>
+      <c r="AP70" s="275"/>
+      <c r="AQ70" s="275"/>
+      <c r="AR70" s="275"/>
+      <c r="AS70" s="275"/>
+      <c r="AT70" s="275"/>
+      <c r="AU70" s="275"/>
+      <c r="AV70" s="275"/>
+      <c r="AW70" s="275"/>
+      <c r="AX70" s="275"/>
+      <c r="AY70" s="275"/>
+      <c r="AZ70" s="275"/>
+      <c r="BA70" s="275"/>
+      <c r="BB70" s="275"/>
+      <c r="BC70" s="275"/>
+      <c r="BD70" s="275"/>
+      <c r="BE70" s="275"/>
+      <c r="BF70" s="275"/>
+      <c r="BG70" s="275"/>
+      <c r="BH70" s="276"/>
     </row>
     <row r="71" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A71" s="99" t="s">
+      <c r="A71" s="188" t="s">
         <v>77</v>
       </c>
-      <c r="B71" s="100"/>
-[...10 lines deleted...]
-      <c r="M71" s="288" t="s">
+      <c r="B71" s="189"/>
+      <c r="C71" s="189"/>
+      <c r="D71" s="189"/>
+      <c r="E71" s="189"/>
+      <c r="F71" s="189"/>
+      <c r="G71" s="189"/>
+      <c r="H71" s="189"/>
+      <c r="I71" s="189"/>
+      <c r="J71" s="189"/>
+      <c r="K71" s="189"/>
+      <c r="L71" s="190"/>
+      <c r="M71" s="289" t="s">
         <v>120</v>
       </c>
-      <c r="N71" s="288"/>
-[...45 lines deleted...]
-      <c r="BH71" s="289"/>
+      <c r="N71" s="289"/>
+      <c r="O71" s="289"/>
+      <c r="P71" s="289"/>
+      <c r="Q71" s="289"/>
+      <c r="R71" s="289"/>
+      <c r="S71" s="289"/>
+      <c r="T71" s="289"/>
+      <c r="U71" s="289"/>
+      <c r="V71" s="289"/>
+      <c r="W71" s="289"/>
+      <c r="X71" s="289"/>
+      <c r="Y71" s="289"/>
+      <c r="Z71" s="289"/>
+      <c r="AA71" s="289"/>
+      <c r="AB71" s="289"/>
+      <c r="AC71" s="289"/>
+      <c r="AD71" s="289"/>
+      <c r="AE71" s="289"/>
+      <c r="AF71" s="289"/>
+      <c r="AG71" s="289"/>
+      <c r="AH71" s="289"/>
+      <c r="AI71" s="289"/>
+      <c r="AJ71" s="289"/>
+      <c r="AK71" s="289"/>
+      <c r="AL71" s="289"/>
+      <c r="AM71" s="289"/>
+      <c r="AN71" s="289"/>
+      <c r="AO71" s="289"/>
+      <c r="AP71" s="289"/>
+      <c r="AQ71" s="289"/>
+      <c r="AR71" s="289"/>
+      <c r="AS71" s="289"/>
+      <c r="AT71" s="289"/>
+      <c r="AU71" s="289"/>
+      <c r="AV71" s="289"/>
+      <c r="AW71" s="289"/>
+      <c r="AX71" s="289"/>
+      <c r="AY71" s="289"/>
+      <c r="AZ71" s="289"/>
+      <c r="BA71" s="289"/>
+      <c r="BB71" s="289"/>
+      <c r="BC71" s="289"/>
+      <c r="BD71" s="289"/>
+      <c r="BE71" s="289"/>
+      <c r="BF71" s="289"/>
+      <c r="BG71" s="289"/>
+      <c r="BH71" s="290"/>
     </row>
     <row r="72" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A72" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B72" s="34"/>
       <c r="C72" s="34"/>
       <c r="D72" s="34"/>
       <c r="E72" s="34"/>
       <c r="F72" s="34"/>
       <c r="G72" s="34"/>
       <c r="H72" s="34"/>
       <c r="I72" s="34"/>
       <c r="J72" s="34"/>
       <c r="K72" s="34"/>
       <c r="L72" s="35"/>
-      <c r="M72" s="102" t="s">
+      <c r="M72" s="145" t="s">
         <v>57</v>
       </c>
-      <c r="N72" s="103"/>
-      <c r="O72" s="290" t="s">
+      <c r="N72" s="146"/>
+      <c r="O72" s="280" t="s">
         <v>121</v>
       </c>
-      <c r="P72" s="291"/>
-[...6 lines deleted...]
-      <c r="W72" s="72" t="s">
+      <c r="P72" s="281"/>
+      <c r="Q72" s="281"/>
+      <c r="R72" s="281"/>
+      <c r="S72" s="281"/>
+      <c r="T72" s="281"/>
+      <c r="U72" s="281"/>
+      <c r="V72" s="282"/>
+      <c r="W72" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="X72" s="74"/>
-      <c r="Y72" s="293" t="s">
+      <c r="X72" s="134"/>
+      <c r="Y72" s="292" t="s">
         <v>122</v>
       </c>
-      <c r="Z72" s="291"/>
-[...6 lines deleted...]
-      <c r="AG72" s="107" t="s">
+      <c r="Z72" s="281"/>
+      <c r="AA72" s="281"/>
+      <c r="AB72" s="281"/>
+      <c r="AC72" s="281"/>
+      <c r="AD72" s="281"/>
+      <c r="AE72" s="281"/>
+      <c r="AF72" s="293"/>
+      <c r="AG72" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH72" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ72" s="72" t="s">
+      <c r="AH72" s="150"/>
+      <c r="AI72" s="150"/>
+      <c r="AJ72" s="150"/>
+      <c r="AK72" s="150"/>
+      <c r="AL72" s="150"/>
+      <c r="AM72" s="150"/>
+      <c r="AN72" s="150"/>
+      <c r="AO72" s="150"/>
+      <c r="AP72" s="151"/>
+      <c r="AQ72" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR72" s="74"/>
-      <c r="AS72" s="290" t="s">
+      <c r="AR72" s="134"/>
+      <c r="AS72" s="280" t="s">
         <v>123</v>
       </c>
-      <c r="AT72" s="291"/>
-[...5 lines deleted...]
-      <c r="AZ72" s="72" t="s">
+      <c r="AT72" s="281"/>
+      <c r="AU72" s="281"/>
+      <c r="AV72" s="281"/>
+      <c r="AW72" s="281"/>
+      <c r="AX72" s="281"/>
+      <c r="AY72" s="282"/>
+      <c r="AZ72" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA72" s="74"/>
-      <c r="BB72" s="290" t="s">
+      <c r="BA72" s="134"/>
+      <c r="BB72" s="280" t="s">
         <v>123</v>
       </c>
-      <c r="BC72" s="291"/>
-[...4 lines deleted...]
-      <c r="BH72" s="295"/>
+      <c r="BC72" s="281"/>
+      <c r="BD72" s="281"/>
+      <c r="BE72" s="281"/>
+      <c r="BF72" s="281"/>
+      <c r="BG72" s="281"/>
+      <c r="BH72" s="283"/>
     </row>
     <row r="73" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A73" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B73" s="34"/>
       <c r="C73" s="34"/>
       <c r="D73" s="34"/>
       <c r="E73" s="34"/>
       <c r="F73" s="34"/>
       <c r="G73" s="34"/>
       <c r="H73" s="34"/>
       <c r="I73" s="34"/>
       <c r="J73" s="34"/>
       <c r="K73" s="34"/>
       <c r="L73" s="35"/>
-      <c r="M73" s="268" t="s">
+      <c r="M73" s="287" t="s">
         <v>124</v>
       </c>
-      <c r="N73" s="268"/>
-[...45 lines deleted...]
-      <c r="BH73" s="274"/>
+      <c r="N73" s="287"/>
+      <c r="O73" s="287"/>
+      <c r="P73" s="287"/>
+      <c r="Q73" s="287"/>
+      <c r="R73" s="287"/>
+      <c r="S73" s="287"/>
+      <c r="T73" s="287"/>
+      <c r="U73" s="287"/>
+      <c r="V73" s="287"/>
+      <c r="W73" s="287"/>
+      <c r="X73" s="287"/>
+      <c r="Y73" s="287"/>
+      <c r="Z73" s="287"/>
+      <c r="AA73" s="287"/>
+      <c r="AB73" s="287"/>
+      <c r="AC73" s="287"/>
+      <c r="AD73" s="287"/>
+      <c r="AE73" s="287"/>
+      <c r="AF73" s="287"/>
+      <c r="AG73" s="287"/>
+      <c r="AH73" s="287"/>
+      <c r="AI73" s="287"/>
+      <c r="AJ73" s="287"/>
+      <c r="AK73" s="287"/>
+      <c r="AL73" s="287"/>
+      <c r="AM73" s="287"/>
+      <c r="AN73" s="287"/>
+      <c r="AO73" s="287"/>
+      <c r="AP73" s="287"/>
+      <c r="AQ73" s="287"/>
+      <c r="AR73" s="287"/>
+      <c r="AS73" s="287"/>
+      <c r="AT73" s="287"/>
+      <c r="AU73" s="287"/>
+      <c r="AV73" s="287"/>
+      <c r="AW73" s="287"/>
+      <c r="AX73" s="287"/>
+      <c r="AY73" s="287"/>
+      <c r="AZ73" s="287"/>
+      <c r="BA73" s="287"/>
+      <c r="BB73" s="287"/>
+      <c r="BC73" s="287"/>
+      <c r="BD73" s="287"/>
+      <c r="BE73" s="287"/>
+      <c r="BF73" s="287"/>
+      <c r="BG73" s="287"/>
+      <c r="BH73" s="288"/>
     </row>
     <row r="74" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A74" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B74" s="34"/>
       <c r="C74" s="34"/>
       <c r="D74" s="34"/>
       <c r="E74" s="34"/>
       <c r="F74" s="34"/>
       <c r="G74" s="34"/>
       <c r="H74" s="34"/>
       <c r="I74" s="34"/>
       <c r="J74" s="34"/>
       <c r="K74" s="34"/>
       <c r="L74" s="35"/>
-      <c r="M74" s="268" t="s">
+      <c r="M74" s="287" t="s">
         <v>125</v>
       </c>
-      <c r="N74" s="268"/>
-[...45 lines deleted...]
-      <c r="BH74" s="274"/>
+      <c r="N74" s="287"/>
+      <c r="O74" s="287"/>
+      <c r="P74" s="287"/>
+      <c r="Q74" s="287"/>
+      <c r="R74" s="287"/>
+      <c r="S74" s="287"/>
+      <c r="T74" s="287"/>
+      <c r="U74" s="287"/>
+      <c r="V74" s="287"/>
+      <c r="W74" s="287"/>
+      <c r="X74" s="287"/>
+      <c r="Y74" s="287"/>
+      <c r="Z74" s="287"/>
+      <c r="AA74" s="287"/>
+      <c r="AB74" s="287"/>
+      <c r="AC74" s="287"/>
+      <c r="AD74" s="287"/>
+      <c r="AE74" s="287"/>
+      <c r="AF74" s="287"/>
+      <c r="AG74" s="287"/>
+      <c r="AH74" s="287"/>
+      <c r="AI74" s="287"/>
+      <c r="AJ74" s="287"/>
+      <c r="AK74" s="287"/>
+      <c r="AL74" s="287"/>
+      <c r="AM74" s="287"/>
+      <c r="AN74" s="287"/>
+      <c r="AO74" s="287"/>
+      <c r="AP74" s="287"/>
+      <c r="AQ74" s="287"/>
+      <c r="AR74" s="287"/>
+      <c r="AS74" s="287"/>
+      <c r="AT74" s="287"/>
+      <c r="AU74" s="287"/>
+      <c r="AV74" s="287"/>
+      <c r="AW74" s="287"/>
+      <c r="AX74" s="287"/>
+      <c r="AY74" s="287"/>
+      <c r="AZ74" s="287"/>
+      <c r="BA74" s="287"/>
+      <c r="BB74" s="287"/>
+      <c r="BC74" s="287"/>
+      <c r="BD74" s="287"/>
+      <c r="BE74" s="287"/>
+      <c r="BF74" s="287"/>
+      <c r="BG74" s="287"/>
+      <c r="BH74" s="288"/>
     </row>
     <row r="75" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A75" s="90" t="s">
+      <c r="A75" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B75" s="91"/>
-[...10 lines deleted...]
-      <c r="M75" s="268" t="s">
+      <c r="B75" s="170"/>
+      <c r="C75" s="170"/>
+      <c r="D75" s="170"/>
+      <c r="E75" s="170"/>
+      <c r="F75" s="170"/>
+      <c r="G75" s="170"/>
+      <c r="H75" s="170"/>
+      <c r="I75" s="170"/>
+      <c r="J75" s="170"/>
+      <c r="K75" s="170"/>
+      <c r="L75" s="171"/>
+      <c r="M75" s="287" t="s">
         <v>105</v>
       </c>
-      <c r="N75" s="268"/>
-[...18 lines deleted...]
-      <c r="AG75" s="93" t="s">
+      <c r="N75" s="287"/>
+      <c r="O75" s="287"/>
+      <c r="P75" s="287"/>
+      <c r="Q75" s="287"/>
+      <c r="R75" s="287"/>
+      <c r="S75" s="287"/>
+      <c r="T75" s="287"/>
+      <c r="U75" s="287"/>
+      <c r="V75" s="287"/>
+      <c r="W75" s="287"/>
+      <c r="X75" s="287"/>
+      <c r="Y75" s="287"/>
+      <c r="Z75" s="287"/>
+      <c r="AA75" s="287"/>
+      <c r="AB75" s="287"/>
+      <c r="AC75" s="287"/>
+      <c r="AD75" s="287"/>
+      <c r="AE75" s="287"/>
+      <c r="AF75" s="287"/>
+      <c r="AG75" s="172" t="s">
         <v>66</v>
       </c>
-      <c r="AH75" s="94"/>
-[...6 lines deleted...]
-      <c r="AO75" s="278" t="s">
+      <c r="AH75" s="173"/>
+      <c r="AI75" s="173"/>
+      <c r="AJ75" s="173"/>
+      <c r="AK75" s="173"/>
+      <c r="AL75" s="173"/>
+      <c r="AM75" s="173"/>
+      <c r="AN75" s="174"/>
+      <c r="AO75" s="300" t="s">
         <v>105</v>
       </c>
-      <c r="AP75" s="279"/>
-[...17 lines deleted...]
-      <c r="BH75" s="280"/>
+      <c r="AP75" s="301"/>
+      <c r="AQ75" s="301"/>
+      <c r="AR75" s="301"/>
+      <c r="AS75" s="301"/>
+      <c r="AT75" s="301"/>
+      <c r="AU75" s="301"/>
+      <c r="AV75" s="301"/>
+      <c r="AW75" s="301"/>
+      <c r="AX75" s="301"/>
+      <c r="AY75" s="301"/>
+      <c r="AZ75" s="301"/>
+      <c r="BA75" s="301"/>
+      <c r="BB75" s="301"/>
+      <c r="BC75" s="301"/>
+      <c r="BD75" s="301"/>
+      <c r="BE75" s="301"/>
+      <c r="BF75" s="301"/>
+      <c r="BG75" s="301"/>
+      <c r="BH75" s="302"/>
     </row>
     <row r="76" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A76" s="68" t="s">
+      <c r="A76" s="178" t="s">
         <v>78</v>
       </c>
-      <c r="B76" s="69"/>
-[...10 lines deleted...]
-      <c r="M76" s="71" t="s">
+      <c r="B76" s="179"/>
+      <c r="C76" s="179"/>
+      <c r="D76" s="179"/>
+      <c r="E76" s="179"/>
+      <c r="F76" s="179"/>
+      <c r="G76" s="179"/>
+      <c r="H76" s="179"/>
+      <c r="I76" s="179"/>
+      <c r="J76" s="179"/>
+      <c r="K76" s="179"/>
+      <c r="L76" s="180"/>
+      <c r="M76" s="150" t="s">
         <v>68</v>
       </c>
-      <c r="N76" s="71"/>
-[...4 lines deleted...]
-      <c r="S76" s="71"/>
+      <c r="N76" s="150"/>
+      <c r="O76" s="150"/>
+      <c r="P76" s="150"/>
+      <c r="Q76" s="150"/>
+      <c r="R76" s="150"/>
+      <c r="S76" s="150"/>
       <c r="T76" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U76" s="267" t="s">
+      <c r="U76" s="291" t="s">
         <v>106</v>
       </c>
-      <c r="V76" s="268"/>
-[...6 lines deleted...]
-      <c r="AC76" s="72" t="s">
+      <c r="V76" s="287"/>
+      <c r="W76" s="287"/>
+      <c r="X76" s="287"/>
+      <c r="Y76" s="287"/>
+      <c r="Z76" s="287"/>
+      <c r="AA76" s="287"/>
+      <c r="AB76" s="303"/>
+      <c r="AC76" s="133" t="s">
         <v>70</v>
       </c>
-      <c r="AD76" s="73"/>
-[...3 lines deleted...]
-      <c r="AH76" s="252" t="s">
+      <c r="AD76" s="183"/>
+      <c r="AE76" s="183"/>
+      <c r="AF76" s="183"/>
+      <c r="AG76" s="134"/>
+      <c r="AH76" s="284" t="s">
         <v>107</v>
       </c>
-      <c r="AI76" s="253"/>
-[...6 lines deleted...]
-      <c r="AP76" s="72" t="s">
+      <c r="AI76" s="285"/>
+      <c r="AJ76" s="285"/>
+      <c r="AK76" s="285"/>
+      <c r="AL76" s="285"/>
+      <c r="AM76" s="285"/>
+      <c r="AN76" s="285"/>
+      <c r="AO76" s="304"/>
+      <c r="AP76" s="133" t="s">
         <v>71</v>
       </c>
-      <c r="AQ76" s="73"/>
-[...3 lines deleted...]
-      <c r="AU76" s="252" t="s">
+      <c r="AQ76" s="183"/>
+      <c r="AR76" s="183"/>
+      <c r="AS76" s="183"/>
+      <c r="AT76" s="134"/>
+      <c r="AU76" s="284" t="s">
         <v>126</v>
       </c>
-      <c r="AV76" s="253"/>
-[...11 lines deleted...]
-      <c r="BH76" s="254"/>
+      <c r="AV76" s="285"/>
+      <c r="AW76" s="285"/>
+      <c r="AX76" s="285"/>
+      <c r="AY76" s="285"/>
+      <c r="AZ76" s="285"/>
+      <c r="BA76" s="285"/>
+      <c r="BB76" s="285"/>
+      <c r="BC76" s="285"/>
+      <c r="BD76" s="285"/>
+      <c r="BE76" s="285"/>
+      <c r="BF76" s="285"/>
+      <c r="BG76" s="285"/>
+      <c r="BH76" s="286"/>
     </row>
     <row r="77" spans="1:60" s="11" customFormat="1" ht="23" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="118"/>
-[...11 lines deleted...]
-      <c r="M77" s="125" t="s">
+      <c r="A77" s="209"/>
+      <c r="B77" s="210"/>
+      <c r="C77" s="210"/>
+      <c r="D77" s="210"/>
+      <c r="E77" s="210"/>
+      <c r="F77" s="210"/>
+      <c r="G77" s="210"/>
+      <c r="H77" s="210"/>
+      <c r="I77" s="210"/>
+      <c r="J77" s="210"/>
+      <c r="K77" s="210"/>
+      <c r="L77" s="211"/>
+      <c r="M77" s="191" t="s">
         <v>72</v>
       </c>
-      <c r="N77" s="125"/>
-[...5 lines deleted...]
-      <c r="T77" s="285" t="s">
+      <c r="N77" s="191"/>
+      <c r="O77" s="191"/>
+      <c r="P77" s="191"/>
+      <c r="Q77" s="191"/>
+      <c r="R77" s="191"/>
+      <c r="S77" s="191"/>
+      <c r="T77" s="297" t="s">
         <v>127</v>
       </c>
-      <c r="U77" s="286"/>
-[...38 lines deleted...]
-      <c r="BH77" s="287"/>
+      <c r="U77" s="298"/>
+      <c r="V77" s="298"/>
+      <c r="W77" s="298"/>
+      <c r="X77" s="298"/>
+      <c r="Y77" s="298"/>
+      <c r="Z77" s="298"/>
+      <c r="AA77" s="298"/>
+      <c r="AB77" s="298"/>
+      <c r="AC77" s="298"/>
+      <c r="AD77" s="298"/>
+      <c r="AE77" s="298"/>
+      <c r="AF77" s="298"/>
+      <c r="AG77" s="298"/>
+      <c r="AH77" s="298"/>
+      <c r="AI77" s="298"/>
+      <c r="AJ77" s="298"/>
+      <c r="AK77" s="298"/>
+      <c r="AL77" s="298"/>
+      <c r="AM77" s="298"/>
+      <c r="AN77" s="298"/>
+      <c r="AO77" s="298"/>
+      <c r="AP77" s="298"/>
+      <c r="AQ77" s="298"/>
+      <c r="AR77" s="298"/>
+      <c r="AS77" s="298"/>
+      <c r="AT77" s="298"/>
+      <c r="AU77" s="298"/>
+      <c r="AV77" s="298"/>
+      <c r="AW77" s="298"/>
+      <c r="AX77" s="298"/>
+      <c r="AY77" s="298"/>
+      <c r="AZ77" s="298"/>
+      <c r="BA77" s="298"/>
+      <c r="BB77" s="298"/>
+      <c r="BC77" s="298"/>
+      <c r="BD77" s="298"/>
+      <c r="BE77" s="298"/>
+      <c r="BF77" s="298"/>
+      <c r="BG77" s="298"/>
+      <c r="BH77" s="299"/>
     </row>
     <row r="78" spans="1:60" ht="25.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="111" t="s">
+      <c r="A78" s="198" t="s">
         <v>81</v>
       </c>
-      <c r="B78" s="112"/>
-[...1 lines deleted...]
-      <c r="D78" s="113" t="s">
+      <c r="B78" s="199"/>
+      <c r="C78" s="199"/>
+      <c r="D78" s="215" t="s">
         <v>82</v>
       </c>
-      <c r="E78" s="113"/>
-[...54 lines deleted...]
-      <c r="BH78" s="114"/>
+      <c r="E78" s="215"/>
+      <c r="F78" s="215"/>
+      <c r="G78" s="215"/>
+      <c r="H78" s="215"/>
+      <c r="I78" s="215"/>
+      <c r="J78" s="215"/>
+      <c r="K78" s="215"/>
+      <c r="L78" s="215"/>
+      <c r="M78" s="215"/>
+      <c r="N78" s="215"/>
+      <c r="O78" s="215"/>
+      <c r="P78" s="215"/>
+      <c r="Q78" s="215"/>
+      <c r="R78" s="215"/>
+      <c r="S78" s="215"/>
+      <c r="T78" s="215"/>
+      <c r="U78" s="215"/>
+      <c r="V78" s="215"/>
+      <c r="W78" s="215"/>
+      <c r="X78" s="215"/>
+      <c r="Y78" s="215"/>
+      <c r="Z78" s="215"/>
+      <c r="AA78" s="215"/>
+      <c r="AB78" s="215"/>
+      <c r="AC78" s="215"/>
+      <c r="AD78" s="215"/>
+      <c r="AE78" s="215"/>
+      <c r="AF78" s="215"/>
+      <c r="AG78" s="215"/>
+      <c r="AH78" s="215"/>
+      <c r="AI78" s="215"/>
+      <c r="AJ78" s="215"/>
+      <c r="AK78" s="215"/>
+      <c r="AL78" s="215"/>
+      <c r="AM78" s="215"/>
+      <c r="AN78" s="215"/>
+      <c r="AO78" s="215"/>
+      <c r="AP78" s="215"/>
+      <c r="AQ78" s="215"/>
+      <c r="AR78" s="215"/>
+      <c r="AS78" s="215"/>
+      <c r="AT78" s="215"/>
+      <c r="AU78" s="215"/>
+      <c r="AV78" s="215"/>
+      <c r="AW78" s="215"/>
+      <c r="AX78" s="215"/>
+      <c r="AY78" s="215"/>
+      <c r="AZ78" s="215"/>
+      <c r="BA78" s="215"/>
+      <c r="BB78" s="215"/>
+      <c r="BC78" s="215"/>
+      <c r="BD78" s="215"/>
+      <c r="BE78" s="215"/>
+      <c r="BF78" s="215"/>
+      <c r="BG78" s="215"/>
+      <c r="BH78" s="216"/>
     </row>
     <row r="79" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A79" s="115" t="s">
+      <c r="A79" s="116" t="s">
         <v>76</v>
       </c>
-      <c r="B79" s="116"/>
-[...10 lines deleted...]
-      <c r="M79" s="282" t="s">
+      <c r="B79" s="117"/>
+      <c r="C79" s="117"/>
+      <c r="D79" s="117"/>
+      <c r="E79" s="117"/>
+      <c r="F79" s="117"/>
+      <c r="G79" s="117"/>
+      <c r="H79" s="117"/>
+      <c r="I79" s="117"/>
+      <c r="J79" s="117"/>
+      <c r="K79" s="117"/>
+      <c r="L79" s="118"/>
+      <c r="M79" s="306" t="s">
         <v>128</v>
       </c>
-      <c r="N79" s="283"/>
-[...45 lines deleted...]
-      <c r="BH79" s="284"/>
+      <c r="N79" s="275"/>
+      <c r="O79" s="275"/>
+      <c r="P79" s="275"/>
+      <c r="Q79" s="275"/>
+      <c r="R79" s="275"/>
+      <c r="S79" s="275"/>
+      <c r="T79" s="275"/>
+      <c r="U79" s="275"/>
+      <c r="V79" s="275"/>
+      <c r="W79" s="275"/>
+      <c r="X79" s="275"/>
+      <c r="Y79" s="275"/>
+      <c r="Z79" s="275"/>
+      <c r="AA79" s="275"/>
+      <c r="AB79" s="275"/>
+      <c r="AC79" s="275"/>
+      <c r="AD79" s="275"/>
+      <c r="AE79" s="275"/>
+      <c r="AF79" s="275"/>
+      <c r="AG79" s="275"/>
+      <c r="AH79" s="275"/>
+      <c r="AI79" s="275"/>
+      <c r="AJ79" s="275"/>
+      <c r="AK79" s="275"/>
+      <c r="AL79" s="275"/>
+      <c r="AM79" s="275"/>
+      <c r="AN79" s="275"/>
+      <c r="AO79" s="275"/>
+      <c r="AP79" s="275"/>
+      <c r="AQ79" s="275"/>
+      <c r="AR79" s="275"/>
+      <c r="AS79" s="275"/>
+      <c r="AT79" s="275"/>
+      <c r="AU79" s="275"/>
+      <c r="AV79" s="275"/>
+      <c r="AW79" s="275"/>
+      <c r="AX79" s="275"/>
+      <c r="AY79" s="275"/>
+      <c r="AZ79" s="275"/>
+      <c r="BA79" s="275"/>
+      <c r="BB79" s="275"/>
+      <c r="BC79" s="275"/>
+      <c r="BD79" s="275"/>
+      <c r="BE79" s="275"/>
+      <c r="BF79" s="275"/>
+      <c r="BG79" s="275"/>
+      <c r="BH79" s="276"/>
     </row>
     <row r="80" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A80" s="99" t="s">
+      <c r="A80" s="188" t="s">
         <v>77</v>
       </c>
-      <c r="B80" s="100"/>
-[...10 lines deleted...]
-      <c r="M80" s="267" t="s">
+      <c r="B80" s="189"/>
+      <c r="C80" s="189"/>
+      <c r="D80" s="189"/>
+      <c r="E80" s="189"/>
+      <c r="F80" s="189"/>
+      <c r="G80" s="189"/>
+      <c r="H80" s="189"/>
+      <c r="I80" s="189"/>
+      <c r="J80" s="189"/>
+      <c r="K80" s="189"/>
+      <c r="L80" s="190"/>
+      <c r="M80" s="291" t="s">
         <v>112</v>
       </c>
-      <c r="N80" s="268"/>
-[...45 lines deleted...]
-      <c r="BH80" s="274"/>
+      <c r="N80" s="287"/>
+      <c r="O80" s="287"/>
+      <c r="P80" s="287"/>
+      <c r="Q80" s="287"/>
+      <c r="R80" s="287"/>
+      <c r="S80" s="287"/>
+      <c r="T80" s="287"/>
+      <c r="U80" s="287"/>
+      <c r="V80" s="287"/>
+      <c r="W80" s="287"/>
+      <c r="X80" s="287"/>
+      <c r="Y80" s="287"/>
+      <c r="Z80" s="287"/>
+      <c r="AA80" s="287"/>
+      <c r="AB80" s="287"/>
+      <c r="AC80" s="287"/>
+      <c r="AD80" s="287"/>
+      <c r="AE80" s="287"/>
+      <c r="AF80" s="287"/>
+      <c r="AG80" s="287"/>
+      <c r="AH80" s="287"/>
+      <c r="AI80" s="287"/>
+      <c r="AJ80" s="287"/>
+      <c r="AK80" s="287"/>
+      <c r="AL80" s="287"/>
+      <c r="AM80" s="287"/>
+      <c r="AN80" s="287"/>
+      <c r="AO80" s="287"/>
+      <c r="AP80" s="287"/>
+      <c r="AQ80" s="287"/>
+      <c r="AR80" s="287"/>
+      <c r="AS80" s="287"/>
+      <c r="AT80" s="287"/>
+      <c r="AU80" s="287"/>
+      <c r="AV80" s="287"/>
+      <c r="AW80" s="287"/>
+      <c r="AX80" s="287"/>
+      <c r="AY80" s="287"/>
+      <c r="AZ80" s="287"/>
+      <c r="BA80" s="287"/>
+      <c r="BB80" s="287"/>
+      <c r="BC80" s="287"/>
+      <c r="BD80" s="287"/>
+      <c r="BE80" s="287"/>
+      <c r="BF80" s="287"/>
+      <c r="BG80" s="287"/>
+      <c r="BH80" s="288"/>
     </row>
     <row r="81" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A81" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B81" s="34"/>
       <c r="C81" s="34"/>
       <c r="D81" s="34"/>
       <c r="E81" s="34"/>
       <c r="F81" s="34"/>
       <c r="G81" s="34"/>
       <c r="H81" s="34"/>
       <c r="I81" s="34"/>
       <c r="J81" s="34"/>
       <c r="K81" s="34"/>
       <c r="L81" s="35"/>
-      <c r="M81" s="107" t="s">
+      <c r="M81" s="149" t="s">
         <v>57</v>
       </c>
-      <c r="N81" s="108"/>
-      <c r="O81" s="271" t="s">
+      <c r="N81" s="151"/>
+      <c r="O81" s="307" t="s">
         <v>129</v>
       </c>
-      <c r="P81" s="272"/>
-[...6 lines deleted...]
-      <c r="W81" s="107" t="s">
+      <c r="P81" s="308"/>
+      <c r="Q81" s="308"/>
+      <c r="R81" s="308"/>
+      <c r="S81" s="308"/>
+      <c r="T81" s="308"/>
+      <c r="U81" s="308"/>
+      <c r="V81" s="313"/>
+      <c r="W81" s="149" t="s">
         <v>58</v>
       </c>
-      <c r="X81" s="108"/>
-      <c r="Y81" s="271" t="s">
+      <c r="X81" s="151"/>
+      <c r="Y81" s="307" t="s">
         <v>130</v>
       </c>
-      <c r="Z81" s="272"/>
-[...6 lines deleted...]
-      <c r="AG81" s="107" t="s">
+      <c r="Z81" s="308"/>
+      <c r="AA81" s="308"/>
+      <c r="AB81" s="308"/>
+      <c r="AC81" s="308"/>
+      <c r="AD81" s="308"/>
+      <c r="AE81" s="308"/>
+      <c r="AF81" s="313"/>
+      <c r="AG81" s="149" t="s">
         <v>59</v>
       </c>
-      <c r="AH81" s="71"/>
-[...8 lines deleted...]
-      <c r="AQ81" s="72" t="s">
+      <c r="AH81" s="150"/>
+      <c r="AI81" s="150"/>
+      <c r="AJ81" s="150"/>
+      <c r="AK81" s="150"/>
+      <c r="AL81" s="150"/>
+      <c r="AM81" s="150"/>
+      <c r="AN81" s="150"/>
+      <c r="AO81" s="150"/>
+      <c r="AP81" s="151"/>
+      <c r="AQ81" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="AR81" s="74"/>
-      <c r="AS81" s="271" t="s">
+      <c r="AR81" s="134"/>
+      <c r="AS81" s="307" t="s">
         <v>115</v>
       </c>
-      <c r="AT81" s="272"/>
-[...5 lines deleted...]
-      <c r="AZ81" s="72" t="s">
+      <c r="AT81" s="308"/>
+      <c r="AU81" s="308"/>
+      <c r="AV81" s="308"/>
+      <c r="AW81" s="308"/>
+      <c r="AX81" s="308"/>
+      <c r="AY81" s="313"/>
+      <c r="AZ81" s="133" t="s">
         <v>61</v>
       </c>
-      <c r="BA81" s="74"/>
-      <c r="BB81" s="271" t="s">
+      <c r="BA81" s="134"/>
+      <c r="BB81" s="307" t="s">
         <v>115</v>
       </c>
-      <c r="BC81" s="272"/>
-[...4 lines deleted...]
-      <c r="BH81" s="273"/>
+      <c r="BC81" s="308"/>
+      <c r="BD81" s="308"/>
+      <c r="BE81" s="308"/>
+      <c r="BF81" s="308"/>
+      <c r="BG81" s="308"/>
+      <c r="BH81" s="309"/>
     </row>
     <row r="82" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A82" s="33" t="s">
         <v>63</v>
       </c>
       <c r="B82" s="34"/>
       <c r="C82" s="34"/>
       <c r="D82" s="34"/>
       <c r="E82" s="34"/>
       <c r="F82" s="34"/>
       <c r="G82" s="34"/>
       <c r="H82" s="34"/>
       <c r="I82" s="34"/>
       <c r="J82" s="34"/>
       <c r="K82" s="34"/>
       <c r="L82" s="35"/>
-      <c r="M82" s="267" t="s">
+      <c r="M82" s="291" t="s">
         <v>131</v>
       </c>
-      <c r="N82" s="268"/>
-[...45 lines deleted...]
-      <c r="BH82" s="274"/>
+      <c r="N82" s="287"/>
+      <c r="O82" s="287"/>
+      <c r="P82" s="287"/>
+      <c r="Q82" s="287"/>
+      <c r="R82" s="287"/>
+      <c r="S82" s="287"/>
+      <c r="T82" s="287"/>
+      <c r="U82" s="287"/>
+      <c r="V82" s="287"/>
+      <c r="W82" s="287"/>
+      <c r="X82" s="287"/>
+      <c r="Y82" s="287"/>
+      <c r="Z82" s="287"/>
+      <c r="AA82" s="287"/>
+      <c r="AB82" s="287"/>
+      <c r="AC82" s="287"/>
+      <c r="AD82" s="287"/>
+      <c r="AE82" s="287"/>
+      <c r="AF82" s="287"/>
+      <c r="AG82" s="287"/>
+      <c r="AH82" s="287"/>
+      <c r="AI82" s="287"/>
+      <c r="AJ82" s="287"/>
+      <c r="AK82" s="287"/>
+      <c r="AL82" s="287"/>
+      <c r="AM82" s="287"/>
+      <c r="AN82" s="287"/>
+      <c r="AO82" s="287"/>
+      <c r="AP82" s="287"/>
+      <c r="AQ82" s="287"/>
+      <c r="AR82" s="287"/>
+      <c r="AS82" s="287"/>
+      <c r="AT82" s="287"/>
+      <c r="AU82" s="287"/>
+      <c r="AV82" s="287"/>
+      <c r="AW82" s="287"/>
+      <c r="AX82" s="287"/>
+      <c r="AY82" s="287"/>
+      <c r="AZ82" s="287"/>
+      <c r="BA82" s="287"/>
+      <c r="BB82" s="287"/>
+      <c r="BC82" s="287"/>
+      <c r="BD82" s="287"/>
+      <c r="BE82" s="287"/>
+      <c r="BF82" s="287"/>
+      <c r="BG82" s="287"/>
+      <c r="BH82" s="288"/>
     </row>
     <row r="83" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A83" s="33" t="s">
         <v>64</v>
       </c>
       <c r="B83" s="34"/>
       <c r="C83" s="34"/>
       <c r="D83" s="34"/>
       <c r="E83" s="34"/>
       <c r="F83" s="34"/>
       <c r="G83" s="34"/>
       <c r="H83" s="34"/>
       <c r="I83" s="34"/>
       <c r="J83" s="34"/>
       <c r="K83" s="34"/>
       <c r="L83" s="35"/>
-      <c r="M83" s="267" t="s">
+      <c r="M83" s="291" t="s">
         <v>132</v>
       </c>
-      <c r="N83" s="268"/>
-[...45 lines deleted...]
-      <c r="BH83" s="274"/>
+      <c r="N83" s="287"/>
+      <c r="O83" s="287"/>
+      <c r="P83" s="287"/>
+      <c r="Q83" s="287"/>
+      <c r="R83" s="287"/>
+      <c r="S83" s="287"/>
+      <c r="T83" s="287"/>
+      <c r="U83" s="287"/>
+      <c r="V83" s="287"/>
+      <c r="W83" s="287"/>
+      <c r="X83" s="287"/>
+      <c r="Y83" s="287"/>
+      <c r="Z83" s="287"/>
+      <c r="AA83" s="287"/>
+      <c r="AB83" s="287"/>
+      <c r="AC83" s="287"/>
+      <c r="AD83" s="287"/>
+      <c r="AE83" s="287"/>
+      <c r="AF83" s="287"/>
+      <c r="AG83" s="287"/>
+      <c r="AH83" s="287"/>
+      <c r="AI83" s="287"/>
+      <c r="AJ83" s="287"/>
+      <c r="AK83" s="287"/>
+      <c r="AL83" s="287"/>
+      <c r="AM83" s="287"/>
+      <c r="AN83" s="287"/>
+      <c r="AO83" s="287"/>
+      <c r="AP83" s="287"/>
+      <c r="AQ83" s="287"/>
+      <c r="AR83" s="287"/>
+      <c r="AS83" s="287"/>
+      <c r="AT83" s="287"/>
+      <c r="AU83" s="287"/>
+      <c r="AV83" s="287"/>
+      <c r="AW83" s="287"/>
+      <c r="AX83" s="287"/>
+      <c r="AY83" s="287"/>
+      <c r="AZ83" s="287"/>
+      <c r="BA83" s="287"/>
+      <c r="BB83" s="287"/>
+      <c r="BC83" s="287"/>
+      <c r="BD83" s="287"/>
+      <c r="BE83" s="287"/>
+      <c r="BF83" s="287"/>
+      <c r="BG83" s="287"/>
+      <c r="BH83" s="288"/>
     </row>
     <row r="84" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A84" s="90" t="s">
+      <c r="A84" s="169" t="s">
         <v>65</v>
       </c>
-      <c r="B84" s="91"/>
-[...10 lines deleted...]
-      <c r="M84" s="267" t="s">
+      <c r="B84" s="170"/>
+      <c r="C84" s="170"/>
+      <c r="D84" s="170"/>
+      <c r="E84" s="170"/>
+      <c r="F84" s="170"/>
+      <c r="G84" s="170"/>
+      <c r="H84" s="170"/>
+      <c r="I84" s="170"/>
+      <c r="J84" s="170"/>
+      <c r="K84" s="170"/>
+      <c r="L84" s="171"/>
+      <c r="M84" s="291" t="s">
         <v>105</v>
       </c>
-      <c r="N84" s="268"/>
-[...18 lines deleted...]
-      <c r="AG84" s="275" t="s">
+      <c r="N84" s="287"/>
+      <c r="O84" s="287"/>
+      <c r="P84" s="287"/>
+      <c r="Q84" s="287"/>
+      <c r="R84" s="287"/>
+      <c r="S84" s="287"/>
+      <c r="T84" s="287"/>
+      <c r="U84" s="287"/>
+      <c r="V84" s="287"/>
+      <c r="W84" s="287"/>
+      <c r="X84" s="287"/>
+      <c r="Y84" s="287"/>
+      <c r="Z84" s="287"/>
+      <c r="AA84" s="287"/>
+      <c r="AB84" s="287"/>
+      <c r="AC84" s="287"/>
+      <c r="AD84" s="287"/>
+      <c r="AE84" s="287"/>
+      <c r="AF84" s="303"/>
+      <c r="AG84" s="310" t="s">
         <v>66</v>
       </c>
-      <c r="AH84" s="276"/>
-[...6 lines deleted...]
-      <c r="AO84" s="278" t="s">
+      <c r="AH84" s="311"/>
+      <c r="AI84" s="311"/>
+      <c r="AJ84" s="311"/>
+      <c r="AK84" s="311"/>
+      <c r="AL84" s="311"/>
+      <c r="AM84" s="311"/>
+      <c r="AN84" s="312"/>
+      <c r="AO84" s="300" t="s">
         <v>105</v>
       </c>
-      <c r="AP84" s="279"/>
-[...17 lines deleted...]
-      <c r="BH84" s="280"/>
+      <c r="AP84" s="301"/>
+      <c r="AQ84" s="301"/>
+      <c r="AR84" s="301"/>
+      <c r="AS84" s="301"/>
+      <c r="AT84" s="301"/>
+      <c r="AU84" s="301"/>
+      <c r="AV84" s="301"/>
+      <c r="AW84" s="301"/>
+      <c r="AX84" s="301"/>
+      <c r="AY84" s="301"/>
+      <c r="AZ84" s="301"/>
+      <c r="BA84" s="301"/>
+      <c r="BB84" s="301"/>
+      <c r="BC84" s="301"/>
+      <c r="BD84" s="301"/>
+      <c r="BE84" s="301"/>
+      <c r="BF84" s="301"/>
+      <c r="BG84" s="301"/>
+      <c r="BH84" s="302"/>
     </row>
     <row r="85" spans="1:60" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A85" s="68" t="s">
+      <c r="A85" s="178" t="s">
         <v>78</v>
       </c>
-      <c r="B85" s="69"/>
-[...10 lines deleted...]
-      <c r="M85" s="107" t="s">
+      <c r="B85" s="179"/>
+      <c r="C85" s="179"/>
+      <c r="D85" s="179"/>
+      <c r="E85" s="179"/>
+      <c r="F85" s="179"/>
+      <c r="G85" s="179"/>
+      <c r="H85" s="179"/>
+      <c r="I85" s="179"/>
+      <c r="J85" s="179"/>
+      <c r="K85" s="179"/>
+      <c r="L85" s="180"/>
+      <c r="M85" s="149" t="s">
         <v>68</v>
       </c>
-      <c r="N85" s="71"/>
-[...4 lines deleted...]
-      <c r="S85" s="108"/>
+      <c r="N85" s="150"/>
+      <c r="O85" s="150"/>
+      <c r="P85" s="150"/>
+      <c r="Q85" s="150"/>
+      <c r="R85" s="150"/>
+      <c r="S85" s="151"/>
       <c r="T85" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="U85" s="267" t="s">
+      <c r="U85" s="291" t="s">
         <v>106</v>
       </c>
-      <c r="V85" s="268"/>
-[...6 lines deleted...]
-      <c r="AC85" s="107" t="s">
+      <c r="V85" s="287"/>
+      <c r="W85" s="287"/>
+      <c r="X85" s="287"/>
+      <c r="Y85" s="287"/>
+      <c r="Z85" s="287"/>
+      <c r="AA85" s="287"/>
+      <c r="AB85" s="303"/>
+      <c r="AC85" s="149" t="s">
         <v>70</v>
       </c>
-      <c r="AD85" s="71"/>
-[...3 lines deleted...]
-      <c r="AH85" s="252" t="s">
+      <c r="AD85" s="150"/>
+      <c r="AE85" s="150"/>
+      <c r="AF85" s="150"/>
+      <c r="AG85" s="151"/>
+      <c r="AH85" s="284" t="s">
         <v>107</v>
       </c>
-      <c r="AI85" s="253"/>
-[...6 lines deleted...]
-      <c r="AP85" s="107" t="s">
+      <c r="AI85" s="285"/>
+      <c r="AJ85" s="285"/>
+      <c r="AK85" s="285"/>
+      <c r="AL85" s="285"/>
+      <c r="AM85" s="285"/>
+      <c r="AN85" s="285"/>
+      <c r="AO85" s="304"/>
+      <c r="AP85" s="149" t="s">
         <v>71</v>
       </c>
-      <c r="AQ85" s="71"/>
-[...3 lines deleted...]
-      <c r="AU85" s="252" t="s">
+      <c r="AQ85" s="150"/>
+      <c r="AR85" s="150"/>
+      <c r="AS85" s="150"/>
+      <c r="AT85" s="151"/>
+      <c r="AU85" s="284" t="s">
         <v>126</v>
       </c>
-      <c r="AV85" s="253"/>
-[...11 lines deleted...]
-      <c r="BH85" s="254"/>
+      <c r="AV85" s="285"/>
+      <c r="AW85" s="285"/>
+      <c r="AX85" s="285"/>
+      <c r="AY85" s="285"/>
+      <c r="AZ85" s="285"/>
+      <c r="BA85" s="285"/>
+      <c r="BB85" s="285"/>
+      <c r="BC85" s="285"/>
+      <c r="BD85" s="285"/>
+      <c r="BE85" s="285"/>
+      <c r="BF85" s="285"/>
+      <c r="BG85" s="285"/>
+      <c r="BH85" s="286"/>
     </row>
     <row r="86" spans="1:60" s="11" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A86" s="68"/>
-[...11 lines deleted...]
-      <c r="M86" s="255" t="s">
+      <c r="A86" s="178"/>
+      <c r="B86" s="179"/>
+      <c r="C86" s="179"/>
+      <c r="D86" s="179"/>
+      <c r="E86" s="179"/>
+      <c r="F86" s="179"/>
+      <c r="G86" s="179"/>
+      <c r="H86" s="179"/>
+      <c r="I86" s="179"/>
+      <c r="J86" s="179"/>
+      <c r="K86" s="179"/>
+      <c r="L86" s="180"/>
+      <c r="M86" s="314" t="s">
         <v>72</v>
       </c>
-      <c r="N86" s="256"/>
-[...5 lines deleted...]
-      <c r="T86" s="258" t="s">
+      <c r="N86" s="315"/>
+      <c r="O86" s="315"/>
+      <c r="P86" s="315"/>
+      <c r="Q86" s="315"/>
+      <c r="R86" s="315"/>
+      <c r="S86" s="316"/>
+      <c r="T86" s="294" t="s">
         <v>133</v>
       </c>
-      <c r="U86" s="259"/>
-[...38 lines deleted...]
-      <c r="BH86" s="260"/>
+      <c r="U86" s="295"/>
+      <c r="V86" s="295"/>
+      <c r="W86" s="295"/>
+      <c r="X86" s="295"/>
+      <c r="Y86" s="295"/>
+      <c r="Z86" s="295"/>
+      <c r="AA86" s="295"/>
+      <c r="AB86" s="295"/>
+      <c r="AC86" s="295"/>
+      <c r="AD86" s="295"/>
+      <c r="AE86" s="295"/>
+      <c r="AF86" s="295"/>
+      <c r="AG86" s="295"/>
+      <c r="AH86" s="295"/>
+      <c r="AI86" s="295"/>
+      <c r="AJ86" s="295"/>
+      <c r="AK86" s="295"/>
+      <c r="AL86" s="295"/>
+      <c r="AM86" s="295"/>
+      <c r="AN86" s="295"/>
+      <c r="AO86" s="295"/>
+      <c r="AP86" s="295"/>
+      <c r="AQ86" s="295"/>
+      <c r="AR86" s="295"/>
+      <c r="AS86" s="295"/>
+      <c r="AT86" s="295"/>
+      <c r="AU86" s="295"/>
+      <c r="AV86" s="295"/>
+      <c r="AW86" s="295"/>
+      <c r="AX86" s="295"/>
+      <c r="AY86" s="295"/>
+      <c r="AZ86" s="295"/>
+      <c r="BA86" s="295"/>
+      <c r="BB86" s="295"/>
+      <c r="BC86" s="295"/>
+      <c r="BD86" s="295"/>
+      <c r="BE86" s="295"/>
+      <c r="BF86" s="295"/>
+      <c r="BG86" s="295"/>
+      <c r="BH86" s="296"/>
     </row>
     <row r="87" spans="1:60" s="11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="58" t="s">
+      <c r="A87" s="217" t="s">
         <v>83</v>
       </c>
-      <c r="B87" s="59"/>
-[...1 lines deleted...]
-      <c r="D87" s="60" t="s">
+      <c r="B87" s="218"/>
+      <c r="C87" s="218"/>
+      <c r="D87" s="219" t="s">
         <v>84</v>
       </c>
-      <c r="E87" s="60"/>
-[...54 lines deleted...]
-      <c r="BH87" s="61"/>
+      <c r="E87" s="219"/>
+      <c r="F87" s="219"/>
+      <c r="G87" s="219"/>
+      <c r="H87" s="219"/>
+      <c r="I87" s="219"/>
+      <c r="J87" s="219"/>
+      <c r="K87" s="219"/>
+      <c r="L87" s="219"/>
+      <c r="M87" s="219"/>
+      <c r="N87" s="219"/>
+      <c r="O87" s="219"/>
+      <c r="P87" s="219"/>
+      <c r="Q87" s="219"/>
+      <c r="R87" s="219"/>
+      <c r="S87" s="219"/>
+      <c r="T87" s="219"/>
+      <c r="U87" s="219"/>
+      <c r="V87" s="219"/>
+      <c r="W87" s="219"/>
+      <c r="X87" s="219"/>
+      <c r="Y87" s="219"/>
+      <c r="Z87" s="219"/>
+      <c r="AA87" s="219"/>
+      <c r="AB87" s="219"/>
+      <c r="AC87" s="219"/>
+      <c r="AD87" s="219"/>
+      <c r="AE87" s="219"/>
+      <c r="AF87" s="219"/>
+      <c r="AG87" s="219"/>
+      <c r="AH87" s="219"/>
+      <c r="AI87" s="219"/>
+      <c r="AJ87" s="219"/>
+      <c r="AK87" s="219"/>
+      <c r="AL87" s="219"/>
+      <c r="AM87" s="219"/>
+      <c r="AN87" s="219"/>
+      <c r="AO87" s="219"/>
+      <c r="AP87" s="219"/>
+      <c r="AQ87" s="219"/>
+      <c r="AR87" s="219"/>
+      <c r="AS87" s="219"/>
+      <c r="AT87" s="219"/>
+      <c r="AU87" s="219"/>
+      <c r="AV87" s="219"/>
+      <c r="AW87" s="219"/>
+      <c r="AX87" s="219"/>
+      <c r="AY87" s="219"/>
+      <c r="AZ87" s="219"/>
+      <c r="BA87" s="219"/>
+      <c r="BB87" s="219"/>
+      <c r="BC87" s="219"/>
+      <c r="BD87" s="219"/>
+      <c r="BE87" s="219"/>
+      <c r="BF87" s="219"/>
+      <c r="BG87" s="219"/>
+      <c r="BH87" s="220"/>
     </row>
     <row r="88" spans="1:60" ht="25.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="261" t="s">
+      <c r="A88" s="317" t="s">
         <v>134</v>
       </c>
-      <c r="B88" s="262"/>
-[...57 lines deleted...]
-      <c r="BH88" s="263"/>
+      <c r="B88" s="318"/>
+      <c r="C88" s="318"/>
+      <c r="D88" s="318"/>
+      <c r="E88" s="318"/>
+      <c r="F88" s="318"/>
+      <c r="G88" s="318"/>
+      <c r="H88" s="318"/>
+      <c r="I88" s="318"/>
+      <c r="J88" s="318"/>
+      <c r="K88" s="318"/>
+      <c r="L88" s="318"/>
+      <c r="M88" s="318"/>
+      <c r="N88" s="318"/>
+      <c r="O88" s="318"/>
+      <c r="P88" s="318"/>
+      <c r="Q88" s="318"/>
+      <c r="R88" s="318"/>
+      <c r="S88" s="318"/>
+      <c r="T88" s="318"/>
+      <c r="U88" s="318"/>
+      <c r="V88" s="318"/>
+      <c r="W88" s="318"/>
+      <c r="X88" s="318"/>
+      <c r="Y88" s="318"/>
+      <c r="Z88" s="318"/>
+      <c r="AA88" s="318"/>
+      <c r="AB88" s="318"/>
+      <c r="AC88" s="318"/>
+      <c r="AD88" s="318"/>
+      <c r="AE88" s="318"/>
+      <c r="AF88" s="318"/>
+      <c r="AG88" s="318"/>
+      <c r="AH88" s="318"/>
+      <c r="AI88" s="318"/>
+      <c r="AJ88" s="318"/>
+      <c r="AK88" s="318"/>
+      <c r="AL88" s="318"/>
+      <c r="AM88" s="318"/>
+      <c r="AN88" s="318"/>
+      <c r="AO88" s="318"/>
+      <c r="AP88" s="318"/>
+      <c r="AQ88" s="318"/>
+      <c r="AR88" s="318"/>
+      <c r="AS88" s="318"/>
+      <c r="AT88" s="318"/>
+      <c r="AU88" s="318"/>
+      <c r="AV88" s="318"/>
+      <c r="AW88" s="318"/>
+      <c r="AX88" s="318"/>
+      <c r="AY88" s="318"/>
+      <c r="AZ88" s="318"/>
+      <c r="BA88" s="318"/>
+      <c r="BB88" s="318"/>
+      <c r="BC88" s="318"/>
+      <c r="BD88" s="318"/>
+      <c r="BE88" s="318"/>
+      <c r="BF88" s="318"/>
+      <c r="BG88" s="318"/>
+      <c r="BH88" s="319"/>
     </row>
     <row r="89" spans="1:60" ht="25.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="264"/>
-[...58 lines deleted...]
-      <c r="BH89" s="266"/>
+      <c r="A89" s="320"/>
+      <c r="B89" s="321"/>
+      <c r="C89" s="321"/>
+      <c r="D89" s="321"/>
+      <c r="E89" s="321"/>
+      <c r="F89" s="321"/>
+      <c r="G89" s="321"/>
+      <c r="H89" s="321"/>
+      <c r="I89" s="321"/>
+      <c r="J89" s="321"/>
+      <c r="K89" s="321"/>
+      <c r="L89" s="321"/>
+      <c r="M89" s="321"/>
+      <c r="N89" s="321"/>
+      <c r="O89" s="321"/>
+      <c r="P89" s="321"/>
+      <c r="Q89" s="321"/>
+      <c r="R89" s="321"/>
+      <c r="S89" s="321"/>
+      <c r="T89" s="321"/>
+      <c r="U89" s="321"/>
+      <c r="V89" s="321"/>
+      <c r="W89" s="321"/>
+      <c r="X89" s="321"/>
+      <c r="Y89" s="321"/>
+      <c r="Z89" s="321"/>
+      <c r="AA89" s="321"/>
+      <c r="AB89" s="321"/>
+      <c r="AC89" s="321"/>
+      <c r="AD89" s="321"/>
+      <c r="AE89" s="321"/>
+      <c r="AF89" s="321"/>
+      <c r="AG89" s="321"/>
+      <c r="AH89" s="321"/>
+      <c r="AI89" s="321"/>
+      <c r="AJ89" s="321"/>
+      <c r="AK89" s="321"/>
+      <c r="AL89" s="321"/>
+      <c r="AM89" s="321"/>
+      <c r="AN89" s="321"/>
+      <c r="AO89" s="321"/>
+      <c r="AP89" s="321"/>
+      <c r="AQ89" s="321"/>
+      <c r="AR89" s="321"/>
+      <c r="AS89" s="321"/>
+      <c r="AT89" s="321"/>
+      <c r="AU89" s="321"/>
+      <c r="AV89" s="321"/>
+      <c r="AW89" s="321"/>
+      <c r="AX89" s="321"/>
+      <c r="AY89" s="321"/>
+      <c r="AZ89" s="321"/>
+      <c r="BA89" s="321"/>
+      <c r="BB89" s="321"/>
+      <c r="BC89" s="321"/>
+      <c r="BD89" s="321"/>
+      <c r="BE89" s="321"/>
+      <c r="BF89" s="321"/>
+      <c r="BG89" s="321"/>
+      <c r="BH89" s="322"/>
     </row>
     <row r="90" spans="1:60" s="11" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="49" t="s">
+      <c r="A90" s="240" t="s">
         <v>85</v>
       </c>
-      <c r="B90" s="50"/>
-[...1 lines deleted...]
-      <c r="D90" s="51" t="s">
+      <c r="B90" s="241"/>
+      <c r="C90" s="241"/>
+      <c r="D90" s="242" t="s">
         <v>86</v>
       </c>
-      <c r="E90" s="51"/>
-[...7 lines deleted...]
-      <c r="M90" s="52" t="s">
+      <c r="E90" s="242"/>
+      <c r="F90" s="242"/>
+      <c r="G90" s="242"/>
+      <c r="H90" s="242"/>
+      <c r="I90" s="242"/>
+      <c r="J90" s="242"/>
+      <c r="K90" s="242"/>
+      <c r="L90" s="242"/>
+      <c r="M90" s="243" t="s">
         <v>135</v>
       </c>
-      <c r="N90" s="52"/>
-[...18 lines deleted...]
-      <c r="AG90" s="248" t="s">
+      <c r="N90" s="243"/>
+      <c r="O90" s="243"/>
+      <c r="P90" s="243"/>
+      <c r="Q90" s="243"/>
+      <c r="R90" s="243"/>
+      <c r="S90" s="243"/>
+      <c r="T90" s="243"/>
+      <c r="U90" s="243"/>
+      <c r="V90" s="243"/>
+      <c r="W90" s="243"/>
+      <c r="X90" s="243"/>
+      <c r="Y90" s="243"/>
+      <c r="Z90" s="243"/>
+      <c r="AA90" s="243"/>
+      <c r="AB90" s="243"/>
+      <c r="AC90" s="243"/>
+      <c r="AD90" s="243"/>
+      <c r="AE90" s="243"/>
+      <c r="AF90" s="244"/>
+      <c r="AG90" s="323" t="s">
         <v>93</v>
       </c>
-      <c r="AH90" s="249"/>
-[...1 lines deleted...]
-      <c r="AJ90" s="36" t="s">
+      <c r="AH90" s="324"/>
+      <c r="AI90" s="324"/>
+      <c r="AJ90" s="227" t="s">
         <v>88</v>
       </c>
-      <c r="AK90" s="36"/>
-[...12 lines deleted...]
-      <c r="AX90" s="36" t="s">
+      <c r="AK90" s="227"/>
+      <c r="AL90" s="227"/>
+      <c r="AM90" s="227"/>
+      <c r="AN90" s="227"/>
+      <c r="AO90" s="227"/>
+      <c r="AP90" s="227"/>
+      <c r="AQ90" s="227"/>
+      <c r="AR90" s="227"/>
+      <c r="AS90" s="227"/>
+      <c r="AT90" s="247"/>
+      <c r="AU90" s="325"/>
+      <c r="AV90" s="326"/>
+      <c r="AW90" s="326"/>
+      <c r="AX90" s="227" t="s">
         <v>89</v>
       </c>
-      <c r="AY90" s="36"/>
-[...8 lines deleted...]
-      <c r="BH90" s="37"/>
+      <c r="AY90" s="227"/>
+      <c r="AZ90" s="227"/>
+      <c r="BA90" s="227"/>
+      <c r="BB90" s="227"/>
+      <c r="BC90" s="227"/>
+      <c r="BD90" s="227"/>
+      <c r="BE90" s="227"/>
+      <c r="BF90" s="227"/>
+      <c r="BG90" s="227"/>
+      <c r="BH90" s="228"/>
     </row>
     <row r="91" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A91" s="38" t="s">
+      <c r="A91" s="229" t="s">
         <v>90</v>
       </c>
-      <c r="B91" s="39"/>
-[...57 lines deleted...]
-      <c r="BH91" s="40"/>
+      <c r="B91" s="230"/>
+      <c r="C91" s="230"/>
+      <c r="D91" s="230"/>
+      <c r="E91" s="230"/>
+      <c r="F91" s="230"/>
+      <c r="G91" s="230"/>
+      <c r="H91" s="230"/>
+      <c r="I91" s="230"/>
+      <c r="J91" s="230"/>
+      <c r="K91" s="230"/>
+      <c r="L91" s="230"/>
+      <c r="M91" s="230"/>
+      <c r="N91" s="230"/>
+      <c r="O91" s="230"/>
+      <c r="P91" s="230"/>
+      <c r="Q91" s="230"/>
+      <c r="R91" s="230"/>
+      <c r="S91" s="230"/>
+      <c r="T91" s="230"/>
+      <c r="U91" s="230"/>
+      <c r="V91" s="230"/>
+      <c r="W91" s="230"/>
+      <c r="X91" s="230"/>
+      <c r="Y91" s="230"/>
+      <c r="Z91" s="230"/>
+      <c r="AA91" s="230"/>
+      <c r="AB91" s="230"/>
+      <c r="AC91" s="230"/>
+      <c r="AD91" s="230"/>
+      <c r="AE91" s="230"/>
+      <c r="AF91" s="230"/>
+      <c r="AG91" s="230"/>
+      <c r="AH91" s="230"/>
+      <c r="AI91" s="230"/>
+      <c r="AJ91" s="230"/>
+      <c r="AK91" s="230"/>
+      <c r="AL91" s="230"/>
+      <c r="AM91" s="230"/>
+      <c r="AN91" s="230"/>
+      <c r="AO91" s="230"/>
+      <c r="AP91" s="230"/>
+      <c r="AQ91" s="230"/>
+      <c r="AR91" s="230"/>
+      <c r="AS91" s="230"/>
+      <c r="AT91" s="230"/>
+      <c r="AU91" s="230"/>
+      <c r="AV91" s="230"/>
+      <c r="AW91" s="230"/>
+      <c r="AX91" s="230"/>
+      <c r="AY91" s="230"/>
+      <c r="AZ91" s="230"/>
+      <c r="BA91" s="230"/>
+      <c r="BB91" s="230"/>
+      <c r="BC91" s="230"/>
+      <c r="BD91" s="230"/>
+      <c r="BE91" s="230"/>
+      <c r="BF91" s="230"/>
+      <c r="BG91" s="230"/>
+      <c r="BH91" s="231"/>
     </row>
     <row r="92" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A92" s="41"/>
-[...58 lines deleted...]
-      <c r="BH92" s="43"/>
+      <c r="A92" s="232"/>
+      <c r="B92" s="233"/>
+      <c r="C92" s="233"/>
+      <c r="D92" s="233"/>
+      <c r="E92" s="233"/>
+      <c r="F92" s="233"/>
+      <c r="G92" s="233"/>
+      <c r="H92" s="233"/>
+      <c r="I92" s="233"/>
+      <c r="J92" s="233"/>
+      <c r="K92" s="233"/>
+      <c r="L92" s="233"/>
+      <c r="M92" s="233"/>
+      <c r="N92" s="233"/>
+      <c r="O92" s="233"/>
+      <c r="P92" s="233"/>
+      <c r="Q92" s="233"/>
+      <c r="R92" s="233"/>
+      <c r="S92" s="233"/>
+      <c r="T92" s="233"/>
+      <c r="U92" s="233"/>
+      <c r="V92" s="233"/>
+      <c r="W92" s="233"/>
+      <c r="X92" s="233"/>
+      <c r="Y92" s="233"/>
+      <c r="Z92" s="233"/>
+      <c r="AA92" s="233"/>
+      <c r="AB92" s="233"/>
+      <c r="AC92" s="233"/>
+      <c r="AD92" s="233"/>
+      <c r="AE92" s="233"/>
+      <c r="AF92" s="233"/>
+      <c r="AG92" s="233"/>
+      <c r="AH92" s="233"/>
+      <c r="AI92" s="233"/>
+      <c r="AJ92" s="233"/>
+      <c r="AK92" s="233"/>
+      <c r="AL92" s="233"/>
+      <c r="AM92" s="233"/>
+      <c r="AN92" s="233"/>
+      <c r="AO92" s="233"/>
+      <c r="AP92" s="233"/>
+      <c r="AQ92" s="233"/>
+      <c r="AR92" s="233"/>
+      <c r="AS92" s="233"/>
+      <c r="AT92" s="233"/>
+      <c r="AU92" s="233"/>
+      <c r="AV92" s="233"/>
+      <c r="AW92" s="233"/>
+      <c r="AX92" s="233"/>
+      <c r="AY92" s="233"/>
+      <c r="AZ92" s="233"/>
+      <c r="BA92" s="233"/>
+      <c r="BB92" s="233"/>
+      <c r="BC92" s="233"/>
+      <c r="BD92" s="233"/>
+      <c r="BE92" s="233"/>
+      <c r="BF92" s="233"/>
+      <c r="BG92" s="233"/>
+      <c r="BH92" s="234"/>
     </row>
     <row r="93" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A93" s="41"/>
-[...58 lines deleted...]
-      <c r="BH93" s="43"/>
+      <c r="A93" s="232"/>
+      <c r="B93" s="233"/>
+      <c r="C93" s="233"/>
+      <c r="D93" s="233"/>
+      <c r="E93" s="233"/>
+      <c r="F93" s="233"/>
+      <c r="G93" s="233"/>
+      <c r="H93" s="233"/>
+      <c r="I93" s="233"/>
+      <c r="J93" s="233"/>
+      <c r="K93" s="233"/>
+      <c r="L93" s="233"/>
+      <c r="M93" s="233"/>
+      <c r="N93" s="233"/>
+      <c r="O93" s="233"/>
+      <c r="P93" s="233"/>
+      <c r="Q93" s="233"/>
+      <c r="R93" s="233"/>
+      <c r="S93" s="233"/>
+      <c r="T93" s="233"/>
+      <c r="U93" s="233"/>
+      <c r="V93" s="233"/>
+      <c r="W93" s="233"/>
+      <c r="X93" s="233"/>
+      <c r="Y93" s="233"/>
+      <c r="Z93" s="233"/>
+      <c r="AA93" s="233"/>
+      <c r="AB93" s="233"/>
+      <c r="AC93" s="233"/>
+      <c r="AD93" s="233"/>
+      <c r="AE93" s="233"/>
+      <c r="AF93" s="233"/>
+      <c r="AG93" s="233"/>
+      <c r="AH93" s="233"/>
+      <c r="AI93" s="233"/>
+      <c r="AJ93" s="233"/>
+      <c r="AK93" s="233"/>
+      <c r="AL93" s="233"/>
+      <c r="AM93" s="233"/>
+      <c r="AN93" s="233"/>
+      <c r="AO93" s="233"/>
+      <c r="AP93" s="233"/>
+      <c r="AQ93" s="233"/>
+      <c r="AR93" s="233"/>
+      <c r="AS93" s="233"/>
+      <c r="AT93" s="233"/>
+      <c r="AU93" s="233"/>
+      <c r="AV93" s="233"/>
+      <c r="AW93" s="233"/>
+      <c r="AX93" s="233"/>
+      <c r="AY93" s="233"/>
+      <c r="AZ93" s="233"/>
+      <c r="BA93" s="233"/>
+      <c r="BB93" s="233"/>
+      <c r="BC93" s="233"/>
+      <c r="BD93" s="233"/>
+      <c r="BE93" s="233"/>
+      <c r="BF93" s="233"/>
+      <c r="BG93" s="233"/>
+      <c r="BH93" s="234"/>
     </row>
     <row r="94" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A94" s="41"/>
-[...58 lines deleted...]
-      <c r="BH94" s="43"/>
+      <c r="A94" s="232"/>
+      <c r="B94" s="233"/>
+      <c r="C94" s="233"/>
+      <c r="D94" s="233"/>
+      <c r="E94" s="233"/>
+      <c r="F94" s="233"/>
+      <c r="G94" s="233"/>
+      <c r="H94" s="233"/>
+      <c r="I94" s="233"/>
+      <c r="J94" s="233"/>
+      <c r="K94" s="233"/>
+      <c r="L94" s="233"/>
+      <c r="M94" s="233"/>
+      <c r="N94" s="233"/>
+      <c r="O94" s="233"/>
+      <c r="P94" s="233"/>
+      <c r="Q94" s="233"/>
+      <c r="R94" s="233"/>
+      <c r="S94" s="233"/>
+      <c r="T94" s="233"/>
+      <c r="U94" s="233"/>
+      <c r="V94" s="233"/>
+      <c r="W94" s="233"/>
+      <c r="X94" s="233"/>
+      <c r="Y94" s="233"/>
+      <c r="Z94" s="233"/>
+      <c r="AA94" s="233"/>
+      <c r="AB94" s="233"/>
+      <c r="AC94" s="233"/>
+      <c r="AD94" s="233"/>
+      <c r="AE94" s="233"/>
+      <c r="AF94" s="233"/>
+      <c r="AG94" s="233"/>
+      <c r="AH94" s="233"/>
+      <c r="AI94" s="233"/>
+      <c r="AJ94" s="233"/>
+      <c r="AK94" s="233"/>
+      <c r="AL94" s="233"/>
+      <c r="AM94" s="233"/>
+      <c r="AN94" s="233"/>
+      <c r="AO94" s="233"/>
+      <c r="AP94" s="233"/>
+      <c r="AQ94" s="233"/>
+      <c r="AR94" s="233"/>
+      <c r="AS94" s="233"/>
+      <c r="AT94" s="233"/>
+      <c r="AU94" s="233"/>
+      <c r="AV94" s="233"/>
+      <c r="AW94" s="233"/>
+      <c r="AX94" s="233"/>
+      <c r="AY94" s="233"/>
+      <c r="AZ94" s="233"/>
+      <c r="BA94" s="233"/>
+      <c r="BB94" s="233"/>
+      <c r="BC94" s="233"/>
+      <c r="BD94" s="233"/>
+      <c r="BE94" s="233"/>
+      <c r="BF94" s="233"/>
+      <c r="BG94" s="233"/>
+      <c r="BH94" s="234"/>
     </row>
     <row r="95" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A95" s="41"/>
-[...58 lines deleted...]
-      <c r="BH95" s="43"/>
+      <c r="A95" s="232"/>
+      <c r="B95" s="233"/>
+      <c r="C95" s="233"/>
+      <c r="D95" s="233"/>
+      <c r="E95" s="233"/>
+      <c r="F95" s="233"/>
+      <c r="G95" s="233"/>
+      <c r="H95" s="233"/>
+      <c r="I95" s="233"/>
+      <c r="J95" s="233"/>
+      <c r="K95" s="233"/>
+      <c r="L95" s="233"/>
+      <c r="M95" s="233"/>
+      <c r="N95" s="233"/>
+      <c r="O95" s="233"/>
+      <c r="P95" s="233"/>
+      <c r="Q95" s="233"/>
+      <c r="R95" s="233"/>
+      <c r="S95" s="233"/>
+      <c r="T95" s="233"/>
+      <c r="U95" s="233"/>
+      <c r="V95" s="233"/>
+      <c r="W95" s="233"/>
+      <c r="X95" s="233"/>
+      <c r="Y95" s="233"/>
+      <c r="Z95" s="233"/>
+      <c r="AA95" s="233"/>
+      <c r="AB95" s="233"/>
+      <c r="AC95" s="233"/>
+      <c r="AD95" s="233"/>
+      <c r="AE95" s="233"/>
+      <c r="AF95" s="233"/>
+      <c r="AG95" s="233"/>
+      <c r="AH95" s="233"/>
+      <c r="AI95" s="233"/>
+      <c r="AJ95" s="233"/>
+      <c r="AK95" s="233"/>
+      <c r="AL95" s="233"/>
+      <c r="AM95" s="233"/>
+      <c r="AN95" s="233"/>
+      <c r="AO95" s="233"/>
+      <c r="AP95" s="233"/>
+      <c r="AQ95" s="233"/>
+      <c r="AR95" s="233"/>
+      <c r="AS95" s="233"/>
+      <c r="AT95" s="233"/>
+      <c r="AU95" s="233"/>
+      <c r="AV95" s="233"/>
+      <c r="AW95" s="233"/>
+      <c r="AX95" s="233"/>
+      <c r="AY95" s="233"/>
+      <c r="AZ95" s="233"/>
+      <c r="BA95" s="233"/>
+      <c r="BB95" s="233"/>
+      <c r="BC95" s="233"/>
+      <c r="BD95" s="233"/>
+      <c r="BE95" s="233"/>
+      <c r="BF95" s="233"/>
+      <c r="BG95" s="233"/>
+      <c r="BH95" s="234"/>
     </row>
     <row r="96" spans="1:60" x14ac:dyDescent="0.2">
-      <c r="A96" s="44"/>
-[...58 lines deleted...]
-      <c r="BH96" s="46"/>
+      <c r="A96" s="235"/>
+      <c r="B96" s="236"/>
+      <c r="C96" s="236"/>
+      <c r="D96" s="236"/>
+      <c r="E96" s="236"/>
+      <c r="F96" s="236"/>
+      <c r="G96" s="236"/>
+      <c r="H96" s="236"/>
+      <c r="I96" s="236"/>
+      <c r="J96" s="236"/>
+      <c r="K96" s="236"/>
+      <c r="L96" s="236"/>
+      <c r="M96" s="236"/>
+      <c r="N96" s="236"/>
+      <c r="O96" s="236"/>
+      <c r="P96" s="236"/>
+      <c r="Q96" s="236"/>
+      <c r="R96" s="236"/>
+      <c r="S96" s="236"/>
+      <c r="T96" s="236"/>
+      <c r="U96" s="236"/>
+      <c r="V96" s="236"/>
+      <c r="W96" s="236"/>
+      <c r="X96" s="236"/>
+      <c r="Y96" s="236"/>
+      <c r="Z96" s="236"/>
+      <c r="AA96" s="236"/>
+      <c r="AB96" s="236"/>
+      <c r="AC96" s="236"/>
+      <c r="AD96" s="236"/>
+      <c r="AE96" s="236"/>
+      <c r="AF96" s="236"/>
+      <c r="AG96" s="236"/>
+      <c r="AH96" s="236"/>
+      <c r="AI96" s="236"/>
+      <c r="AJ96" s="236"/>
+      <c r="AK96" s="236"/>
+      <c r="AL96" s="236"/>
+      <c r="AM96" s="236"/>
+      <c r="AN96" s="236"/>
+      <c r="AO96" s="236"/>
+      <c r="AP96" s="236"/>
+      <c r="AQ96" s="236"/>
+      <c r="AR96" s="236"/>
+      <c r="AS96" s="236"/>
+      <c r="AT96" s="236"/>
+      <c r="AU96" s="236"/>
+      <c r="AV96" s="236"/>
+      <c r="AW96" s="236"/>
+      <c r="AX96" s="236"/>
+      <c r="AY96" s="236"/>
+      <c r="AZ96" s="236"/>
+      <c r="BA96" s="236"/>
+      <c r="BB96" s="236"/>
+      <c r="BC96" s="236"/>
+      <c r="BD96" s="236"/>
+      <c r="BE96" s="236"/>
+      <c r="BF96" s="236"/>
+      <c r="BG96" s="236"/>
+      <c r="BH96" s="237"/>
     </row>
     <row r="97" spans="2:60" ht="9" customHeight="1" x14ac:dyDescent="0.5">
       <c r="BB97" s="12"/>
       <c r="BC97" s="12"/>
       <c r="BD97" s="12"/>
       <c r="BE97" s="12"/>
       <c r="BF97" s="12"/>
       <c r="BG97" s="12"/>
       <c r="BH97" s="12"/>
     </row>
     <row r="98" spans="2:60" ht="65.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B98" s="47" t="s">
+      <c r="B98" s="238" t="s">
         <v>91</v>
       </c>
-      <c r="C98" s="47"/>
-[...23 lines deleted...]
-      <c r="AA98" s="47" t="s">
+      <c r="C98" s="238"/>
+      <c r="D98" s="238"/>
+      <c r="E98" s="238"/>
+      <c r="F98" s="238"/>
+      <c r="G98" s="238"/>
+      <c r="H98" s="238"/>
+      <c r="I98" s="238"/>
+      <c r="J98" s="238"/>
+      <c r="K98" s="238"/>
+      <c r="L98" s="238"/>
+      <c r="M98" s="238"/>
+      <c r="N98" s="238"/>
+      <c r="O98" s="238"/>
+      <c r="P98" s="238"/>
+      <c r="Q98" s="238"/>
+      <c r="R98" s="238"/>
+      <c r="S98" s="238"/>
+      <c r="T98" s="238"/>
+      <c r="U98" s="238"/>
+      <c r="V98" s="238"/>
+      <c r="W98" s="238"/>
+      <c r="X98" s="238"/>
+      <c r="Y98" s="238"/>
+      <c r="Z98" s="238"/>
+      <c r="AA98" s="238" t="s">
         <v>92</v>
       </c>
-      <c r="AB98" s="47"/>
-[...31 lines deleted...]
-      <c r="BH98" s="48"/>
+      <c r="AB98" s="238"/>
+      <c r="AC98" s="238"/>
+      <c r="AD98" s="238"/>
+      <c r="AE98" s="238"/>
+      <c r="AF98" s="238"/>
+      <c r="AG98" s="238"/>
+      <c r="AH98" s="238"/>
+      <c r="AI98" s="238"/>
+      <c r="AJ98" s="238"/>
+      <c r="AK98" s="238"/>
+      <c r="AL98" s="238"/>
+      <c r="AM98" s="238"/>
+      <c r="AN98" s="238"/>
+      <c r="AO98" s="238"/>
+      <c r="AP98" s="238"/>
+      <c r="AQ98" s="238"/>
+      <c r="AR98" s="238"/>
+      <c r="AS98" s="238"/>
+      <c r="AT98" s="238"/>
+      <c r="AU98" s="238"/>
+      <c r="AV98" s="238"/>
+      <c r="AW98" s="238"/>
+      <c r="AX98" s="238"/>
+      <c r="AY98" s="238"/>
+      <c r="AZ98" s="238"/>
+      <c r="BA98" s="239"/>
+      <c r="BB98" s="239"/>
+      <c r="BC98" s="239"/>
+      <c r="BD98" s="239"/>
+      <c r="BE98" s="239"/>
+      <c r="BF98" s="239"/>
+      <c r="BG98" s="239"/>
+      <c r="BH98" s="239"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="eU8oMfB2a3I+MdVlwBSKy+Wnp5vDudq0gFKuWapmfentLbwAXQ7BkhX4T+L2soR6NnYXcf4ajLLNA5Z5Ln6xfg==" saltValue="BU48X/x++qyx4sNOoc6dng==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange password="C5D8" sqref="A90 A87" name="範囲1_2_2"/>
     <protectedRange password="C5D8" sqref="A7" name="範囲1_3_1"/>
     <protectedRange password="C5D8" sqref="A36 A39:A42" name="範囲1_6_1"/>
     <protectedRange password="C5D8" sqref="AG46:AG58 A43:A58" name="範囲2_4_2_1"/>
     <protectedRange password="C5D8" sqref="A61 A70 A79 A63:A65 A72:A74 A81:A83" name="範囲1_6_2"/>
     <protectedRange password="C5D8" sqref="A66:A68 A75:A77 A84:A86" name="範囲2_4_2_2"/>
     <protectedRange password="C5D8" sqref="A37:A38" name="範囲1_6"/>
     <protectedRange password="C5D8" sqref="A62" name="範囲1_6_3_1"/>
     <protectedRange password="C5D8" sqref="A71" name="範囲1_6_3_1_1"/>
     <protectedRange password="C5D8" sqref="A80" name="範囲1_6_3_1_2"/>
     <protectedRange password="C5D8" sqref="A1" name="範囲1_4_1_1"/>
     <protectedRange password="C5D8" sqref="AG43:AG45 AT44" name="範囲2_4_2_4"/>
     <protectedRange password="C5D8" sqref="AG66:AG68 AT67" name="範囲2_4_2_1_1"/>
     <protectedRange password="C5D8" sqref="AG75:AG77 AT76" name="範囲2_4_2_2_1"/>
     <protectedRange password="C5D8" sqref="AT85 AG84:AG86" name="範囲2_4_2_3_1"/>
   </protectedRanges>
   <mergeCells count="199">
-    <mergeCell ref="A4:BH4"/>
-[...11 lines deleted...]
-    <mergeCell ref="AY3:BH3"/>
+    <mergeCell ref="AX90:BH90"/>
+    <mergeCell ref="B98:Z98"/>
+    <mergeCell ref="AA98:AZ98"/>
+    <mergeCell ref="BA98:BH98"/>
+    <mergeCell ref="A90:C90"/>
+    <mergeCell ref="D90:L90"/>
+    <mergeCell ref="M90:AF90"/>
+    <mergeCell ref="AG90:AI90"/>
+    <mergeCell ref="AJ90:AT90"/>
+    <mergeCell ref="AU90:AW90"/>
+    <mergeCell ref="A91:BH96"/>
+    <mergeCell ref="AU85:BH85"/>
+    <mergeCell ref="M86:S86"/>
+    <mergeCell ref="T86:BH86"/>
+    <mergeCell ref="A87:C87"/>
+    <mergeCell ref="D87:BH87"/>
+    <mergeCell ref="A88:BH89"/>
+    <mergeCell ref="A85:L86"/>
+    <mergeCell ref="M85:S85"/>
+    <mergeCell ref="U85:AB85"/>
+    <mergeCell ref="AC85:AG85"/>
+    <mergeCell ref="AH85:AO85"/>
+    <mergeCell ref="AP85:AT85"/>
+    <mergeCell ref="BB81:BH81"/>
+    <mergeCell ref="M82:BH82"/>
+    <mergeCell ref="M83:BH83"/>
+    <mergeCell ref="A84:L84"/>
+    <mergeCell ref="M84:AF84"/>
+    <mergeCell ref="AG84:AN84"/>
+    <mergeCell ref="AO84:BH84"/>
+    <mergeCell ref="A80:L80"/>
+    <mergeCell ref="M80:BH80"/>
+    <mergeCell ref="M81:N81"/>
+    <mergeCell ref="O81:V81"/>
+    <mergeCell ref="W81:X81"/>
+    <mergeCell ref="Y81:AF81"/>
+    <mergeCell ref="AG81:AP81"/>
+    <mergeCell ref="AQ81:AR81"/>
+    <mergeCell ref="AS81:AY81"/>
+    <mergeCell ref="AZ81:BA81"/>
+    <mergeCell ref="A78:C78"/>
+    <mergeCell ref="D78:BH78"/>
+    <mergeCell ref="A79:L79"/>
+    <mergeCell ref="M79:BH79"/>
+    <mergeCell ref="A76:L77"/>
+    <mergeCell ref="M76:S76"/>
+    <mergeCell ref="U76:AB76"/>
+    <mergeCell ref="AC76:AG76"/>
+    <mergeCell ref="AH76:AO76"/>
+    <mergeCell ref="AP76:AT76"/>
+    <mergeCell ref="M73:BH73"/>
+    <mergeCell ref="M74:BH74"/>
+    <mergeCell ref="A75:L75"/>
+    <mergeCell ref="M75:AF75"/>
+    <mergeCell ref="AG75:AN75"/>
+    <mergeCell ref="AO75:BH75"/>
+    <mergeCell ref="AU76:BH76"/>
+    <mergeCell ref="M77:S77"/>
+    <mergeCell ref="T77:BH77"/>
+    <mergeCell ref="A70:L70"/>
+    <mergeCell ref="M70:BH70"/>
+    <mergeCell ref="A71:L71"/>
+    <mergeCell ref="M71:BH71"/>
+    <mergeCell ref="M72:N72"/>
+    <mergeCell ref="O72:V72"/>
+    <mergeCell ref="W72:X72"/>
+    <mergeCell ref="Y72:AF72"/>
+    <mergeCell ref="AG72:AP72"/>
+    <mergeCell ref="AQ72:AR72"/>
+    <mergeCell ref="AS72:AY72"/>
+    <mergeCell ref="AZ72:BA72"/>
+    <mergeCell ref="BB72:BH72"/>
+    <mergeCell ref="A69:C69"/>
+    <mergeCell ref="D69:AL69"/>
+    <mergeCell ref="AM69:AO69"/>
+    <mergeCell ref="AP69:AW69"/>
+    <mergeCell ref="AX69:AZ69"/>
+    <mergeCell ref="BA69:BH69"/>
+    <mergeCell ref="A67:L68"/>
+    <mergeCell ref="M67:S67"/>
+    <mergeCell ref="U67:AB67"/>
+    <mergeCell ref="AC67:AG67"/>
+    <mergeCell ref="AH67:AO67"/>
+    <mergeCell ref="AP67:AT67"/>
+    <mergeCell ref="M64:BH64"/>
+    <mergeCell ref="M65:BH65"/>
+    <mergeCell ref="A66:L66"/>
+    <mergeCell ref="M66:AF66"/>
+    <mergeCell ref="AG66:AN66"/>
+    <mergeCell ref="AO66:BH66"/>
+    <mergeCell ref="AU67:BH67"/>
+    <mergeCell ref="M68:S68"/>
+    <mergeCell ref="T68:BH68"/>
+    <mergeCell ref="A61:L61"/>
+    <mergeCell ref="M61:BH61"/>
+    <mergeCell ref="A62:L62"/>
+    <mergeCell ref="M62:BH62"/>
+    <mergeCell ref="M63:N63"/>
+    <mergeCell ref="O63:V63"/>
+    <mergeCell ref="W63:X63"/>
+    <mergeCell ref="Y63:AF63"/>
+    <mergeCell ref="AG63:AP63"/>
+    <mergeCell ref="AQ63:AR63"/>
+    <mergeCell ref="AS63:AY63"/>
+    <mergeCell ref="AZ63:BA63"/>
+    <mergeCell ref="BB63:BH63"/>
+    <mergeCell ref="AU44:BH44"/>
+    <mergeCell ref="M45:S45"/>
+    <mergeCell ref="T45:BH45"/>
+    <mergeCell ref="A46:L46"/>
+    <mergeCell ref="M46:BH46"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="AX60:AZ60"/>
+    <mergeCell ref="BA60:BH60"/>
+    <mergeCell ref="A43:L43"/>
+    <mergeCell ref="M43:AF43"/>
+    <mergeCell ref="AG43:AN43"/>
+    <mergeCell ref="AO43:BH43"/>
+    <mergeCell ref="A44:L45"/>
+    <mergeCell ref="M44:S44"/>
+    <mergeCell ref="U44:AB44"/>
+    <mergeCell ref="AC44:AG44"/>
+    <mergeCell ref="AH44:AO44"/>
+    <mergeCell ref="AP44:AT44"/>
+    <mergeCell ref="AS39:AY39"/>
+    <mergeCell ref="AZ39:BA39"/>
+    <mergeCell ref="BB39:BH39"/>
+    <mergeCell ref="M40:BH40"/>
+    <mergeCell ref="M41:BH41"/>
+    <mergeCell ref="M42:BH42"/>
+    <mergeCell ref="A37:L37"/>
+    <mergeCell ref="M37:BH37"/>
+    <mergeCell ref="A38:L38"/>
+    <mergeCell ref="M38:BH38"/>
+    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="O39:V39"/>
+    <mergeCell ref="W39:X39"/>
+    <mergeCell ref="Y39:AF39"/>
+    <mergeCell ref="AG39:AP39"/>
+    <mergeCell ref="AQ39:AR39"/>
+    <mergeCell ref="AW19:AY19"/>
+    <mergeCell ref="AZ19:BH19"/>
+    <mergeCell ref="A20:BH20"/>
+    <mergeCell ref="A34:BH34"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A36:L36"/>
+    <mergeCell ref="M36:BH36"/>
+    <mergeCell ref="A18:AF18"/>
+    <mergeCell ref="AG18:AR18"/>
+    <mergeCell ref="AS18:BH18"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="P19:X19"/>
+    <mergeCell ref="Y19:AA19"/>
+    <mergeCell ref="AB19:AJ19"/>
+    <mergeCell ref="AK19:AM19"/>
+    <mergeCell ref="AN19:AV19"/>
+    <mergeCell ref="A16:AF16"/>
+    <mergeCell ref="AG16:BH16"/>
+    <mergeCell ref="A17:J17"/>
+    <mergeCell ref="K17:M17"/>
+    <mergeCell ref="N17:U17"/>
+    <mergeCell ref="V17:X17"/>
+    <mergeCell ref="Y17:AF17"/>
+    <mergeCell ref="AG17:AR17"/>
+    <mergeCell ref="AS17:BH17"/>
     <mergeCell ref="A11:BH11"/>
     <mergeCell ref="A15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="N15:U15"/>
     <mergeCell ref="V15:X15"/>
     <mergeCell ref="Y15:AF15"/>
     <mergeCell ref="AG15:AR15"/>
     <mergeCell ref="AS15:BH15"/>
     <mergeCell ref="AY9:BA9"/>
     <mergeCell ref="BB9:BC9"/>
     <mergeCell ref="BD9:BF9"/>
     <mergeCell ref="BG9:BH9"/>
     <mergeCell ref="A10:L10"/>
     <mergeCell ref="M10:BH10"/>
     <mergeCell ref="A9:L9"/>
     <mergeCell ref="M9:O9"/>
     <mergeCell ref="P9:AN9"/>
     <mergeCell ref="AO9:AR9"/>
     <mergeCell ref="AS9:AV9"/>
     <mergeCell ref="AW9:AX9"/>
-    <mergeCell ref="A16:AF16"/>
-[...164 lines deleted...]
-    <mergeCell ref="A91:BH96"/>
+    <mergeCell ref="A4:BH4"/>
+    <mergeCell ref="A5:BH5"/>
+    <mergeCell ref="A6:BH6"/>
+    <mergeCell ref="A7:C7"/>
+    <mergeCell ref="A8:L8"/>
+    <mergeCell ref="M8:O8"/>
+    <mergeCell ref="P8:BH8"/>
+    <mergeCell ref="A1:AX1"/>
+    <mergeCell ref="AY1:BH1"/>
+    <mergeCell ref="A2:BH2"/>
+    <mergeCell ref="A3:AQ3"/>
+    <mergeCell ref="AS3:AX3"/>
+    <mergeCell ref="AY3:BH3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AH76 AH44 AH67 AH85" xr:uid="{510659C9-7B6C-4048-8EEA-28F008373A8D}">
       <formula1>"北海道,青森県,岩手県,宮城県,秋田県,山形県,福島県,茨城県,栃木県,群馬県,埼玉県,千葉県,東京都,神奈川県,新潟県,山梨県,長野県,富山県,石川県,福井県,岐阜県,静岡県,愛知県,三重県,滋賀県,京都府,大阪府,兵庫県,奈良県,和歌山県,鳥取県,島根県,岡山県,広島県,山口県,徳島県,香川県,愛媛県,高知県,福岡県,佐賀県,長崎県,熊本県,大分県,宮崎県,鹿児島県,沖縄県"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AG90 AU90 M19 AW19 Y19 M12:M13 M8:M9 AK19 K17 V17 K15 V15" xr:uid="{7AB22BA1-9460-48ED-9C6B-0BD080AE1D4F}">
       <formula1>"✔"</formula1>
     </dataValidation>
     <dataValidation imeMode="halfAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M76:M77 AP76 AC76 M75:AF75 M44:M58 M67:M68 T76:U76 AP44 AC44 M43:AF43 T44:U44 AP67 AC67 M66:AF66 T67:U67 T85:U85 AP85 AC85 M84:AF84 M85:M86" xr:uid="{2B3A7523-7992-4021-AD1A-CB4D9E2D600E}"/>
   </dataValidations>
   <pageMargins left="0.44" right="0.41" top="0.43" bottom="0.36" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="49" fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC3467C1-56A1-4419-B5C2-282136DFACFD}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:U167"/>
   <sheetViews>
     <sheetView showZeros="0" topLeftCell="G25" workbookViewId="0">
       <selection activeCell="M49" sqref="M49"/>
     </sheetView>
@@ -22082,153 +22113,153 @@
         <v>169</v>
       </c>
     </row>
     <row r="63" spans="1:20" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>59</v>
       </c>
       <c r="B63" t="s">
         <v>258</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F63" t="s">
         <v>199</v>
       </c>
       <c r="H63" t="s">
         <v>322</v>
       </c>
       <c r="J63" t="s">
         <v>322</v>
       </c>
       <c r="L63" t="s">
         <v>165</v>
       </c>
-      <c r="M63">
+      <c r="M63" t="str">
         <f>サイバープロテクション申込書!O63</f>
-        <v>0</v>
+        <v>ソリューション</v>
       </c>
       <c r="N63" t="s">
         <v>173</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:20" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64">
         <v>60</v>
       </c>
       <c r="B64" t="s">
         <v>199</v>
       </c>
       <c r="D64" t="s">
         <v>76</v>
       </c>
       <c r="F64" t="s">
         <v>204</v>
       </c>
       <c r="H64" t="s">
         <v>324</v>
       </c>
       <c r="J64" t="s">
         <v>324</v>
       </c>
       <c r="L64" t="s">
         <v>169</v>
       </c>
-      <c r="M64">
+      <c r="M64" t="str">
         <f>サイバープロテクション申込書!Y63</f>
-        <v>0</v>
+        <v>担当者</v>
       </c>
       <c r="N64" t="s">
         <v>177</v>
       </c>
       <c r="R64" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="65" spans="1:20" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>61</v>
       </c>
       <c r="B65" t="s">
         <v>204</v>
       </c>
       <c r="D65" t="s">
         <v>77</v>
       </c>
       <c r="F65" t="s">
         <v>208</v>
       </c>
       <c r="H65" t="s">
         <v>325</v>
       </c>
       <c r="J65" t="s">
         <v>325</v>
       </c>
       <c r="L65" t="s">
         <v>173</v>
       </c>
-      <c r="M65">
+      <c r="M65" t="str">
         <f>サイバープロテクション申込書!AS63</f>
-        <v>0</v>
+        <v>ソリューション</v>
       </c>
       <c r="N65" t="s">
         <v>181</v>
       </c>
       <c r="R65" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="66" spans="1:20" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>62</v>
       </c>
       <c r="B66" t="s">
         <v>208</v>
       </c>
       <c r="D66" t="s">
         <v>165</v>
       </c>
       <c r="F66" t="s">
         <v>211</v>
       </c>
       <c r="G66" s="31"/>
       <c r="H66" t="s">
         <v>326</v>
       </c>
       <c r="J66" t="s">
         <v>326</v>
       </c>
       <c r="L66" t="s">
         <v>177</v>
       </c>
-      <c r="M66">
+      <c r="M66" t="str">
         <f>サイバープロテクション申込書!BB63</f>
-        <v>0</v>
+        <v>タントウシャ</v>
       </c>
       <c r="N66" t="s">
         <v>186</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>327</v>
       </c>
       <c r="R66" t="s">
         <v>165</v>
       </c>
       <c r="T66" s="3" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="67" spans="1:20" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67">
         <v>63</v>
       </c>
       <c r="B67" t="s">
         <v>211</v>
       </c>
       <c r="D67" t="s">
         <v>169</v>
       </c>
       <c r="F67" t="s">
@@ -23289,143 +23320,143 @@
         <v>343</v>
       </c>
     </row>
     <row r="103" spans="1:20" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>99</v>
       </c>
       <c r="B103" t="s">
         <v>199</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F103" t="s">
         <v>204</v>
       </c>
       <c r="H103" t="s">
         <v>169</v>
       </c>
       <c r="J103" t="s">
         <v>169</v>
       </c>
       <c r="L103" t="s">
         <v>165</v>
       </c>
-      <c r="M103">
+      <c r="M103" t="str">
         <f>サイバープロテクション申込書!O81</f>
-        <v>0</v>
+        <v>ソリューション</v>
       </c>
       <c r="R103" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="104" spans="1:20" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>100</v>
       </c>
       <c r="B104" t="s">
         <v>204</v>
       </c>
       <c r="D104" t="s">
         <v>76</v>
       </c>
       <c r="F104" t="s">
         <v>208</v>
       </c>
       <c r="H104" t="s">
         <v>173</v>
       </c>
       <c r="J104" t="s">
         <v>173</v>
       </c>
       <c r="L104" t="s">
         <v>169</v>
       </c>
-      <c r="M104">
+      <c r="M104" t="str">
         <f>サイバープロテクション申込書!Y81</f>
-        <v>0</v>
+        <v>担当者</v>
       </c>
       <c r="R104" t="s">
         <v>346</v>
       </c>
       <c r="T104" s="3" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="105" spans="1:20" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105">
         <v>101</v>
       </c>
       <c r="B105" t="s">
         <v>208</v>
       </c>
       <c r="D105" t="s">
         <v>77</v>
       </c>
       <c r="F105" t="s">
         <v>211</v>
       </c>
       <c r="H105" t="s">
         <v>177</v>
       </c>
       <c r="J105" t="s">
         <v>177</v>
       </c>
       <c r="L105" t="s">
         <v>173</v>
       </c>
-      <c r="M105">
+      <c r="M105" t="str">
         <f>サイバープロテクション申込書!AS81</f>
-        <v>0</v>
+        <v>ソリューション</v>
       </c>
       <c r="T105" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="106" spans="1:20" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106">
         <v>102</v>
       </c>
       <c r="B106" t="s">
         <v>211</v>
       </c>
       <c r="D106" t="s">
         <v>165</v>
       </c>
       <c r="H106" t="s">
         <v>181</v>
       </c>
       <c r="J106" t="s">
         <v>181</v>
       </c>
       <c r="L106" t="s">
         <v>177</v>
       </c>
-      <c r="M106">
+      <c r="M106" t="str">
         <f>サイバープロテクション申込書!BB81</f>
-        <v>0</v>
+        <v>タントウシャ</v>
       </c>
       <c r="T106" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="107" spans="1:20" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107">
         <v>103</v>
       </c>
       <c r="D107" t="s">
         <v>169</v>
       </c>
       <c r="H107" t="s">
         <v>186</v>
       </c>
       <c r="J107" t="s">
         <v>186</v>
       </c>
       <c r="L107" t="s">
         <v>181</v>
       </c>
       <c r="M107">
         <f>サイバープロテクション申込書!M82</f>
         <v>0</v>
       </c>
@@ -24207,50 +24238,114 @@
     <mergeCell ref="L1:M1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_x65e5__x4ed8__x3068__x6642__x523b_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+    <_x30ea__x30f3__x30af_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </_x30ea__x30f3__x30af_>
+    <_x8907__x6570__x884c__x30c6__x30ad__x30b9__x30c8_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+    <_x7ba1__x7406__x756a__x53f7_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0">RC-311</_x7ba1__x7406__x756a__x53f7_>
+    <_Flow_SignoffStatus xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+    <_dlc_Exempt xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_x006c_nu1 xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </_x006c_nu1>
+    <_x6570__x5b57_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+    <_x9234__x6728__x30c6__x30b9__x30c8_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+    <_x8ca9__x58f2__x5e97_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f8486722-456f-4c86-9af7-b8b16200fae9" xsi:nil="true"/>
+    <_x6570__x5024_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+    <_x88dc__x8db3_ xmlns="79ee9245-d882-4ddc-9b39-e6678e7416f0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>ドキュメント</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyAudit" staticId="0x010100E6F1B8B26459E1498F4748E521128168|1757814118" UniqueId="f37f348f-1288-400b-a566-16401018dade">
+      <p:Name>監査</p:Name>
+      <p:Description>ドキュメントおよびリスト アイテムに対するユーザーの操作を監査し、監査ログに記録します。</p:Description>
+      <p:CustomData>
+        <Audit>
+          <Update/>
+          <CheckInOut/>
+          <MoveCopy/>
+          <DeleteRestore/>
+        </Audit>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100E6F1B8B26459E1498F4748E521128168" ma:contentTypeVersion="39" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="0125a8782842ea84f7e5bb0b67cc901e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="79ee9245-d882-4ddc-9b39-e6678e7416f0" xmlns:ns3="f8486722-456f-4c86-9af7-b8b16200fae9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78255df4b367616e0aff46ff566de4ef" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="79ee9245-d882-4ddc-9b39-e6678e7416f0"/>
     <xsd:import namespace="f8486722-456f-4c86-9af7-b8b16200fae9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_x30ea__x30f3__x30af_" minOccurs="0"/>
                 <xsd:element ref="ns2:_x8907__x6570__x884c__x30c6__x30ad__x30b9__x30c8_" minOccurs="0"/>
                 <xsd:element ref="ns2:_x65e5__x4ed8__x3068__x6642__x523b_" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:_x006c_nu1" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns1:_dlc_Exempt" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
@@ -24569,164 +24664,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-</p:Policy>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83AB3B7E-4A71-401F-A1F2-C72ACF415E1C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f8486722-456f-4c86-9af7-b8b16200fae9"/>
+    <ds:schemaRef ds:uri="79ee9245-d882-4ddc-9b39-e6678e7416f0"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3452B2C0-E08E-47BA-851E-0B20260C014E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9379F0D-3024-4912-BDEA-9FAFD610859C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="office.server.policy"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D61FD58-E709-417C-B07C-AB6493154D80}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="79ee9245-d882-4ddc-9b39-e6678e7416f0"/>
     <ds:schemaRef ds:uri="f8486722-456f-4c86-9af7-b8b16200fae9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...32 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>