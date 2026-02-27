--- v0 (2025-12-17)
+++ v1 (2026-02-27)
@@ -15,53 +15,53 @@
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E5973914-3151-464A-9799-51BF825D297E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC3F0383-21BA-4342-8077-E8E3D4CB46DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="813" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-24960" yWindow="-16320" windowWidth="29040" windowHeight="15720" tabRatio="813" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SDM利用申込書" sheetId="16" r:id="rId1"/>
     <sheet name="①記入例_新規申込" sheetId="35" state="hidden" r:id="rId2"/>
     <sheet name="②記入例_端末追加 " sheetId="36" state="hidden" r:id="rId3"/>
     <sheet name="③記入例_一部解約" sheetId="38" r:id="rId4"/>
     <sheet name="④記入例_全解約" sheetId="39" state="hidden" r:id="rId5"/>
     <sheet name="⑤記入例_OS切替" sheetId="40" state="hidden" r:id="rId6"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">①記入例_新規申込!$A$1:$N$103</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'②記入例_端末追加 '!$A$1:$N$103</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">③記入例_一部解約!$A$1:$N$103</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">④記入例_全解約!$A$1:$N$103</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">⑤記入例_OS切替!$A$1:$N$103</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">SDM利用申込書!$A$1:$N$46</definedName>
     <definedName name="Stage">[1]list!$A$1:$A$6</definedName>
     <definedName name="StageOption">[2]list!$C$1:$C$19</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -617,51 +617,51 @@
   <c r="B3" i="35"/>
   <c r="R17" i="16" l="1"/>
   <c r="R16" i="16"/>
   <c r="R19" i="16" l="1"/>
   <c r="R15" i="16" l="1"/>
   <c r="R14" i="16"/>
   <c r="B29" i="35" l="1"/>
   <c r="B29" i="36"/>
   <c r="B29" i="40"/>
   <c r="B29" i="38"/>
   <c r="B29" i="39"/>
   <c r="B30" i="40"/>
   <c r="B30" i="35"/>
   <c r="B30" i="38"/>
   <c r="B30" i="39"/>
   <c r="B30" i="36"/>
   <c r="B31" i="36"/>
   <c r="B31" i="40"/>
   <c r="B31" i="38"/>
   <c r="B31" i="39"/>
   <c r="B31" i="35"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="63">
   <si>
     <t>お申込日</t>
     <rPh sb="1" eb="3">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>貴社ご発注番号</t>
     <rPh sb="0" eb="2">
       <t>キシャ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ハッチュウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>お申込内容</t>
@@ -1316,70 +1316,51 @@
   </si>
   <si>
     <t>03-1234-5678</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>このiPhoneを拾った方は、お手数ですが画面の緊急連絡先までご連絡ください。</t>
     <rPh sb="2" eb="13">
       <t>アイフォンヲヒロッタカタ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>テスウ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>ガメン</t>
     </rPh>
     <rPh sb="24" eb="29">
       <t>キンキュウレンラクサキ</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>SBC&amp;S 株式会社</t>
-[...18 lines deleted...]
-    <t>sbbmb-cx-msmoperation@g.softbank.co.jp</t>
+    <t xml:space="preserve">〒 </t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
@@ -1962,128 +1943,122 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border diagonalUp="1">
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal style="hair">
         <color indexed="64"/>
       </diagonal>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="217">
+  <cellXfs count="216">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -2188,81 +2163,60 @@
     </xf>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -2329,53 +2283,50 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2384,53 +2335,50 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="3" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="3" fillId="8" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="3" fillId="8" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2613,50 +2561,80 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="8" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="134">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
@@ -13224,868 +13202,862 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="B1:S47"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5:G5"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="2.59765625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="7" style="1" customWidth="1"/>
-    <col min="3" max="3" width="9.69921875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
-    <col min="5" max="5" width="8.69921875" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="8.19921875" style="1"/>
+    <col min="5" max="5" width="8.75" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.75" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.75" style="1" customWidth="1"/>
+    <col min="10" max="12" width="8.875" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="2.625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.25" style="1"/>
     <col min="16" max="18" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="19" max="16384" width="8.19921875" style="1"/>
+    <col min="19" max="16384" width="8.25" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="57.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:18" ht="57.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="M1" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="103" t="s">
+    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="94" t="s">
         <v>29</v>
       </c>
-      <c r="C2" s="103"/>
-[...12 lines deleted...]
-      <c r="B3" s="106" t="s">
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+    </row>
+    <row r="3" spans="2:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="97" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="107"/>
-[...12 lines deleted...]
-      <c r="B4" s="106" t="s">
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+    </row>
+    <row r="4" spans="2:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="97" t="s">
         <v>28</v>
       </c>
-      <c r="C4" s="106"/>
-[...12 lines deleted...]
-      <c r="B5" s="78" t="s">
+      <c r="C4" s="97"/>
+      <c r="D4" s="97"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="97"/>
+      <c r="G4" s="97"/>
+      <c r="H4" s="97"/>
+      <c r="I4" s="97"/>
+      <c r="J4" s="97"/>
+      <c r="K4" s="97"/>
+      <c r="L4" s="97"/>
+      <c r="M4" s="97"/>
+    </row>
+    <row r="5" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="73" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="78"/>
-[...4 lines deleted...]
-      <c r="H5" s="78" t="s">
+      <c r="C5" s="73"/>
+      <c r="D5" s="95"/>
+      <c r="E5" s="95"/>
+      <c r="F5" s="95"/>
+      <c r="G5" s="95"/>
+      <c r="H5" s="73" t="s">
         <v>1</v>
       </c>
-      <c r="I5" s="78"/>
-[...7 lines deleted...]
-      <c r="B7" s="78" t="s">
+      <c r="I5" s="73"/>
+      <c r="J5" s="96"/>
+      <c r="K5" s="96"/>
+      <c r="L5" s="96"/>
+      <c r="M5" s="96"/>
+    </row>
+    <row r="6" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="73" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="78"/>
-[...4 lines deleted...]
-      <c r="B8" s="123" t="s">
+      <c r="C7" s="73"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="99"/>
+    </row>
+    <row r="8" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="113" t="s">
         <v>4</v>
       </c>
-      <c r="C8" s="124"/>
-      <c r="D8" s="129" t="s">
+      <c r="C8" s="114"/>
+      <c r="D8" s="119" t="s">
         <v>24</v>
       </c>
-      <c r="E8" s="72" t="s">
+      <c r="E8" s="70" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="11"/>
-      <c r="H8" s="72" t="s">
+      <c r="H8" s="70" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J8" s="11"/>
-      <c r="K8" s="72" t="s">
+      <c r="K8" s="70" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M8" s="11"/>
     </row>
-    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E9" s="73" t="s">
+    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="115"/>
+      <c r="C9" s="116"/>
+      <c r="D9" s="120"/>
+      <c r="E9" s="71" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="G9" s="24"/>
-      <c r="H9" s="73" t="s">
+      <c r="G9" s="23"/>
+      <c r="H9" s="71" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="J9" s="24"/>
-      <c r="K9" s="73" t="s">
+      <c r="J9" s="23"/>
+      <c r="K9" s="71" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="M9" s="24"/>
-[...5 lines deleted...]
-      <c r="E10" s="74" t="s">
+      <c r="M9" s="23"/>
+    </row>
+    <row r="10" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="117"/>
+      <c r="C10" s="118"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="72" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="23" t="s">
+      <c r="F10" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="G10" s="30" t="s">
+      <c r="G10" s="28" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="10"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="10"/>
       <c r="L10" s="4"/>
-      <c r="M10" s="23"/>
-[...2 lines deleted...]
-      <c r="B11" s="109" t="s">
+      <c r="M10" s="22"/>
+    </row>
+    <row r="11" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="100" t="s">
         <v>25</v>
       </c>
-      <c r="C11" s="111"/>
-      <c r="D11" s="40" t="s">
+      <c r="C11" s="102"/>
+      <c r="D11" s="38" t="s">
         <v>26</v>
       </c>
-      <c r="E11" s="86"/>
-[...1 lines deleted...]
-      <c r="G11" s="28" t="s">
+      <c r="E11" s="77"/>
+      <c r="F11" s="78"/>
+      <c r="G11" s="26" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
     </row>
-    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B12" s="133" t="s">
+    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="123" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="133"/>
-[...1 lines deleted...]
-      <c r="E12" s="134" t="s">
+      <c r="C12" s="123"/>
+      <c r="D12" s="54"/>
+      <c r="E12" s="124" t="s">
         <v>52</v>
       </c>
-      <c r="F12" s="135"/>
-[...9 lines deleted...]
-      <c r="B13" s="109" t="s">
+      <c r="F12" s="125"/>
+      <c r="G12" s="125"/>
+      <c r="H12" s="125"/>
+      <c r="I12" s="125"/>
+      <c r="J12" s="125"/>
+      <c r="K12" s="125"/>
+      <c r="L12" s="125"/>
+      <c r="M12" s="126"/>
+    </row>
+    <row r="13" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="100" t="s">
         <v>9</v>
       </c>
-      <c r="C13" s="137"/>
-[...12 lines deleted...]
-      <c r="B14" s="115" t="s">
+      <c r="C13" s="127"/>
+      <c r="D13" s="127"/>
+      <c r="E13" s="127"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
+      <c r="H13" s="127"/>
+      <c r="I13" s="127"/>
+      <c r="J13" s="127"/>
+      <c r="K13" s="127"/>
+      <c r="L13" s="127"/>
+      <c r="M13" s="128"/>
+    </row>
+    <row r="14" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="106" t="s">
         <v>32</v>
       </c>
-      <c r="C14" s="116"/>
-[...1 lines deleted...]
-      <c r="E14" s="95" t="s">
+      <c r="C14" s="107"/>
+      <c r="D14" s="110"/>
+      <c r="E14" s="86" t="s">
         <v>51</v>
       </c>
-      <c r="F14" s="96"/>
-[...3 lines deleted...]
-      <c r="J14" s="38" t="s">
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="K14" s="98"/>
-[...1 lines deleted...]
-      <c r="M14" s="34" t="s">
+      <c r="K14" s="89"/>
+      <c r="L14" s="90"/>
+      <c r="M14" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R14" s="3" t="str">
         <f>P14&amp;Q14</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E15" s="143" t="s">
+    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="82"/>
+      <c r="C15" s="83"/>
+      <c r="D15" s="111"/>
+      <c r="E15" s="132" t="s">
         <v>39</v>
       </c>
-      <c r="F15" s="143"/>
-[...2 lines deleted...]
-      <c r="I15" s="143"/>
+      <c r="F15" s="132"/>
+      <c r="G15" s="132"/>
+      <c r="H15" s="132"/>
+      <c r="I15" s="132"/>
       <c r="J15" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="K15" s="144"/>
-[...1 lines deleted...]
-      <c r="M15" s="37" t="s">
+      <c r="K15" s="133"/>
+      <c r="L15" s="134"/>
+      <c r="M15" s="35" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="3" t="str">
         <f t="shared" ref="R15" si="0">P15&amp;Q15</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E16" s="146" t="s">
+    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="82"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="110"/>
+      <c r="E16" s="135" t="s">
         <v>37</v>
       </c>
-      <c r="F16" s="147"/>
-[...3 lines deleted...]
-      <c r="J16" s="39" t="s">
+      <c r="F16" s="136"/>
+      <c r="G16" s="136"/>
+      <c r="H16" s="136"/>
+      <c r="I16" s="137"/>
+      <c r="J16" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="K16" s="100"/>
-[...1 lines deleted...]
-      <c r="M16" s="51" t="s">
+      <c r="K16" s="91"/>
+      <c r="L16" s="92"/>
+      <c r="M16" s="49" t="s">
         <v>33</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R16" s="3" t="str">
         <f>P16&amp;Q16</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="E17" s="112" t="s">
+    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B17" s="108"/>
+      <c r="C17" s="109"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="103" t="s">
         <v>38</v>
       </c>
-      <c r="F17" s="112"/>
-[...3 lines deleted...]
-      <c r="J17" s="49" t="s">
+      <c r="F17" s="103"/>
+      <c r="G17" s="103"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="47" t="s">
         <v>11</v>
       </c>
-      <c r="K17" s="113"/>
-[...1 lines deleted...]
-      <c r="M17" s="33" t="s">
+      <c r="K17" s="104"/>
+      <c r="L17" s="105"/>
+      <c r="M17" s="31" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R17" s="3" t="str">
         <f t="shared" ref="R17" si="1">P17&amp;Q17</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="91" t="s">
+    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="82" t="s">
         <v>36</v>
       </c>
-      <c r="C18" s="92"/>
-      <c r="D18" s="54" t="s">
+      <c r="C18" s="83"/>
+      <c r="D18" s="52" t="s">
         <v>44</v>
       </c>
-      <c r="E18" s="93" t="s">
+      <c r="E18" s="84" t="s">
         <v>43</v>
       </c>
-      <c r="F18" s="94"/>
-[...3 lines deleted...]
-      <c r="J18" s="50" t="s">
+      <c r="F18" s="85"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="85"/>
+      <c r="J18" s="48" t="s">
         <v>11</v>
       </c>
-      <c r="K18" s="88" t="s">
+      <c r="K18" s="79" t="s">
         <v>48</v>
       </c>
-      <c r="L18" s="89"/>
-      <c r="M18" s="90"/>
+      <c r="L18" s="80"/>
+      <c r="M18" s="81"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
     </row>
-    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D19" s="55" t="s">
+    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="82"/>
+      <c r="C19" s="83"/>
+      <c r="D19" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="E19" s="80" t="s">
+      <c r="E19" s="75" t="s">
         <v>45</v>
       </c>
-      <c r="F19" s="81"/>
-[...3 lines deleted...]
-      <c r="J19" s="38" t="s">
+      <c r="F19" s="76"/>
+      <c r="G19" s="76"/>
+      <c r="H19" s="76"/>
+      <c r="I19" s="76"/>
+      <c r="J19" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="K19" s="98"/>
-[...1 lines deleted...]
-      <c r="M19" s="34" t="s">
+      <c r="K19" s="89"/>
+      <c r="L19" s="90"/>
+      <c r="M19" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R19" s="3" t="str">
         <f t="shared" ref="R19" si="2">P19&amp;Q19</f>
         <v>ロックワイプサービス</v>
       </c>
     </row>
-    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="109" t="s">
+    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="100" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="110"/>
-[...40 lines deleted...]
-      <c r="B23" s="78" t="s">
+      <c r="C20" s="101"/>
+      <c r="D20" s="101"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="101"/>
+      <c r="G20" s="101"/>
+      <c r="H20" s="101"/>
+      <c r="I20" s="101"/>
+      <c r="J20" s="101"/>
+      <c r="K20" s="101"/>
+      <c r="L20" s="101"/>
+      <c r="M20" s="102"/>
+    </row>
+    <row r="21" spans="2:19" s="13" customFormat="1" ht="51.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="122"/>
+      <c r="C21" s="122"/>
+      <c r="D21" s="122"/>
+      <c r="E21" s="122"/>
+      <c r="F21" s="122"/>
+      <c r="G21" s="122"/>
+      <c r="H21" s="122"/>
+      <c r="I21" s="122"/>
+      <c r="J21" s="122"/>
+      <c r="K21" s="122"/>
+      <c r="L21" s="122"/>
+      <c r="M21" s="122"/>
+    </row>
+    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="16"/>
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+    </row>
+    <row r="23" spans="2:19" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="73" t="s">
         <v>41</v>
       </c>
-      <c r="C23" s="78"/>
-[...1 lines deleted...]
-      <c r="E23" s="78"/>
+      <c r="C23" s="73"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="73"/>
       <c r="F23" s="13" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="79" t="s">
+    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="C24" s="79"/>
-      <c r="D24" s="80" t="s">
+      <c r="C24" s="74"/>
+      <c r="D24" s="206"/>
+      <c r="E24" s="207"/>
+      <c r="F24" s="207"/>
+      <c r="G24" s="207"/>
+      <c r="H24" s="207"/>
+      <c r="I24" s="208"/>
+      <c r="J24" s="208"/>
+      <c r="K24" s="208"/>
+      <c r="L24" s="208"/>
+      <c r="M24" s="209"/>
+    </row>
+    <row r="25" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="74" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="74"/>
+      <c r="D25" s="206"/>
+      <c r="E25" s="207"/>
+      <c r="F25" s="207"/>
+      <c r="G25" s="207"/>
+      <c r="H25" s="213"/>
+      <c r="I25" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="J25" s="206"/>
+      <c r="K25" s="207"/>
+      <c r="L25" s="207"/>
+      <c r="M25" s="213"/>
+    </row>
+    <row r="26" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="74" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" s="74"/>
+      <c r="D26" s="210" t="s">
         <v>62</v>
       </c>
-      <c r="E24" s="81"/>
-[...50 lines deleted...]
-      <c r="B27" s="139" t="s">
+      <c r="E26" s="211"/>
+      <c r="F26" s="212"/>
+      <c r="G26" s="207"/>
+      <c r="H26" s="207"/>
+      <c r="I26" s="207"/>
+      <c r="J26" s="207"/>
+      <c r="K26" s="207"/>
+      <c r="L26" s="207"/>
+      <c r="M26" s="213"/>
+    </row>
+    <row r="27" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="129" t="s">
         <v>20</v>
       </c>
-      <c r="C27" s="139"/>
-[...5 lines deleted...]
-      <c r="I27" s="32" t="s">
+      <c r="C27" s="129"/>
+      <c r="D27" s="77"/>
+      <c r="E27" s="214"/>
+      <c r="F27" s="214"/>
+      <c r="G27" s="214"/>
+      <c r="H27" s="78"/>
+      <c r="I27" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="J27" s="122" t="s">
-[...4 lines deleted...]
-      <c r="M27" s="122"/>
+      <c r="J27" s="215"/>
+      <c r="K27" s="215"/>
+      <c r="L27" s="215"/>
+      <c r="M27" s="215"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
     </row>
-    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="12"/>
-      <c r="C28" s="22"/>
-[...12 lines deleted...]
-      <c r="B29" s="52" t="s">
+      <c r="C28" s="21"/>
+      <c r="D28" s="21"/>
+      <c r="E28" s="21"/>
+      <c r="F28" s="21"/>
+      <c r="G28" s="21"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="21"/>
+      <c r="J28" s="21"/>
+      <c r="K28" s="21"/>
+      <c r="L28" s="21"/>
+      <c r="M28" s="21"/>
+    </row>
+    <row r="29" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="50" t="s">
         <v>55</v>
       </c>
-      <c r="C29" s="27"/>
-[...12 lines deleted...]
-      <c r="B30" s="52" t="s">
+      <c r="C29" s="25"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="24"/>
+      <c r="I29" s="24"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="24"/>
+      <c r="L29" s="24"/>
+      <c r="M29" s="24"/>
+    </row>
+    <row r="30" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="50" t="s">
         <v>56</v>
       </c>
-      <c r="C30" s="27"/>
-[...12 lines deleted...]
-      <c r="B31" s="52" t="s">
+      <c r="C30" s="25"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="24"/>
+      <c r="I30" s="24"/>
+      <c r="J30" s="24"/>
+      <c r="K30" s="24"/>
+      <c r="L30" s="24"/>
+      <c r="M30" s="24"/>
+    </row>
+    <row r="31" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="50" t="s">
         <v>57</v>
       </c>
-      <c r="C31" s="27"/>
-[...11 lines deleted...]
-    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C31" s="25"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+    </row>
+    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="12"/>
-      <c r="C32" s="29"/>
-[...12 lines deleted...]
-      <c r="B33" s="102" t="s">
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="27"/>
+      <c r="K32" s="27"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+    </row>
+    <row r="33" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="93" t="s">
         <v>47</v>
       </c>
-      <c r="C33" s="102"/>
-[...193 lines deleted...]
-    <row r="47" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
+      <c r="C33" s="93"/>
+      <c r="D33" s="93"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="93"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="93"/>
+      <c r="M33" s="93"/>
+    </row>
+    <row r="34" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="93"/>
+      <c r="C34" s="93"/>
+      <c r="D34" s="93"/>
+      <c r="E34" s="93"/>
+      <c r="F34" s="93"/>
+      <c r="G34" s="93"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="93"/>
+      <c r="J34" s="93"/>
+      <c r="K34" s="93"/>
+      <c r="L34" s="93"/>
+      <c r="M34" s="93"/>
+    </row>
+    <row r="35" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="93"/>
+      <c r="C35" s="93"/>
+      <c r="D35" s="93"/>
+      <c r="E35" s="93"/>
+      <c r="F35" s="93"/>
+      <c r="G35" s="93"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="93"/>
+      <c r="J35" s="93"/>
+      <c r="K35" s="93"/>
+      <c r="L35" s="93"/>
+      <c r="M35" s="93"/>
+    </row>
+    <row r="36" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="93"/>
+      <c r="C36" s="93"/>
+      <c r="D36" s="93"/>
+      <c r="E36" s="93"/>
+      <c r="F36" s="93"/>
+      <c r="G36" s="93"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="93"/>
+      <c r="J36" s="93"/>
+      <c r="K36" s="93"/>
+      <c r="L36" s="93"/>
+      <c r="M36" s="93"/>
+    </row>
+    <row r="37" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="93"/>
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+    </row>
+    <row r="38" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="93"/>
+      <c r="C38" s="93"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="93"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+    </row>
+    <row r="39" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="93"/>
+      <c r="C39" s="93"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="93"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+    </row>
+    <row r="40" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="93"/>
+      <c r="C40" s="93"/>
+      <c r="D40" s="93"/>
+      <c r="E40" s="93"/>
+      <c r="F40" s="93"/>
+      <c r="G40" s="93"/>
+      <c r="H40" s="93"/>
+      <c r="I40" s="93"/>
+      <c r="J40" s="93"/>
+      <c r="K40" s="93"/>
+      <c r="L40" s="93"/>
+      <c r="M40" s="93"/>
+    </row>
+    <row r="41" spans="2:13" s="3" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="93"/>
+      <c r="C41" s="93"/>
+      <c r="D41" s="93"/>
+      <c r="E41" s="93"/>
+      <c r="F41" s="93"/>
+      <c r="G41" s="93"/>
+      <c r="H41" s="93"/>
+      <c r="I41" s="93"/>
+      <c r="J41" s="93"/>
+      <c r="K41" s="93"/>
+      <c r="L41" s="93"/>
+      <c r="M41" s="93"/>
+    </row>
+    <row r="42" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="93"/>
+      <c r="C42" s="93"/>
+      <c r="D42" s="93"/>
+      <c r="E42" s="93"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="93"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="93"/>
+      <c r="J42" s="93"/>
+      <c r="K42" s="93"/>
+      <c r="L42" s="93"/>
+      <c r="M42" s="93"/>
+    </row>
+    <row r="43" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="93"/>
+      <c r="C43" s="93"/>
+      <c r="D43" s="93"/>
+      <c r="E43" s="93"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="93"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="93"/>
+      <c r="J43" s="93"/>
+      <c r="K43" s="93"/>
+      <c r="L43" s="93"/>
+      <c r="M43" s="93"/>
+    </row>
+    <row r="44" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="93"/>
+      <c r="C44" s="93"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="93"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="93"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="93"/>
+      <c r="J44" s="93"/>
+      <c r="K44" s="93"/>
+      <c r="L44" s="93"/>
+      <c r="M44" s="93"/>
+    </row>
+    <row r="45" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="34"/>
+      <c r="C45" s="34"/>
+      <c r="D45" s="34"/>
+      <c r="E45" s="34"/>
+      <c r="F45" s="34"/>
+      <c r="G45" s="34"/>
+      <c r="H45" s="34"/>
+      <c r="I45" s="34"/>
+      <c r="J45" s="34"/>
+      <c r="K45" s="34"/>
+      <c r="L45" s="34"/>
+      <c r="M45" s="34"/>
+    </row>
+    <row r="46" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B46" s="34"/>
+      <c r="C46" s="34"/>
+      <c r="D46" s="34"/>
+      <c r="E46" s="34"/>
+      <c r="F46" s="34"/>
+      <c r="G46" s="34"/>
+      <c r="H46" s="34"/>
+      <c r="I46" s="34"/>
+      <c r="J46" s="34"/>
+      <c r="K46" s="34"/>
+      <c r="L46" s="34"/>
+      <c r="M46" s="34"/>
+    </row>
+    <row r="47" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="J27:M27"/>
     <mergeCell ref="B8:C10"/>
     <mergeCell ref="D8:D10"/>
     <mergeCell ref="B21:M21"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="E12:M12"/>
     <mergeCell ref="B13:M13"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="D27:H27"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="E15:I15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="E16:I16"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B33:M44"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:M5"/>
     <mergeCell ref="B4:M4"/>
@@ -14170,1670 +14142,1670 @@
   <conditionalFormatting sqref="D29:M31">
     <cfRule type="cellIs" dxfId="121" priority="8" operator="equal">
       <formula>"□送付要　　　　　　　　　　■送付不要"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="120" priority="9" operator="equal">
       <formula>"■送付要　　　　　　　　　　□送付不要"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K8:K10 J18 E8:E10 H8:H9" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.23622047244094491" top="0.55118110236220474" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:S101"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="2.59765625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="7" style="1" customWidth="1"/>
-    <col min="3" max="3" width="9.69921875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
-    <col min="5" max="5" width="8.69921875" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="8.19921875" style="1"/>
+    <col min="5" max="5" width="8.75" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.75" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.75" style="1" customWidth="1"/>
+    <col min="10" max="12" width="8.875" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="2.625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.25" style="1"/>
     <col min="16" max="18" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="19" max="16384" width="8.19921875" style="1"/>
+    <col min="19" max="16384" width="8.25" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="57.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="M1" s="61" t="str">
+    <row r="1" spans="2:18" ht="57.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M1" s="59" t="str">
         <f>SDM利用申込書!M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="103" t="str">
+    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="94" t="str">
         <f>SDM利用申込書!B2</f>
         <v>FiT SDM 利用申込書</v>
       </c>
-      <c r="C2" s="103"/>
-[...12 lines deleted...]
-      <c r="B3" s="106" t="str">
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+    </row>
+    <row r="3" spans="2:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="97" t="str">
         <f>SDM利用申込書!B3</f>
         <v>FiT SDMをお申し込みいただき誠にありがとうございます。
 ライセンス発行に際しては、本申込書の記入、送付をお願いいたします。(本書ご記入の際は、下記の「個人情報取扱について」をお読みください。）
 また、事前に「FiT SDM利用規約」のご確認をお願いいたします。
 記載内容に不備がありますと、ライセンスの発行ができない場合がございますのでご注意ください。</v>
       </c>
-      <c r="C3" s="107"/>
-[...12 lines deleted...]
-      <c r="B4" s="106" t="str">
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+    </row>
+    <row r="4" spans="2:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="97" t="str">
         <f>SDM利用申込書!B4</f>
         <v>〈送付先：sdm-info@isb.co.jp〉　捺印のうえPDFにてご送付ください。原本の郵送は不要です。</v>
       </c>
-      <c r="C4" s="106"/>
-[...12 lines deleted...]
-      <c r="B5" s="78" t="str">
+      <c r="C4" s="97"/>
+      <c r="D4" s="97"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="97"/>
+      <c r="G4" s="97"/>
+      <c r="H4" s="97"/>
+      <c r="I4" s="97"/>
+      <c r="J4" s="97"/>
+      <c r="K4" s="97"/>
+      <c r="L4" s="97"/>
+      <c r="M4" s="97"/>
+    </row>
+    <row r="5" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="73" t="str">
         <f>SDM利用申込書!B5</f>
         <v>お申込日</v>
       </c>
-      <c r="C5" s="78"/>
-      <c r="D5" s="155">
+      <c r="C5" s="73"/>
+      <c r="D5" s="144">
         <v>45747</v>
       </c>
-      <c r="E5" s="155"/>
-[...2 lines deleted...]
-      <c r="H5" s="78" t="str">
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="144"/>
+      <c r="H5" s="73" t="str">
         <f>SDM利用申込書!H5</f>
         <v>貴社ご発注番号</v>
       </c>
-      <c r="I5" s="78"/>
-[...7 lines deleted...]
-      <c r="B7" s="78" t="str">
+      <c r="I5" s="73"/>
+      <c r="J5" s="145"/>
+      <c r="K5" s="145"/>
+      <c r="L5" s="145"/>
+      <c r="M5" s="145"/>
+    </row>
+    <row r="6" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="73" t="str">
         <f>SDM利用申込書!B7</f>
         <v>お申込内容</v>
       </c>
-      <c r="C7" s="78"/>
-[...4 lines deleted...]
-      <c r="B8" s="123" t="str">
+      <c r="C7" s="73"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="99"/>
+    </row>
+    <row r="8" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="113" t="str">
         <f>SDM利用申込書!B8</f>
         <v>申込区分</v>
       </c>
-      <c r="C8" s="149"/>
-      <c r="D8" s="152" t="str">
+      <c r="C8" s="138"/>
+      <c r="D8" s="141" t="str">
         <f>SDM利用申込書!D8</f>
         <v>複数選択可</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F8" s="6" t="str">
         <f>SDM利用申込書!F8</f>
         <v>新規購入</v>
       </c>
       <c r="G8" s="11"/>
       <c r="H8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="6" t="str">
         <f>SDM利用申込書!I8</f>
         <v>追加購入</v>
       </c>
       <c r="J8" s="11"/>
       <c r="K8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="6" t="str">
         <f>SDM利用申込書!L8</f>
         <v>その他（登録情報変更等）</v>
       </c>
       <c r="M8" s="11"/>
     </row>
-    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D9" s="153"/>
+    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="115"/>
+      <c r="C9" s="139"/>
+      <c r="D9" s="142"/>
       <c r="E9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="8" t="str">
         <f>SDM利用申込書!F9</f>
         <v>プラン変更</v>
       </c>
-      <c r="G9" s="24"/>
+      <c r="G9" s="23"/>
       <c r="H9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="8" t="str">
         <f>SDM利用申込書!I9</f>
         <v>一部解約</v>
       </c>
-      <c r="J9" s="24"/>
+      <c r="J9" s="23"/>
       <c r="K9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="8" t="str">
         <f>SDM利用申込書!L9</f>
         <v>全解約</v>
       </c>
-      <c r="M9" s="24"/>
-[...4 lines deleted...]
-      <c r="D10" s="154"/>
+      <c r="M9" s="23"/>
+    </row>
+    <row r="10" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="117"/>
+      <c r="C10" s="140"/>
+      <c r="D10" s="143"/>
       <c r="E10" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="23" t="str">
+      <c r="F10" s="22" t="str">
         <f>SDM利用申込書!F10</f>
         <v>OS切替</v>
       </c>
-      <c r="G10" s="30" t="str">
+      <c r="G10" s="28" t="str">
         <f>SDM利用申込書!G10</f>
         <v>OS切替分は「OS変更・一部解約_端末一覧表」シートに記載ください。［申込製品・申込数量］欄への記載は不要です。</v>
       </c>
       <c r="H10" s="10"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="10"/>
       <c r="L10" s="4"/>
-      <c r="M10" s="23"/>
-[...2 lines deleted...]
-      <c r="B11" s="109" t="str">
+      <c r="M10" s="22"/>
+    </row>
+    <row r="11" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="100" t="str">
         <f>SDM利用申込書!B11</f>
         <v>契約識別番号</v>
       </c>
-      <c r="C11" s="157"/>
+      <c r="C11" s="146"/>
       <c r="D11" s="15" t="str">
         <f>SDM利用申込書!D11</f>
         <v>記載ください</v>
       </c>
-      <c r="E11" s="140"/>
-[...1 lines deleted...]
-      <c r="G11" s="28" t="str">
+      <c r="E11" s="130"/>
+      <c r="F11" s="131"/>
+      <c r="G11" s="26" t="str">
         <f>SDM利用申込書!G11</f>
         <v>契約識別番号は6桁の数字です。管理コンソールまたはライセンス証書よりご確認いただけます。</v>
       </c>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
     </row>
-    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B12" s="133" t="str">
+    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="123" t="str">
         <f>SDM利用申込書!B12</f>
         <v>サービス開始/終了希望日</v>
       </c>
-      <c r="C12" s="164"/>
-[...1 lines deleted...]
-      <c r="E12" s="165" t="s">
+      <c r="C12" s="153"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="154" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="166"/>
-[...9 lines deleted...]
-      <c r="B13" s="109" t="str">
+      <c r="F12" s="155"/>
+      <c r="G12" s="155"/>
+      <c r="H12" s="155"/>
+      <c r="I12" s="155"/>
+      <c r="J12" s="155"/>
+      <c r="K12" s="155"/>
+      <c r="L12" s="155"/>
+      <c r="M12" s="156"/>
+    </row>
+    <row r="13" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="100" t="str">
         <f>SDM利用申込書!B13</f>
         <v>申込製品・申込数量</v>
       </c>
-      <c r="C13" s="137"/>
-[...12 lines deleted...]
-      <c r="B14" s="115" t="str">
+      <c r="C13" s="127"/>
+      <c r="D13" s="127"/>
+      <c r="E13" s="127"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
+      <c r="H13" s="127"/>
+      <c r="I13" s="127"/>
+      <c r="J13" s="127"/>
+      <c r="K13" s="127"/>
+      <c r="L13" s="127"/>
+      <c r="M13" s="128"/>
+    </row>
+    <row r="14" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="106" t="str">
         <f>SDM利用申込書!B14</f>
         <v>基本プラン</v>
       </c>
-      <c r="C14" s="116"/>
-[...1 lines deleted...]
-      <c r="E14" s="95" t="str">
+      <c r="C14" s="107"/>
+      <c r="D14" s="110"/>
+      <c r="E14" s="86" t="str">
         <f>SDM利用申込書!E14</f>
         <v>　FiT SDM　Android（MSM版）</v>
       </c>
-      <c r="F14" s="96"/>
-[...3 lines deleted...]
-      <c r="J14" s="47" t="str">
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="45" t="str">
         <f>SDM利用申込書!J14</f>
         <v>申込数</v>
       </c>
-      <c r="K14" s="158">
+      <c r="K14" s="147">
         <v>50</v>
       </c>
-      <c r="L14" s="159"/>
-      <c r="M14" s="34" t="str">
+      <c r="L14" s="148"/>
+      <c r="M14" s="32" t="str">
         <f>SDM利用申込書!M14</f>
         <v>ライセンス</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R14" s="3" t="str">
         <f>P14&amp;Q14</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E15" s="143" t="str">
+    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="82"/>
+      <c r="C15" s="83"/>
+      <c r="D15" s="111"/>
+      <c r="E15" s="132" t="str">
         <f>SDM利用申込書!E15</f>
         <v>　FiT SDM　iOS/iPadOS（MSM版）</v>
       </c>
-      <c r="F15" s="143"/>
-[...2 lines deleted...]
-      <c r="I15" s="143"/>
+      <c r="F15" s="132"/>
+      <c r="G15" s="132"/>
+      <c r="H15" s="132"/>
+      <c r="I15" s="132"/>
       <c r="J15" s="14" t="str">
         <f>SDM利用申込書!J15</f>
         <v>申込数</v>
       </c>
-      <c r="K15" s="160"/>
-[...1 lines deleted...]
-      <c r="M15" s="41" t="str">
+      <c r="K15" s="149"/>
+      <c r="L15" s="150"/>
+      <c r="M15" s="39" t="str">
         <f>SDM利用申込書!M15</f>
         <v>ライセンス</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="3" t="str">
         <f t="shared" ref="R15" si="0">P15&amp;Q15</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E16" s="146" t="str">
+    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="82"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="110"/>
+      <c r="E16" s="135" t="str">
         <f>SDM利用申込書!E16</f>
         <v>　FiT SDM　Android コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F16" s="147"/>
-[...3 lines deleted...]
-      <c r="J16" s="48" t="str">
+      <c r="F16" s="136"/>
+      <c r="G16" s="136"/>
+      <c r="H16" s="136"/>
+      <c r="I16" s="137"/>
+      <c r="J16" s="46" t="str">
         <f>SDM利用申込書!J16</f>
         <v>申込数</v>
       </c>
-      <c r="K16" s="162"/>
-[...1 lines deleted...]
-      <c r="M16" s="51" t="str">
+      <c r="K16" s="151"/>
+      <c r="L16" s="152"/>
+      <c r="M16" s="49" t="str">
         <f>SDM利用申込書!M16</f>
         <v>ライセンス</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R16" s="3" t="str">
         <f>P16&amp;Q16</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="E17" s="112" t="str">
+    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B17" s="108"/>
+      <c r="C17" s="109"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="103" t="str">
         <f>SDM利用申込書!E17</f>
         <v>　FiT SDM　iOS/iPadOS　コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F17" s="112"/>
-[...3 lines deleted...]
-      <c r="J17" s="49" t="str">
+      <c r="F17" s="103"/>
+      <c r="G17" s="103"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="47" t="str">
         <f>SDM利用申込書!J17</f>
         <v>申込数</v>
       </c>
-      <c r="K17" s="168"/>
-[...1 lines deleted...]
-      <c r="M17" s="33" t="str">
+      <c r="K17" s="157"/>
+      <c r="L17" s="158"/>
+      <c r="M17" s="31" t="str">
         <f>SDM利用申込書!M17</f>
         <v>ライセンス</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R17" s="3" t="str">
         <f t="shared" ref="R17" si="1">P17&amp;Q17</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="91" t="str">
+    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="82" t="str">
         <f>SDM利用申込書!B18</f>
         <v>オプション</v>
       </c>
-      <c r="C18" s="92"/>
-      <c r="D18" s="54" t="str">
+      <c r="C18" s="83"/>
+      <c r="D18" s="52" t="str">
         <f>SDM利用申込書!D18</f>
         <v>24365代行</v>
       </c>
-      <c r="E18" s="93" t="str">
+      <c r="E18" s="84" t="str">
         <f>SDM利用申込書!E18</f>
         <v xml:space="preserve">　おまかせロック・ワイプサービス </v>
       </c>
-      <c r="F18" s="94"/>
-[...3 lines deleted...]
-      <c r="J18" s="50" t="str">
+      <c r="F18" s="85"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="85"/>
+      <c r="J18" s="48" t="str">
         <f>SDM利用申込書!J18</f>
         <v>申込数</v>
       </c>
-      <c r="K18" s="88" t="str">
+      <c r="K18" s="79" t="str">
         <f>SDM利用申込書!K18</f>
         <v>iOSのみ。基本サービスと同数のお申込となります。</v>
       </c>
-      <c r="L18" s="89"/>
-      <c r="M18" s="90"/>
+      <c r="L18" s="80"/>
+      <c r="M18" s="81"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
     </row>
-    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D19" s="55" t="str">
+    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="82"/>
+      <c r="C19" s="83"/>
+      <c r="D19" s="53" t="str">
         <f>SDM利用申込書!D19</f>
         <v>アンチウイルス</v>
       </c>
-      <c r="E19" s="80" t="str">
+      <c r="E19" s="75" t="str">
         <f>SDM利用申込書!E19</f>
         <v>　Harmony Mobile for SDM</v>
       </c>
-      <c r="F19" s="81"/>
-[...3 lines deleted...]
-      <c r="J19" s="47" t="str">
+      <c r="F19" s="76"/>
+      <c r="G19" s="76"/>
+      <c r="H19" s="76"/>
+      <c r="I19" s="76"/>
+      <c r="J19" s="45" t="str">
         <f>SDM利用申込書!J19</f>
         <v>申込数</v>
       </c>
-      <c r="K19" s="158">
+      <c r="K19" s="147">
         <v>30</v>
       </c>
-      <c r="L19" s="159"/>
-      <c r="M19" s="34" t="str">
+      <c r="L19" s="148"/>
+      <c r="M19" s="32" t="str">
         <f>SDM利用申込書!M19</f>
         <v>ライセンス</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R19" s="3" t="str">
         <f t="shared" ref="R19" si="2">P19&amp;Q19</f>
         <v>ロックワイプサービス</v>
       </c>
     </row>
-    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="109" t="str">
+    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="100" t="str">
         <f>SDM利用申込書!B20</f>
         <v>備考</v>
       </c>
-      <c r="C20" s="110"/>
-[...25 lines deleted...]
-    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C20" s="101"/>
+      <c r="D20" s="101"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="101"/>
+      <c r="G20" s="101"/>
+      <c r="H20" s="101"/>
+      <c r="I20" s="101"/>
+      <c r="J20" s="101"/>
+      <c r="K20" s="101"/>
+      <c r="L20" s="101"/>
+      <c r="M20" s="102"/>
+    </row>
+    <row r="21" spans="2:19" s="13" customFormat="1" ht="51.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="159"/>
+      <c r="C21" s="159"/>
+      <c r="D21" s="159"/>
+      <c r="E21" s="159"/>
+      <c r="F21" s="159"/>
+      <c r="G21" s="159"/>
+      <c r="H21" s="159"/>
+      <c r="I21" s="159"/>
+      <c r="J21" s="159"/>
+      <c r="K21" s="159"/>
+      <c r="L21" s="159"/>
+      <c r="M21" s="159"/>
+    </row>
+    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="12"/>
-      <c r="C22" s="29"/>
-[...12 lines deleted...]
-      <c r="B23" s="78" t="str">
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+    </row>
+    <row r="23" spans="2:19" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="73" t="str">
         <f>SDM利用申込書!B23</f>
         <v>お客様情報記入欄</v>
       </c>
-      <c r="C23" s="78"/>
-[...1 lines deleted...]
-      <c r="E23" s="78"/>
+      <c r="C23" s="73"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="73"/>
       <c r="F23" s="13" t="str">
         <f>SDM利用申込書!F23</f>
         <v>※修正の場合は修正箇所を赤字で記入ください</v>
       </c>
     </row>
-    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="79" t="str">
+    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="74" t="str">
         <f>SDM利用申込書!B24</f>
         <v>会社名</v>
       </c>
-      <c r="C24" s="79"/>
-[...12 lines deleted...]
-      <c r="B25" s="79" t="str">
+      <c r="C24" s="74"/>
+      <c r="D24" s="160"/>
+      <c r="E24" s="161"/>
+      <c r="F24" s="161"/>
+      <c r="G24" s="161"/>
+      <c r="H24" s="161"/>
+      <c r="I24" s="162"/>
+      <c r="J24" s="162"/>
+      <c r="K24" s="162"/>
+      <c r="L24" s="162"/>
+      <c r="M24" s="163"/>
+    </row>
+    <row r="25" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="74" t="str">
         <f>SDM利用申込書!B25</f>
         <v>部署名</v>
       </c>
-      <c r="C25" s="79"/>
-[...5 lines deleted...]
-      <c r="I25" s="57" t="str">
+      <c r="C25" s="74"/>
+      <c r="D25" s="160"/>
+      <c r="E25" s="161"/>
+      <c r="F25" s="161"/>
+      <c r="G25" s="161"/>
+      <c r="H25" s="164"/>
+      <c r="I25" s="55" t="str">
         <f>SDM利用申込書!I25</f>
         <v>担当者名</v>
       </c>
-      <c r="J25" s="176"/>
-[...5 lines deleted...]
-      <c r="B26" s="79" t="str">
+      <c r="J25" s="165"/>
+      <c r="K25" s="166"/>
+      <c r="L25" s="166"/>
+      <c r="M25" s="167"/>
+    </row>
+    <row r="26" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="74" t="str">
         <f>SDM利用申込書!B26</f>
         <v>住所</v>
       </c>
-      <c r="C26" s="79"/>
-[...12 lines deleted...]
-      <c r="B27" s="139" t="str">
+      <c r="C26" s="74"/>
+      <c r="D26" s="56"/>
+      <c r="E26" s="57"/>
+      <c r="F26" s="189"/>
+      <c r="G26" s="166"/>
+      <c r="H26" s="166"/>
+      <c r="I26" s="166"/>
+      <c r="J26" s="166"/>
+      <c r="K26" s="166"/>
+      <c r="L26" s="166"/>
+      <c r="M26" s="167"/>
+    </row>
+    <row r="27" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="129" t="str">
         <f>SDM利用申込書!B27</f>
         <v>TEL</v>
       </c>
-      <c r="C27" s="139"/>
-[...5 lines deleted...]
-      <c r="I27" s="57" t="str">
+      <c r="C27" s="129"/>
+      <c r="D27" s="190"/>
+      <c r="E27" s="191"/>
+      <c r="F27" s="191"/>
+      <c r="G27" s="191"/>
+      <c r="H27" s="192"/>
+      <c r="I27" s="55" t="str">
         <f>SDM利用申込書!I27</f>
         <v>E-mail</v>
       </c>
-      <c r="J27" s="204"/>
-[...2 lines deleted...]
-      <c r="M27" s="204"/>
+      <c r="J27" s="193"/>
+      <c r="K27" s="193"/>
+      <c r="L27" s="193"/>
+      <c r="M27" s="193"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
     </row>
-    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="12"/>
-      <c r="C28" s="29"/>
-[...12 lines deleted...]
-      <c r="B29" s="52" t="str">
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+    </row>
+    <row r="29" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="50" t="str">
         <f>SDM利用申込書!B29</f>
         <v>記載のメールアドレス宛に①ライセンス証書、②アナウンスメールを送付します。メーリングリストの登録も可能です。</v>
       </c>
-      <c r="C29" s="27"/>
-[...12 lines deleted...]
-      <c r="B30" s="52" t="str">
+      <c r="C29" s="25"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="24"/>
+      <c r="I29" s="24"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="24"/>
+      <c r="L29" s="24"/>
+      <c r="M29" s="24"/>
+    </row>
+    <row r="30" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="50" t="str">
         <f>SDM利用申込書!B30</f>
         <v>・ライセンス証書：新規契約やライセンスの追加/減数時の処理証明として、メールにてPDF形式で送付します。</v>
       </c>
-      <c r="C30" s="27"/>
-[...12 lines deleted...]
-      <c r="B31" s="52" t="str">
+      <c r="C30" s="25"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="24"/>
+      <c r="I30" s="24"/>
+      <c r="J30" s="24"/>
+      <c r="K30" s="24"/>
+      <c r="L30" s="24"/>
+      <c r="M30" s="24"/>
+    </row>
+    <row r="31" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="50" t="str">
         <f>SDM利用申込書!B31</f>
         <v>・アナウンスメール：メンテナンスや障害連絡、新機能のリリースに関するご案内などを送付します。</v>
       </c>
-      <c r="C31" s="27"/>
-[...11 lines deleted...]
-    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C31" s="25"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+    </row>
+    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="12"/>
-      <c r="C32" s="29"/>
-[...12 lines deleted...]
-      <c r="B33" s="102" t="str">
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="27"/>
+      <c r="K32" s="27"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+    </row>
+    <row r="33" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="93" t="str">
         <f>SDM利用申込書!B33</f>
         <v>■　ご契約の注意点　■
 ・本サービスの提供内容、提供条件は、「FiT SDM利用規約」、「FiT SDMサービス仕様書」、「FiT SDM取扱説明書」に準拠します。
 　各書面：https://support.mdm.isb.co.jp/support/manual?tab=tab4　（ID：fitsdm　パスワード：Sdm-9702）
 　本申込書のご提出をもって、上記に同意したものとします。
 ・ライセンスは自動更新です。解約・減数をご希望の場合は、1ヶ月前までに本申込書のご提出をお願いします。ご連絡がない場合は自動更新となります。
 ■　個人情報の取扱について　■
 -　本書にて収集した個人情報は、個人情報保護法及び当社プライバシー・ポリシーに基き適切に管理いたします。
 -　当社は、お客様等の個人情報を以下の目的のために利用いたします。
 　　1.お客様に関する個人情報(a.製品の発送のため b.製品・サービス・イベント、セミナー、キャンペーンなどのご案内の送付のため c.製品サポート・メンテナンス
 　  の提供のため d.お問い合わせ・ご相談へのご対応 e.製品・サービスの開発、アンケート調査実施、モニター実施のため f.お客様との商談、打合せ等のため)
     2.お取引先各社の役員・従業員の方々に関する個人情報 
 　　　(a.業務上必要な諸連絡・ご商談等 b.お取引先様の情報管理、支払・収入処理のため)
 -　本書は、お申込頂いた販売代理店様並びに当社一次代理店にて受発注業務を行う為にお預かりする場合があります。
 -　尚、当社プライバシーポリシーの詳細につきましては当社ウェブサイトをご覧下さい。(https://www.isb.co.jp/privacypolicy/)
 ※　本内容にご同意頂けない場合、お申込をお受けできないことを予めご了承下さい。</v>
       </c>
-      <c r="C33" s="102"/>
-[...193 lines deleted...]
-    <row r="47" spans="2:13" s="13" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C33" s="93"/>
+      <c r="D33" s="93"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="93"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="93"/>
+      <c r="M33" s="93"/>
+    </row>
+    <row r="34" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="93"/>
+      <c r="C34" s="93"/>
+      <c r="D34" s="93"/>
+      <c r="E34" s="93"/>
+      <c r="F34" s="93"/>
+      <c r="G34" s="93"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="93"/>
+      <c r="J34" s="93"/>
+      <c r="K34" s="93"/>
+      <c r="L34" s="93"/>
+      <c r="M34" s="93"/>
+    </row>
+    <row r="35" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="93"/>
+      <c r="C35" s="93"/>
+      <c r="D35" s="93"/>
+      <c r="E35" s="93"/>
+      <c r="F35" s="93"/>
+      <c r="G35" s="93"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="93"/>
+      <c r="J35" s="93"/>
+      <c r="K35" s="93"/>
+      <c r="L35" s="93"/>
+      <c r="M35" s="93"/>
+    </row>
+    <row r="36" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="93"/>
+      <c r="C36" s="93"/>
+      <c r="D36" s="93"/>
+      <c r="E36" s="93"/>
+      <c r="F36" s="93"/>
+      <c r="G36" s="93"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="93"/>
+      <c r="J36" s="93"/>
+      <c r="K36" s="93"/>
+      <c r="L36" s="93"/>
+      <c r="M36" s="93"/>
+    </row>
+    <row r="37" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="93"/>
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+    </row>
+    <row r="38" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="93"/>
+      <c r="C38" s="93"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="93"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+    </row>
+    <row r="39" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="93"/>
+      <c r="C39" s="93"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="93"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+    </row>
+    <row r="40" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="93"/>
+      <c r="C40" s="93"/>
+      <c r="D40" s="93"/>
+      <c r="E40" s="93"/>
+      <c r="F40" s="93"/>
+      <c r="G40" s="93"/>
+      <c r="H40" s="93"/>
+      <c r="I40" s="93"/>
+      <c r="J40" s="93"/>
+      <c r="K40" s="93"/>
+      <c r="L40" s="93"/>
+      <c r="M40" s="93"/>
+    </row>
+    <row r="41" spans="2:13" s="3" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="93"/>
+      <c r="C41" s="93"/>
+      <c r="D41" s="93"/>
+      <c r="E41" s="93"/>
+      <c r="F41" s="93"/>
+      <c r="G41" s="93"/>
+      <c r="H41" s="93"/>
+      <c r="I41" s="93"/>
+      <c r="J41" s="93"/>
+      <c r="K41" s="93"/>
+      <c r="L41" s="93"/>
+      <c r="M41" s="93"/>
+    </row>
+    <row r="42" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="93"/>
+      <c r="C42" s="93"/>
+      <c r="D42" s="93"/>
+      <c r="E42" s="93"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="93"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="93"/>
+      <c r="J42" s="93"/>
+      <c r="K42" s="93"/>
+      <c r="L42" s="93"/>
+      <c r="M42" s="93"/>
+    </row>
+    <row r="43" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="93"/>
+      <c r="C43" s="93"/>
+      <c r="D43" s="93"/>
+      <c r="E43" s="93"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="93"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="93"/>
+      <c r="J43" s="93"/>
+      <c r="K43" s="93"/>
+      <c r="L43" s="93"/>
+      <c r="M43" s="93"/>
+    </row>
+    <row r="44" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="93"/>
+      <c r="C44" s="93"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="93"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="93"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="93"/>
+      <c r="J44" s="93"/>
+      <c r="K44" s="93"/>
+      <c r="L44" s="93"/>
+      <c r="M44" s="93"/>
+    </row>
+    <row r="45" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="40"/>
+      <c r="C45" s="40"/>
+      <c r="D45" s="40"/>
+      <c r="E45" s="40"/>
+      <c r="F45" s="40"/>
+      <c r="G45" s="40"/>
+      <c r="H45" s="40"/>
+      <c r="I45" s="40"/>
+      <c r="J45" s="40"/>
+      <c r="K45" s="40"/>
+      <c r="L45" s="40"/>
+      <c r="M45" s="40"/>
+    </row>
+    <row r="46" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B46" s="40"/>
+      <c r="C46" s="40"/>
+      <c r="D46" s="40"/>
+      <c r="E46" s="40"/>
+      <c r="F46" s="40"/>
+      <c r="G46" s="40"/>
+      <c r="H46" s="40"/>
+      <c r="I46" s="40"/>
+      <c r="J46" s="40"/>
+      <c r="K46" s="40"/>
+      <c r="L46" s="40"/>
+      <c r="M46" s="40"/>
+    </row>
+    <row r="47" spans="2:13" s="13" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1"/>
-      <c r="C47" s="29"/>
-[...9 lines deleted...]
-      <c r="M47" s="60" t="str">
+      <c r="C47" s="27"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="58" t="str">
         <f>M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="48" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B48" s="179" t="e">
+    <row r="48" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="168" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C48" s="179"/>
-[...12 lines deleted...]
-      <c r="B49" s="180" t="e">
+      <c r="C48" s="168"/>
+      <c r="D48" s="168"/>
+      <c r="E48" s="168"/>
+      <c r="F48" s="168"/>
+      <c r="G48" s="168"/>
+      <c r="H48" s="168"/>
+      <c r="I48" s="168"/>
+      <c r="J48" s="168"/>
+      <c r="K48" s="168"/>
+      <c r="L48" s="168"/>
+      <c r="M48" s="168"/>
+    </row>
+    <row r="49" spans="2:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B49" s="169" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C49" s="181"/>
-[...9 lines deleted...]
-      <c r="M49" s="182"/>
+      <c r="C49" s="170"/>
+      <c r="D49" s="170"/>
+      <c r="E49" s="170"/>
+      <c r="F49" s="170"/>
+      <c r="G49" s="170"/>
+      <c r="H49" s="170"/>
+      <c r="I49" s="170"/>
+      <c r="J49" s="170"/>
+      <c r="K49" s="170"/>
+      <c r="L49" s="170"/>
+      <c r="M49" s="171"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
     </row>
-    <row r="50" spans="2:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="50" spans="2:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B50" s="12"/>
-      <c r="C50" s="29"/>
-[...9 lines deleted...]
-      <c r="M50" s="29"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="27"/>
       <c r="O50" s="3"/>
       <c r="P50" s="3"/>
       <c r="Q50" s="3"/>
       <c r="R50" s="3"/>
       <c r="S50" s="3"/>
     </row>
-    <row r="51" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="51" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B51" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="52" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="52" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B52" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="53" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="53" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B53" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="54" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="54" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B54" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="55" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="55" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B55" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="56" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="56" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B56" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="57" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="57" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B57" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="58" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="58" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B58" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J58" s="53"/>
-[...4 lines deleted...]
-    <row r="59" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="J58" s="51"/>
+      <c r="K58" s="51"/>
+      <c r="L58" s="51"/>
+      <c r="M58" s="51"/>
+    </row>
+    <row r="59" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B59" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J59" s="53"/>
-[...11 lines deleted...]
-      <c r="B61" s="183" t="e">
+      <c r="J59" s="51"/>
+      <c r="K59" s="51"/>
+      <c r="L59" s="51"/>
+      <c r="M59" s="51"/>
+    </row>
+    <row r="60" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="J60" s="51"/>
+      <c r="K60" s="51"/>
+      <c r="L60" s="16"/>
+      <c r="M60" s="51"/>
+    </row>
+    <row r="61" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B61" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C61" s="184"/>
-      <c r="D61" s="44" t="e">
+      <c r="C61" s="173"/>
+      <c r="D61" s="42" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E61" s="45" t="s">
+      <c r="E61" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="F61" s="43" t="e">
+      <c r="F61" s="41" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G61" s="46" t="s">
+      <c r="G61" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="I61" s="21"/>
-[...4 lines deleted...]
-      <c r="B63" s="183" t="e">
+      <c r="I61" s="20"/>
+      <c r="L61" s="16"/>
+    </row>
+    <row r="62" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="63" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B63" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C63" s="184"/>
+      <c r="C63" s="173"/>
       <c r="D63" s="14" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E63" s="46" t="s">
+      <c r="E63" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="F63" s="43" t="e">
+      <c r="F63" s="41" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G63" s="46" t="s">
+      <c r="G63" s="44" t="s">
         <v>19</v>
       </c>
-      <c r="H63" s="43" t="e">
+      <c r="H63" s="41" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I63" s="46" t="s">
+      <c r="I63" s="44" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="64" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.45"/>
-[...1 lines deleted...]
-      <c r="B65" s="183" t="e">
+    <row r="64" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="65" spans="2:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B65" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C65" s="185"/>
-[...12 lines deleted...]
-      <c r="B66" s="193" t="e">
+      <c r="C65" s="174"/>
+      <c r="D65" s="174"/>
+      <c r="E65" s="174"/>
+      <c r="F65" s="174"/>
+      <c r="G65" s="174"/>
+      <c r="H65" s="174"/>
+      <c r="I65" s="174"/>
+      <c r="J65" s="174"/>
+      <c r="K65" s="174"/>
+      <c r="L65" s="174"/>
+      <c r="M65" s="173"/>
+    </row>
+    <row r="66" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B66" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C66" s="194"/>
-      <c r="D66" s="187" t="e">
+      <c r="C66" s="183"/>
+      <c r="D66" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E66" s="188"/>
-[...1 lines deleted...]
-      <c r="G66" s="190" t="e">
+      <c r="E66" s="177"/>
+      <c r="F66" s="178"/>
+      <c r="G66" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H66" s="191"/>
-[...9 lines deleted...]
-      <c r="D67" s="66" t="e">
+      <c r="H66" s="180"/>
+      <c r="I66" s="180"/>
+      <c r="J66" s="180"/>
+      <c r="K66" s="180"/>
+      <c r="L66" s="180"/>
+      <c r="M66" s="181"/>
+    </row>
+    <row r="67" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B67" s="184"/>
+      <c r="C67" s="185"/>
+      <c r="D67" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E67" s="197" t="s">
+      <c r="E67" s="186" t="s">
         <v>58</v>
       </c>
-      <c r="F67" s="197"/>
-[...9 lines deleted...]
-      <c r="B68" s="193" t="e">
+      <c r="F67" s="186"/>
+      <c r="G67" s="186"/>
+      <c r="H67" s="186"/>
+      <c r="I67" s="186"/>
+      <c r="J67" s="186"/>
+      <c r="K67" s="186"/>
+      <c r="L67" s="186"/>
+      <c r="M67" s="186"/>
+    </row>
+    <row r="68" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B68" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C68" s="194"/>
-      <c r="D68" s="187" t="e">
+      <c r="C68" s="183"/>
+      <c r="D68" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E68" s="188"/>
-[...1 lines deleted...]
-      <c r="G68" s="190" t="e">
+      <c r="E68" s="177"/>
+      <c r="F68" s="178"/>
+      <c r="G68" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H68" s="191"/>
-[...9 lines deleted...]
-      <c r="D69" s="66" t="e">
+      <c r="H68" s="180"/>
+      <c r="I68" s="180"/>
+      <c r="J68" s="180"/>
+      <c r="K68" s="180"/>
+      <c r="L68" s="180"/>
+      <c r="M68" s="181"/>
+    </row>
+    <row r="69" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B69" s="184"/>
+      <c r="C69" s="185"/>
+      <c r="D69" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E69" s="198">
+      <c r="E69" s="187">
         <v>1234</v>
       </c>
-      <c r="F69" s="199"/>
-[...9 lines deleted...]
-      <c r="B70" s="183" t="e">
+      <c r="F69" s="188"/>
+      <c r="G69" s="179"/>
+      <c r="H69" s="180"/>
+      <c r="I69" s="180"/>
+      <c r="J69" s="180"/>
+      <c r="K69" s="180"/>
+      <c r="L69" s="180"/>
+      <c r="M69" s="181"/>
+    </row>
+    <row r="70" spans="2:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B70" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C70" s="185"/>
-[...13 lines deleted...]
-      <c r="B71" s="193" t="e">
+      <c r="C70" s="174"/>
+      <c r="D70" s="174"/>
+      <c r="E70" s="174"/>
+      <c r="F70" s="174"/>
+      <c r="G70" s="174"/>
+      <c r="H70" s="174"/>
+      <c r="I70" s="174"/>
+      <c r="J70" s="174"/>
+      <c r="K70" s="174"/>
+      <c r="L70" s="174"/>
+      <c r="M70" s="173"/>
+      <c r="N70" s="19"/>
+    </row>
+    <row r="71" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B71" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C71" s="194"/>
-      <c r="D71" s="207" t="e">
+      <c r="C71" s="183"/>
+      <c r="D71" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E71" s="208"/>
-[...1 lines deleted...]
-      <c r="G71" s="63" t="s">
+      <c r="E71" s="197"/>
+      <c r="F71" s="198"/>
+      <c r="G71" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H71" s="186"/>
-[...10 lines deleted...]
-      <c r="D72" s="207" t="e">
+      <c r="H71" s="175"/>
+      <c r="I71" s="175"/>
+      <c r="J71" s="175"/>
+      <c r="K71" s="175"/>
+      <c r="L71" s="175"/>
+      <c r="M71" s="175"/>
+      <c r="N71" s="19"/>
+    </row>
+    <row r="72" spans="2:14" ht="26.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B72" s="184"/>
+      <c r="C72" s="185"/>
+      <c r="D72" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E72" s="208"/>
-[...1 lines deleted...]
-      <c r="G72" s="63" t="s">
+      <c r="E72" s="197"/>
+      <c r="F72" s="198"/>
+      <c r="G72" s="61" t="s">
         <v>19</v>
       </c>
-      <c r="H72" s="205" t="e">
+      <c r="H72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I72" s="205"/>
-      <c r="J72" s="206" t="s">
+      <c r="I72" s="194"/>
+      <c r="J72" s="195" t="s">
         <v>59</v>
       </c>
-      <c r="K72" s="206"/>
-      <c r="L72" s="205" t="e">
+      <c r="K72" s="195"/>
+      <c r="L72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="M72" s="205"/>
-[...3 lines deleted...]
-      <c r="B74" s="67" t="e">
+      <c r="M72" s="194"/>
+    </row>
+    <row r="73" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="74" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B74" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C74" s="68"/>
-[...12 lines deleted...]
-      <c r="B75" s="67" t="e">
+      <c r="C74" s="66"/>
+      <c r="D74" s="66"/>
+      <c r="E74" s="66"/>
+      <c r="F74" s="66"/>
+      <c r="G74" s="66"/>
+      <c r="H74" s="66"/>
+      <c r="I74" s="66"/>
+      <c r="J74" s="66"/>
+      <c r="K74" s="66"/>
+      <c r="L74" s="66"/>
+      <c r="M74" s="66"/>
+    </row>
+    <row r="75" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B75" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C75" s="68"/>
-[...12 lines deleted...]
-      <c r="B76" s="67" t="e">
+      <c r="C75" s="66"/>
+      <c r="D75" s="66"/>
+      <c r="E75" s="66"/>
+      <c r="F75" s="66"/>
+      <c r="G75" s="66"/>
+      <c r="H75" s="66"/>
+      <c r="I75" s="66"/>
+      <c r="J75" s="66"/>
+      <c r="K75" s="66"/>
+      <c r="L75" s="66"/>
+      <c r="M75" s="66"/>
+    </row>
+    <row r="76" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B76" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C76" s="68"/>
-[...82 lines deleted...]
-      <c r="B82" s="67" t="e">
+      <c r="C76" s="66"/>
+      <c r="D76" s="66"/>
+      <c r="E76" s="66"/>
+      <c r="F76" s="66"/>
+      <c r="G76" s="66"/>
+      <c r="H76" s="66"/>
+      <c r="I76" s="66"/>
+      <c r="J76" s="66"/>
+      <c r="K76" s="66"/>
+      <c r="L76" s="66"/>
+      <c r="M76" s="66"/>
+    </row>
+    <row r="77" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B77" s="65"/>
+      <c r="C77" s="66"/>
+      <c r="D77" s="66"/>
+      <c r="E77" s="66"/>
+      <c r="F77" s="66"/>
+      <c r="G77" s="66"/>
+      <c r="H77" s="66"/>
+      <c r="I77" s="66"/>
+      <c r="J77" s="66"/>
+      <c r="K77" s="66"/>
+      <c r="L77" s="66"/>
+      <c r="M77" s="66"/>
+    </row>
+    <row r="78" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B78" s="65"/>
+      <c r="C78" s="66"/>
+      <c r="D78" s="66"/>
+      <c r="E78" s="66"/>
+      <c r="F78" s="66"/>
+      <c r="G78" s="66"/>
+      <c r="H78" s="66"/>
+      <c r="I78" s="66"/>
+      <c r="J78" s="66"/>
+      <c r="K78" s="66"/>
+      <c r="L78" s="66"/>
+      <c r="M78" s="66"/>
+    </row>
+    <row r="79" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B79" s="65"/>
+      <c r="C79" s="66"/>
+      <c r="D79" s="66"/>
+      <c r="E79" s="66"/>
+      <c r="F79" s="66"/>
+      <c r="G79" s="66"/>
+      <c r="H79" s="66"/>
+      <c r="I79" s="66"/>
+      <c r="J79" s="66"/>
+      <c r="K79" s="66"/>
+      <c r="L79" s="66"/>
+      <c r="M79" s="66"/>
+    </row>
+    <row r="80" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B80" s="65"/>
+      <c r="C80" s="66"/>
+      <c r="D80" s="66"/>
+      <c r="E80" s="66"/>
+      <c r="F80" s="66"/>
+      <c r="G80" s="66"/>
+      <c r="H80" s="66"/>
+      <c r="I80" s="66"/>
+      <c r="J80" s="66"/>
+      <c r="K80" s="66"/>
+      <c r="L80" s="66"/>
+      <c r="M80" s="66"/>
+    </row>
+    <row r="81" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B81" s="65"/>
+      <c r="C81" s="66"/>
+      <c r="D81" s="66"/>
+      <c r="E81" s="66"/>
+      <c r="F81" s="66"/>
+      <c r="G81" s="66"/>
+      <c r="H81" s="66"/>
+      <c r="I81" s="66"/>
+      <c r="J81" s="66"/>
+      <c r="K81" s="66"/>
+      <c r="L81" s="66"/>
+      <c r="M81" s="66"/>
+    </row>
+    <row r="82" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B82" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="68"/>
-[...12 lines deleted...]
-      <c r="B83" s="67" t="e">
+      <c r="C82" s="66"/>
+      <c r="D82" s="66"/>
+      <c r="E82" s="66"/>
+      <c r="F82" s="66"/>
+      <c r="G82" s="66"/>
+      <c r="H82" s="66"/>
+      <c r="I82" s="66"/>
+      <c r="J82" s="66"/>
+      <c r="K82" s="66"/>
+      <c r="L82" s="66"/>
+      <c r="M82" s="66"/>
+    </row>
+    <row r="83" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B83" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="68"/>
-[...12 lines deleted...]
-      <c r="B84" s="67" t="e">
+      <c r="C83" s="66"/>
+      <c r="D83" s="66"/>
+      <c r="E83" s="66"/>
+      <c r="F83" s="66"/>
+      <c r="G83" s="66"/>
+      <c r="H83" s="66"/>
+      <c r="I83" s="66"/>
+      <c r="J83" s="66"/>
+      <c r="K83" s="66"/>
+      <c r="L83" s="66"/>
+      <c r="M83" s="66"/>
+    </row>
+    <row r="84" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B84" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="68"/>
-[...110 lines deleted...]
-      <c r="B92" s="67" t="e">
+      <c r="C84" s="66"/>
+      <c r="D84" s="66"/>
+      <c r="E84" s="66"/>
+      <c r="F84" s="66"/>
+      <c r="G84" s="66"/>
+      <c r="H84" s="66"/>
+      <c r="I84" s="66"/>
+      <c r="J84" s="66"/>
+      <c r="K84" s="66"/>
+      <c r="L84" s="66"/>
+      <c r="M84" s="66"/>
+    </row>
+    <row r="85" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B85" s="65"/>
+      <c r="C85" s="66"/>
+      <c r="D85" s="66"/>
+      <c r="E85" s="66"/>
+      <c r="F85" s="66"/>
+      <c r="G85" s="66"/>
+      <c r="H85" s="66"/>
+      <c r="I85" s="66"/>
+      <c r="J85" s="66"/>
+      <c r="K85" s="66"/>
+      <c r="L85" s="66"/>
+      <c r="M85" s="66"/>
+    </row>
+    <row r="86" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B86" s="67"/>
+      <c r="C86" s="67"/>
+      <c r="D86" s="67"/>
+      <c r="E86" s="67"/>
+      <c r="F86" s="67"/>
+      <c r="G86" s="67"/>
+      <c r="H86" s="67"/>
+      <c r="I86" s="67"/>
+      <c r="J86" s="67"/>
+      <c r="K86" s="67"/>
+      <c r="L86" s="67"/>
+      <c r="M86" s="67"/>
+    </row>
+    <row r="87" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B87" s="68"/>
+      <c r="C87" s="69"/>
+      <c r="D87" s="69"/>
+      <c r="E87" s="69"/>
+      <c r="F87" s="69"/>
+      <c r="G87" s="69"/>
+      <c r="H87" s="69"/>
+      <c r="I87" s="69"/>
+      <c r="J87" s="69"/>
+      <c r="K87" s="69"/>
+      <c r="L87" s="69"/>
+      <c r="M87" s="69"/>
+    </row>
+    <row r="88" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B88" s="68"/>
+      <c r="C88" s="69"/>
+      <c r="D88" s="69"/>
+      <c r="E88" s="69"/>
+      <c r="F88" s="69"/>
+      <c r="G88" s="69"/>
+      <c r="H88" s="67"/>
+      <c r="I88" s="67"/>
+      <c r="J88" s="67"/>
+      <c r="K88" s="67"/>
+      <c r="L88" s="67"/>
+      <c r="M88" s="67"/>
+    </row>
+    <row r="89" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B89" s="68"/>
+      <c r="C89" s="69"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="69"/>
+      <c r="F89" s="69"/>
+      <c r="G89" s="69"/>
+      <c r="H89" s="69"/>
+      <c r="I89" s="69"/>
+      <c r="J89" s="69"/>
+      <c r="K89" s="69"/>
+      <c r="L89" s="69"/>
+      <c r="M89" s="69"/>
+    </row>
+    <row r="90" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B90" s="68"/>
+      <c r="C90" s="69"/>
+      <c r="D90" s="69"/>
+      <c r="E90" s="69"/>
+      <c r="F90" s="69"/>
+      <c r="G90" s="69"/>
+      <c r="H90" s="69"/>
+      <c r="I90" s="69"/>
+      <c r="J90" s="69"/>
+      <c r="K90" s="69"/>
+      <c r="L90" s="69"/>
+      <c r="M90" s="69"/>
+    </row>
+    <row r="91" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B91" s="67"/>
+      <c r="C91" s="67"/>
+      <c r="D91" s="67"/>
+      <c r="E91" s="67"/>
+      <c r="F91" s="67"/>
+      <c r="G91" s="67"/>
+      <c r="H91" s="67"/>
+      <c r="I91" s="67"/>
+      <c r="J91" s="67"/>
+      <c r="K91" s="67"/>
+      <c r="L91" s="67"/>
+      <c r="M91" s="67"/>
+    </row>
+    <row r="92" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B92" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C92" s="71"/>
-[...24 lines deleted...]
-      <c r="B94" s="183" t="e">
+      <c r="C92" s="69"/>
+      <c r="D92" s="69"/>
+      <c r="E92" s="69"/>
+      <c r="F92" s="69"/>
+      <c r="G92" s="69"/>
+      <c r="H92" s="69"/>
+      <c r="I92" s="69"/>
+      <c r="J92" s="69"/>
+      <c r="K92" s="69"/>
+      <c r="L92" s="69"/>
+      <c r="M92" s="69"/>
+    </row>
+    <row r="93" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="18"/>
+      <c r="H93" s="18"/>
+      <c r="I93" s="18"/>
+      <c r="J93" s="17"/>
+      <c r="K93" s="17"/>
+      <c r="L93" s="17"/>
+      <c r="M93" s="17"/>
+    </row>
+    <row r="94" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B94" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C94" s="185"/>
-[...12 lines deleted...]
-      <c r="B95" s="183" t="e">
+      <c r="C94" s="174"/>
+      <c r="D94" s="174"/>
+      <c r="E94" s="174"/>
+      <c r="F94" s="174"/>
+      <c r="G94" s="174"/>
+      <c r="H94" s="174"/>
+      <c r="I94" s="174"/>
+      <c r="J94" s="174"/>
+      <c r="K94" s="174"/>
+      <c r="L94" s="174"/>
+      <c r="M94" s="173"/>
+    </row>
+    <row r="95" spans="2:13" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B95" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C95" s="184"/>
-      <c r="D95" s="210" t="s">
+      <c r="C95" s="173"/>
+      <c r="D95" s="199" t="s">
         <v>60</v>
       </c>
-      <c r="E95" s="211"/>
-[...10 lines deleted...]
-      <c r="B96" s="183" t="e">
+      <c r="E95" s="200"/>
+      <c r="F95" s="200"/>
+      <c r="G95" s="200"/>
+      <c r="H95" s="200"/>
+      <c r="I95" s="200"/>
+      <c r="J95" s="200"/>
+      <c r="K95" s="200"/>
+      <c r="L95" s="200"/>
+      <c r="M95" s="201"/>
+    </row>
+    <row r="96" spans="2:13" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B96" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C96" s="184"/>
-      <c r="D96" s="213" t="s">
+      <c r="C96" s="173"/>
+      <c r="D96" s="202" t="s">
         <v>61</v>
       </c>
-      <c r="E96" s="214"/>
-[...10 lines deleted...]
-    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="E96" s="203"/>
+      <c r="F96" s="203"/>
+      <c r="G96" s="203"/>
+      <c r="H96" s="203"/>
+      <c r="I96" s="203"/>
+      <c r="J96" s="203"/>
+      <c r="K96" s="203"/>
+      <c r="L96" s="203"/>
+      <c r="M96" s="204"/>
+    </row>
+    <row r="97" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B98" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B99" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B101" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="72">
     <mergeCell ref="B94:M94"/>
     <mergeCell ref="B95:C95"/>
     <mergeCell ref="D95:M95"/>
     <mergeCell ref="B96:C96"/>
     <mergeCell ref="D96:M96"/>
     <mergeCell ref="B71:C72"/>
     <mergeCell ref="H72:I72"/>
     <mergeCell ref="J72:K72"/>
     <mergeCell ref="L72:M72"/>
     <mergeCell ref="D71:F71"/>
     <mergeCell ref="D72:F72"/>
     <mergeCell ref="F26:M26"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="D27:H27"/>
     <mergeCell ref="J27:M27"/>
     <mergeCell ref="B33:M44"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="B48:M48"/>
@@ -16003,1660 +15975,1660 @@
       <formula>$E$63="■"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E61 K8:K10 E8:E10 H8:H9 I63 G63 E63 G61 G71:G72" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.23622047244094491" top="0.55118110236220474" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="46" max="13" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:S101"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="A41" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <selection activeCell="V67" sqref="V67"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="2.59765625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="7" style="1" customWidth="1"/>
-    <col min="3" max="3" width="9.69921875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
-    <col min="5" max="5" width="8.69921875" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="8.19921875" style="1"/>
+    <col min="5" max="5" width="8.75" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.75" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.75" style="1" customWidth="1"/>
+    <col min="10" max="12" width="8.875" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="2.625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.25" style="1"/>
     <col min="16" max="18" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="19" max="16384" width="8.19921875" style="1"/>
+    <col min="19" max="16384" width="8.25" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="57.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="M1" s="61" t="str">
+    <row r="1" spans="2:18" ht="57.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M1" s="59" t="str">
         <f>SDM利用申込書!M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="103" t="str">
+    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="94" t="str">
         <f>SDM利用申込書!B2</f>
         <v>FiT SDM 利用申込書</v>
       </c>
-      <c r="C2" s="103"/>
-[...12 lines deleted...]
-      <c r="B3" s="106" t="str">
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+    </row>
+    <row r="3" spans="2:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="97" t="str">
         <f>SDM利用申込書!B3</f>
         <v>FiT SDMをお申し込みいただき誠にありがとうございます。
 ライセンス発行に際しては、本申込書の記入、送付をお願いいたします。(本書ご記入の際は、下記の「個人情報取扱について」をお読みください。）
 また、事前に「FiT SDM利用規約」のご確認をお願いいたします。
 記載内容に不備がありますと、ライセンスの発行ができない場合がございますのでご注意ください。</v>
       </c>
-      <c r="C3" s="107"/>
-[...12 lines deleted...]
-      <c r="B4" s="106" t="str">
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+    </row>
+    <row r="4" spans="2:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="97" t="str">
         <f>SDM利用申込書!B4</f>
         <v>〈送付先：sdm-info@isb.co.jp〉　捺印のうえPDFにてご送付ください。原本の郵送は不要です。</v>
       </c>
-      <c r="C4" s="106"/>
-[...12 lines deleted...]
-      <c r="B5" s="78" t="str">
+      <c r="C4" s="97"/>
+      <c r="D4" s="97"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="97"/>
+      <c r="G4" s="97"/>
+      <c r="H4" s="97"/>
+      <c r="I4" s="97"/>
+      <c r="J4" s="97"/>
+      <c r="K4" s="97"/>
+      <c r="L4" s="97"/>
+      <c r="M4" s="97"/>
+    </row>
+    <row r="5" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="73" t="str">
         <f>SDM利用申込書!B5</f>
         <v>お申込日</v>
       </c>
-      <c r="C5" s="78"/>
-      <c r="D5" s="155">
+      <c r="C5" s="73"/>
+      <c r="D5" s="144">
         <v>45747</v>
       </c>
-      <c r="E5" s="155"/>
-[...2 lines deleted...]
-      <c r="H5" s="78" t="str">
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="144"/>
+      <c r="H5" s="73" t="str">
         <f>SDM利用申込書!H5</f>
         <v>貴社ご発注番号</v>
       </c>
-      <c r="I5" s="78"/>
-[...7 lines deleted...]
-      <c r="B7" s="78" t="str">
+      <c r="I5" s="73"/>
+      <c r="J5" s="145"/>
+      <c r="K5" s="145"/>
+      <c r="L5" s="145"/>
+      <c r="M5" s="145"/>
+    </row>
+    <row r="6" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="73" t="str">
         <f>SDM利用申込書!B7</f>
         <v>お申込内容</v>
       </c>
-      <c r="C7" s="78"/>
-[...4 lines deleted...]
-      <c r="B8" s="123" t="str">
+      <c r="C7" s="73"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="99"/>
+    </row>
+    <row r="8" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="113" t="str">
         <f>SDM利用申込書!B8</f>
         <v>申込区分</v>
       </c>
-      <c r="C8" s="149"/>
-      <c r="D8" s="152" t="str">
+      <c r="C8" s="138"/>
+      <c r="D8" s="141" t="str">
         <f>SDM利用申込書!D8</f>
         <v>複数選択可</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="6" t="str">
         <f>SDM利用申込書!F8</f>
         <v>新規購入</v>
       </c>
       <c r="G8" s="11"/>
       <c r="H8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I8" s="6" t="str">
         <f>SDM利用申込書!I8</f>
         <v>追加購入</v>
       </c>
       <c r="J8" s="11"/>
       <c r="K8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="6" t="str">
         <f>SDM利用申込書!L8</f>
         <v>その他（登録情報変更等）</v>
       </c>
       <c r="M8" s="11"/>
     </row>
-    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D9" s="153"/>
+    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="115"/>
+      <c r="C9" s="139"/>
+      <c r="D9" s="142"/>
       <c r="E9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="8" t="str">
         <f>SDM利用申込書!F9</f>
         <v>プラン変更</v>
       </c>
-      <c r="G9" s="24"/>
+      <c r="G9" s="23"/>
       <c r="H9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="8" t="str">
         <f>SDM利用申込書!I9</f>
         <v>一部解約</v>
       </c>
-      <c r="J9" s="24"/>
+      <c r="J9" s="23"/>
       <c r="K9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="8" t="str">
         <f>SDM利用申込書!L9</f>
         <v>全解約</v>
       </c>
-      <c r="M9" s="24"/>
-[...4 lines deleted...]
-      <c r="D10" s="154"/>
+      <c r="M9" s="23"/>
+    </row>
+    <row r="10" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="117"/>
+      <c r="C10" s="140"/>
+      <c r="D10" s="143"/>
       <c r="E10" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="23" t="str">
+      <c r="F10" s="22" t="str">
         <f>SDM利用申込書!F10</f>
         <v>OS切替</v>
       </c>
-      <c r="G10" s="30" t="str">
+      <c r="G10" s="28" t="str">
         <f>SDM利用申込書!G10</f>
         <v>OS切替分は「OS変更・一部解約_端末一覧表」シートに記載ください。［申込製品・申込数量］欄への記載は不要です。</v>
       </c>
       <c r="H10" s="10"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="10"/>
       <c r="L10" s="4"/>
-      <c r="M10" s="23"/>
-[...2 lines deleted...]
-      <c r="B11" s="109" t="str">
+      <c r="M10" s="22"/>
+    </row>
+    <row r="11" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="100" t="str">
         <f>SDM利用申込書!B11</f>
         <v>契約識別番号</v>
       </c>
-      <c r="C11" s="157"/>
+      <c r="C11" s="146"/>
       <c r="D11" s="15" t="str">
         <f>SDM利用申込書!D11</f>
         <v>記載ください</v>
       </c>
-      <c r="E11" s="140">
+      <c r="E11" s="130">
         <v>123456</v>
       </c>
-      <c r="F11" s="142"/>
-      <c r="G11" s="28" t="str">
+      <c r="F11" s="131"/>
+      <c r="G11" s="26" t="str">
         <f>SDM利用申込書!G11</f>
         <v>契約識別番号は6桁の数字です。管理コンソールまたはライセンス証書よりご確認いただけます。</v>
       </c>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
     </row>
-    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B12" s="133" t="str">
+    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="123" t="str">
         <f>SDM利用申込書!B12</f>
         <v>サービス開始/終了希望日</v>
       </c>
-      <c r="C12" s="164"/>
-[...1 lines deleted...]
-      <c r="E12" s="165" t="s">
+      <c r="C12" s="153"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="154" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="166"/>
-[...9 lines deleted...]
-      <c r="B13" s="109" t="str">
+      <c r="F12" s="155"/>
+      <c r="G12" s="155"/>
+      <c r="H12" s="155"/>
+      <c r="I12" s="155"/>
+      <c r="J12" s="155"/>
+      <c r="K12" s="155"/>
+      <c r="L12" s="155"/>
+      <c r="M12" s="156"/>
+    </row>
+    <row r="13" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="100" t="str">
         <f>SDM利用申込書!B13</f>
         <v>申込製品・申込数量</v>
       </c>
-      <c r="C13" s="137"/>
-[...12 lines deleted...]
-      <c r="B14" s="115" t="str">
+      <c r="C13" s="127"/>
+      <c r="D13" s="127"/>
+      <c r="E13" s="127"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
+      <c r="H13" s="127"/>
+      <c r="I13" s="127"/>
+      <c r="J13" s="127"/>
+      <c r="K13" s="127"/>
+      <c r="L13" s="127"/>
+      <c r="M13" s="128"/>
+    </row>
+    <row r="14" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="106" t="str">
         <f>SDM利用申込書!B14</f>
         <v>基本プラン</v>
       </c>
-      <c r="C14" s="116"/>
-[...1 lines deleted...]
-      <c r="E14" s="95" t="str">
+      <c r="C14" s="107"/>
+      <c r="D14" s="110"/>
+      <c r="E14" s="86" t="str">
         <f>SDM利用申込書!E14</f>
         <v>　FiT SDM　Android（MSM版）</v>
       </c>
-      <c r="F14" s="96"/>
-[...3 lines deleted...]
-      <c r="J14" s="47" t="str">
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="45" t="str">
         <f>SDM利用申込書!J14</f>
         <v>申込数</v>
       </c>
-      <c r="K14" s="158">
+      <c r="K14" s="147">
         <v>20</v>
       </c>
-      <c r="L14" s="159"/>
-      <c r="M14" s="34" t="str">
+      <c r="L14" s="148"/>
+      <c r="M14" s="32" t="str">
         <f>SDM利用申込書!M14</f>
         <v>ライセンス</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R14" s="3" t="str">
         <f>P14&amp;Q14</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E15" s="143" t="str">
+    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="82"/>
+      <c r="C15" s="83"/>
+      <c r="D15" s="111"/>
+      <c r="E15" s="132" t="str">
         <f>SDM利用申込書!E15</f>
         <v>　FiT SDM　iOS/iPadOS（MSM版）</v>
       </c>
-      <c r="F15" s="143"/>
-[...2 lines deleted...]
-      <c r="I15" s="143"/>
+      <c r="F15" s="132"/>
+      <c r="G15" s="132"/>
+      <c r="H15" s="132"/>
+      <c r="I15" s="132"/>
       <c r="J15" s="14" t="str">
         <f>SDM利用申込書!J15</f>
         <v>申込数</v>
       </c>
-      <c r="K15" s="160"/>
-[...1 lines deleted...]
-      <c r="M15" s="41" t="str">
+      <c r="K15" s="149"/>
+      <c r="L15" s="150"/>
+      <c r="M15" s="39" t="str">
         <f>SDM利用申込書!M15</f>
         <v>ライセンス</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="3" t="str">
         <f t="shared" ref="R15" si="0">P15&amp;Q15</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E16" s="146" t="str">
+    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="82"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="110"/>
+      <c r="E16" s="135" t="str">
         <f>SDM利用申込書!E16</f>
         <v>　FiT SDM　Android コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F16" s="147"/>
-[...3 lines deleted...]
-      <c r="J16" s="48" t="str">
+      <c r="F16" s="136"/>
+      <c r="G16" s="136"/>
+      <c r="H16" s="136"/>
+      <c r="I16" s="137"/>
+      <c r="J16" s="46" t="str">
         <f>SDM利用申込書!J16</f>
         <v>申込数</v>
       </c>
-      <c r="K16" s="162"/>
-[...1 lines deleted...]
-      <c r="M16" s="51" t="str">
+      <c r="K16" s="151"/>
+      <c r="L16" s="152"/>
+      <c r="M16" s="49" t="str">
         <f>SDM利用申込書!M16</f>
         <v>ライセンス</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R16" s="3" t="str">
         <f>P16&amp;Q16</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="E17" s="112" t="str">
+    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B17" s="108"/>
+      <c r="C17" s="109"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="103" t="str">
         <f>SDM利用申込書!E17</f>
         <v>　FiT SDM　iOS/iPadOS　コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F17" s="112"/>
-[...3 lines deleted...]
-      <c r="J17" s="49" t="str">
+      <c r="F17" s="103"/>
+      <c r="G17" s="103"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="47" t="str">
         <f>SDM利用申込書!J17</f>
         <v>申込数</v>
       </c>
-      <c r="K17" s="168"/>
-[...1 lines deleted...]
-      <c r="M17" s="33" t="str">
+      <c r="K17" s="157"/>
+      <c r="L17" s="158"/>
+      <c r="M17" s="31" t="str">
         <f>SDM利用申込書!M17</f>
         <v>ライセンス</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R17" s="3" t="str">
         <f t="shared" ref="R17" si="1">P17&amp;Q17</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="91" t="str">
+    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="82" t="str">
         <f>SDM利用申込書!B18</f>
         <v>オプション</v>
       </c>
-      <c r="C18" s="92"/>
-      <c r="D18" s="54" t="str">
+      <c r="C18" s="83"/>
+      <c r="D18" s="52" t="str">
         <f>SDM利用申込書!D18</f>
         <v>24365代行</v>
       </c>
-      <c r="E18" s="93" t="str">
+      <c r="E18" s="84" t="str">
         <f>SDM利用申込書!E18</f>
         <v xml:space="preserve">　おまかせロック・ワイプサービス </v>
       </c>
-      <c r="F18" s="94"/>
-[...3 lines deleted...]
-      <c r="J18" s="50" t="str">
+      <c r="F18" s="85"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="85"/>
+      <c r="J18" s="48" t="str">
         <f>SDM利用申込書!J18</f>
         <v>申込数</v>
       </c>
-      <c r="K18" s="88" t="str">
+      <c r="K18" s="79" t="str">
         <f>SDM利用申込書!K18</f>
         <v>iOSのみ。基本サービスと同数のお申込となります。</v>
       </c>
-      <c r="L18" s="89"/>
-      <c r="M18" s="90"/>
+      <c r="L18" s="80"/>
+      <c r="M18" s="81"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
     </row>
-    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D19" s="55" t="str">
+    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="82"/>
+      <c r="C19" s="83"/>
+      <c r="D19" s="53" t="str">
         <f>SDM利用申込書!D19</f>
         <v>アンチウイルス</v>
       </c>
-      <c r="E19" s="80" t="str">
+      <c r="E19" s="75" t="str">
         <f>SDM利用申込書!E19</f>
         <v>　Harmony Mobile for SDM</v>
       </c>
-      <c r="F19" s="81"/>
-[...3 lines deleted...]
-      <c r="J19" s="47" t="str">
+      <c r="F19" s="76"/>
+      <c r="G19" s="76"/>
+      <c r="H19" s="76"/>
+      <c r="I19" s="76"/>
+      <c r="J19" s="45" t="str">
         <f>SDM利用申込書!J19</f>
         <v>申込数</v>
       </c>
-      <c r="K19" s="158"/>
-[...1 lines deleted...]
-      <c r="M19" s="34" t="str">
+      <c r="K19" s="147"/>
+      <c r="L19" s="148"/>
+      <c r="M19" s="32" t="str">
         <f>SDM利用申込書!M19</f>
         <v>ライセンス</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R19" s="3" t="str">
         <f t="shared" ref="R19" si="2">P19&amp;Q19</f>
         <v>ロックワイプサービス</v>
       </c>
     </row>
-    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="109" t="str">
+    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="100" t="str">
         <f>SDM利用申込書!B20</f>
         <v>備考</v>
       </c>
-      <c r="C20" s="110"/>
-[...25 lines deleted...]
-    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C20" s="101"/>
+      <c r="D20" s="101"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="101"/>
+      <c r="G20" s="101"/>
+      <c r="H20" s="101"/>
+      <c r="I20" s="101"/>
+      <c r="J20" s="101"/>
+      <c r="K20" s="101"/>
+      <c r="L20" s="101"/>
+      <c r="M20" s="102"/>
+    </row>
+    <row r="21" spans="2:19" s="13" customFormat="1" ht="51.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="159"/>
+      <c r="C21" s="159"/>
+      <c r="D21" s="159"/>
+      <c r="E21" s="159"/>
+      <c r="F21" s="159"/>
+      <c r="G21" s="159"/>
+      <c r="H21" s="159"/>
+      <c r="I21" s="159"/>
+      <c r="J21" s="159"/>
+      <c r="K21" s="159"/>
+      <c r="L21" s="159"/>
+      <c r="M21" s="159"/>
+    </row>
+    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="12"/>
-      <c r="C22" s="29"/>
-[...12 lines deleted...]
-      <c r="B23" s="78" t="str">
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+    </row>
+    <row r="23" spans="2:19" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="73" t="str">
         <f>SDM利用申込書!B23</f>
         <v>お客様情報記入欄</v>
       </c>
-      <c r="C23" s="78"/>
-[...1 lines deleted...]
-      <c r="E23" s="78"/>
+      <c r="C23" s="73"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="73"/>
       <c r="F23" s="13" t="str">
         <f>SDM利用申込書!F23</f>
         <v>※修正の場合は修正箇所を赤字で記入ください</v>
       </c>
     </row>
-    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="79" t="str">
+    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="74" t="str">
         <f>SDM利用申込書!B24</f>
         <v>会社名</v>
       </c>
-      <c r="C24" s="79"/>
-[...12 lines deleted...]
-      <c r="B25" s="79" t="str">
+      <c r="C24" s="74"/>
+      <c r="D24" s="160"/>
+      <c r="E24" s="161"/>
+      <c r="F24" s="161"/>
+      <c r="G24" s="161"/>
+      <c r="H24" s="161"/>
+      <c r="I24" s="162"/>
+      <c r="J24" s="162"/>
+      <c r="K24" s="162"/>
+      <c r="L24" s="162"/>
+      <c r="M24" s="163"/>
+    </row>
+    <row r="25" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="74" t="str">
         <f>SDM利用申込書!B25</f>
         <v>部署名</v>
       </c>
-      <c r="C25" s="79"/>
-[...5 lines deleted...]
-      <c r="I25" s="57" t="str">
+      <c r="C25" s="74"/>
+      <c r="D25" s="160"/>
+      <c r="E25" s="161"/>
+      <c r="F25" s="161"/>
+      <c r="G25" s="161"/>
+      <c r="H25" s="164"/>
+      <c r="I25" s="55" t="str">
         <f>SDM利用申込書!I25</f>
         <v>担当者名</v>
       </c>
-      <c r="J25" s="176"/>
-[...5 lines deleted...]
-      <c r="B26" s="79" t="str">
+      <c r="J25" s="165"/>
+      <c r="K25" s="166"/>
+      <c r="L25" s="166"/>
+      <c r="M25" s="167"/>
+    </row>
+    <row r="26" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="74" t="str">
         <f>SDM利用申込書!B26</f>
         <v>住所</v>
       </c>
-      <c r="C26" s="79"/>
-[...12 lines deleted...]
-      <c r="B27" s="139" t="str">
+      <c r="C26" s="74"/>
+      <c r="D26" s="56"/>
+      <c r="E26" s="57"/>
+      <c r="F26" s="189"/>
+      <c r="G26" s="166"/>
+      <c r="H26" s="166"/>
+      <c r="I26" s="166"/>
+      <c r="J26" s="166"/>
+      <c r="K26" s="166"/>
+      <c r="L26" s="166"/>
+      <c r="M26" s="167"/>
+    </row>
+    <row r="27" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="129" t="str">
         <f>SDM利用申込書!B27</f>
         <v>TEL</v>
       </c>
-      <c r="C27" s="139"/>
-[...5 lines deleted...]
-      <c r="I27" s="57" t="str">
+      <c r="C27" s="129"/>
+      <c r="D27" s="190"/>
+      <c r="E27" s="191"/>
+      <c r="F27" s="191"/>
+      <c r="G27" s="191"/>
+      <c r="H27" s="192"/>
+      <c r="I27" s="55" t="str">
         <f>SDM利用申込書!I27</f>
         <v>E-mail</v>
       </c>
-      <c r="J27" s="204"/>
-[...2 lines deleted...]
-      <c r="M27" s="204"/>
+      <c r="J27" s="193"/>
+      <c r="K27" s="193"/>
+      <c r="L27" s="193"/>
+      <c r="M27" s="193"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
     </row>
-    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="12"/>
-      <c r="C28" s="29"/>
-[...12 lines deleted...]
-      <c r="B29" s="52" t="str">
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+    </row>
+    <row r="29" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="50" t="str">
         <f>SDM利用申込書!B29</f>
         <v>記載のメールアドレス宛に①ライセンス証書、②アナウンスメールを送付します。メーリングリストの登録も可能です。</v>
       </c>
-      <c r="C29" s="27"/>
-[...12 lines deleted...]
-      <c r="B30" s="52" t="str">
+      <c r="C29" s="25"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="24"/>
+      <c r="I29" s="24"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="24"/>
+      <c r="L29" s="24"/>
+      <c r="M29" s="24"/>
+    </row>
+    <row r="30" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="50" t="str">
         <f>SDM利用申込書!B30</f>
         <v>・ライセンス証書：新規契約やライセンスの追加/減数時の処理証明として、メールにてPDF形式で送付します。</v>
       </c>
-      <c r="C30" s="27"/>
-[...12 lines deleted...]
-      <c r="B31" s="52" t="str">
+      <c r="C30" s="25"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="24"/>
+      <c r="I30" s="24"/>
+      <c r="J30" s="24"/>
+      <c r="K30" s="24"/>
+      <c r="L30" s="24"/>
+      <c r="M30" s="24"/>
+    </row>
+    <row r="31" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="50" t="str">
         <f>SDM利用申込書!B31</f>
         <v>・アナウンスメール：メンテナンスや障害連絡、新機能のリリースに関するご案内などを送付します。</v>
       </c>
-      <c r="C31" s="27"/>
-[...11 lines deleted...]
-    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C31" s="25"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+    </row>
+    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="12"/>
-      <c r="C32" s="29"/>
-[...12 lines deleted...]
-      <c r="B33" s="102" t="str">
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="27"/>
+      <c r="K32" s="27"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+    </row>
+    <row r="33" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="93" t="str">
         <f>SDM利用申込書!B33</f>
         <v>■　ご契約の注意点　■
 ・本サービスの提供内容、提供条件は、「FiT SDM利用規約」、「FiT SDMサービス仕様書」、「FiT SDM取扱説明書」に準拠します。
 　各書面：https://support.mdm.isb.co.jp/support/manual?tab=tab4　（ID：fitsdm　パスワード：Sdm-9702）
 　本申込書のご提出をもって、上記に同意したものとします。
 ・ライセンスは自動更新です。解約・減数をご希望の場合は、1ヶ月前までに本申込書のご提出をお願いします。ご連絡がない場合は自動更新となります。
 ■　個人情報の取扱について　■
 -　本書にて収集した個人情報は、個人情報保護法及び当社プライバシー・ポリシーに基き適切に管理いたします。
 -　当社は、お客様等の個人情報を以下の目的のために利用いたします。
 　　1.お客様に関する個人情報(a.製品の発送のため b.製品・サービス・イベント、セミナー、キャンペーンなどのご案内の送付のため c.製品サポート・メンテナンス
 　  の提供のため d.お問い合わせ・ご相談へのご対応 e.製品・サービスの開発、アンケート調査実施、モニター実施のため f.お客様との商談、打合せ等のため)
     2.お取引先各社の役員・従業員の方々に関する個人情報 
 　　　(a.業務上必要な諸連絡・ご商談等 b.お取引先様の情報管理、支払・収入処理のため)
 -　本書は、お申込頂いた販売代理店様並びに当社一次代理店にて受発注業務を行う為にお預かりする場合があります。
 -　尚、当社プライバシーポリシーの詳細につきましては当社ウェブサイトをご覧下さい。(https://www.isb.co.jp/privacypolicy/)
 ※　本内容にご同意頂けない場合、お申込をお受けできないことを予めご了承下さい。</v>
       </c>
-      <c r="C33" s="102"/>
-[...193 lines deleted...]
-    <row r="47" spans="2:13" s="13" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C33" s="93"/>
+      <c r="D33" s="93"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="93"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="93"/>
+      <c r="M33" s="93"/>
+    </row>
+    <row r="34" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="93"/>
+      <c r="C34" s="93"/>
+      <c r="D34" s="93"/>
+      <c r="E34" s="93"/>
+      <c r="F34" s="93"/>
+      <c r="G34" s="93"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="93"/>
+      <c r="J34" s="93"/>
+      <c r="K34" s="93"/>
+      <c r="L34" s="93"/>
+      <c r="M34" s="93"/>
+    </row>
+    <row r="35" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="93"/>
+      <c r="C35" s="93"/>
+      <c r="D35" s="93"/>
+      <c r="E35" s="93"/>
+      <c r="F35" s="93"/>
+      <c r="G35" s="93"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="93"/>
+      <c r="J35" s="93"/>
+      <c r="K35" s="93"/>
+      <c r="L35" s="93"/>
+      <c r="M35" s="93"/>
+    </row>
+    <row r="36" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="93"/>
+      <c r="C36" s="93"/>
+      <c r="D36" s="93"/>
+      <c r="E36" s="93"/>
+      <c r="F36" s="93"/>
+      <c r="G36" s="93"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="93"/>
+      <c r="J36" s="93"/>
+      <c r="K36" s="93"/>
+      <c r="L36" s="93"/>
+      <c r="M36" s="93"/>
+    </row>
+    <row r="37" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="93"/>
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+    </row>
+    <row r="38" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="93"/>
+      <c r="C38" s="93"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="93"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+    </row>
+    <row r="39" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="93"/>
+      <c r="C39" s="93"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="93"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+    </row>
+    <row r="40" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="93"/>
+      <c r="C40" s="93"/>
+      <c r="D40" s="93"/>
+      <c r="E40" s="93"/>
+      <c r="F40" s="93"/>
+      <c r="G40" s="93"/>
+      <c r="H40" s="93"/>
+      <c r="I40" s="93"/>
+      <c r="J40" s="93"/>
+      <c r="K40" s="93"/>
+      <c r="L40" s="93"/>
+      <c r="M40" s="93"/>
+    </row>
+    <row r="41" spans="2:13" s="3" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="93"/>
+      <c r="C41" s="93"/>
+      <c r="D41" s="93"/>
+      <c r="E41" s="93"/>
+      <c r="F41" s="93"/>
+      <c r="G41" s="93"/>
+      <c r="H41" s="93"/>
+      <c r="I41" s="93"/>
+      <c r="J41" s="93"/>
+      <c r="K41" s="93"/>
+      <c r="L41" s="93"/>
+      <c r="M41" s="93"/>
+    </row>
+    <row r="42" spans="2:13" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="93"/>
+      <c r="C42" s="93"/>
+      <c r="D42" s="93"/>
+      <c r="E42" s="93"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="93"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="93"/>
+      <c r="J42" s="93"/>
+      <c r="K42" s="93"/>
+      <c r="L42" s="93"/>
+      <c r="M42" s="93"/>
+    </row>
+    <row r="43" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="93"/>
+      <c r="C43" s="93"/>
+      <c r="D43" s="93"/>
+      <c r="E43" s="93"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="93"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="93"/>
+      <c r="J43" s="93"/>
+      <c r="K43" s="93"/>
+      <c r="L43" s="93"/>
+      <c r="M43" s="93"/>
+    </row>
+    <row r="44" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="93"/>
+      <c r="C44" s="93"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="93"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="93"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="93"/>
+      <c r="J44" s="93"/>
+      <c r="K44" s="93"/>
+      <c r="L44" s="93"/>
+      <c r="M44" s="93"/>
+    </row>
+    <row r="45" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="40"/>
+      <c r="C45" s="40"/>
+      <c r="D45" s="40"/>
+      <c r="E45" s="40"/>
+      <c r="F45" s="40"/>
+      <c r="G45" s="40"/>
+      <c r="H45" s="40"/>
+      <c r="I45" s="40"/>
+      <c r="J45" s="40"/>
+      <c r="K45" s="40"/>
+      <c r="L45" s="40"/>
+      <c r="M45" s="40"/>
+    </row>
+    <row r="46" spans="2:13" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B46" s="40"/>
+      <c r="C46" s="40"/>
+      <c r="D46" s="40"/>
+      <c r="E46" s="40"/>
+      <c r="F46" s="40"/>
+      <c r="G46" s="40"/>
+      <c r="H46" s="40"/>
+      <c r="I46" s="40"/>
+      <c r="J46" s="40"/>
+      <c r="K46" s="40"/>
+      <c r="L46" s="40"/>
+      <c r="M46" s="40"/>
+    </row>
+    <row r="47" spans="2:13" s="13" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1"/>
-      <c r="C47" s="29"/>
-[...9 lines deleted...]
-      <c r="M47" s="60" t="str">
+      <c r="C47" s="27"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="58" t="str">
         <f>M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="48" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B48" s="179" t="e">
+    <row r="48" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="168" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C48" s="179"/>
-[...12 lines deleted...]
-      <c r="B49" s="180" t="e">
+      <c r="C48" s="168"/>
+      <c r="D48" s="168"/>
+      <c r="E48" s="168"/>
+      <c r="F48" s="168"/>
+      <c r="G48" s="168"/>
+      <c r="H48" s="168"/>
+      <c r="I48" s="168"/>
+      <c r="J48" s="168"/>
+      <c r="K48" s="168"/>
+      <c r="L48" s="168"/>
+      <c r="M48" s="168"/>
+    </row>
+    <row r="49" spans="2:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B49" s="169" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C49" s="181"/>
-[...9 lines deleted...]
-      <c r="M49" s="182"/>
+      <c r="C49" s="170"/>
+      <c r="D49" s="170"/>
+      <c r="E49" s="170"/>
+      <c r="F49" s="170"/>
+      <c r="G49" s="170"/>
+      <c r="H49" s="170"/>
+      <c r="I49" s="170"/>
+      <c r="J49" s="170"/>
+      <c r="K49" s="170"/>
+      <c r="L49" s="170"/>
+      <c r="M49" s="171"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
     </row>
-    <row r="50" spans="2:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="50" spans="2:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B50" s="12"/>
-      <c r="C50" s="29"/>
-[...9 lines deleted...]
-      <c r="M50" s="29"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="27"/>
       <c r="O50" s="3"/>
       <c r="P50" s="3"/>
       <c r="Q50" s="3"/>
       <c r="R50" s="3"/>
       <c r="S50" s="3"/>
     </row>
-    <row r="51" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="51" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B51" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="52" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="52" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B52" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="53" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="53" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B53" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="54" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="54" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B54" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="55" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="55" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B55" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="56" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="56" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B56" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="57" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="57" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B57" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="58" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="58" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B58" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J58" s="53"/>
-[...4 lines deleted...]
-    <row r="59" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="J58" s="51"/>
+      <c r="K58" s="51"/>
+      <c r="L58" s="51"/>
+      <c r="M58" s="51"/>
+    </row>
+    <row r="59" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B59" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J59" s="53"/>
-[...11 lines deleted...]
-      <c r="B61" s="183" t="e">
+      <c r="J59" s="51"/>
+      <c r="K59" s="51"/>
+      <c r="L59" s="51"/>
+      <c r="M59" s="51"/>
+    </row>
+    <row r="60" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="J60" s="51"/>
+      <c r="K60" s="51"/>
+      <c r="L60" s="16"/>
+      <c r="M60" s="51"/>
+    </row>
+    <row r="61" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B61" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C61" s="184"/>
-      <c r="D61" s="65" t="e">
+      <c r="C61" s="173"/>
+      <c r="D61" s="63" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E61" s="62" t="s">
+      <c r="E61" s="60" t="s">
         <v>3</v>
       </c>
-      <c r="F61" s="64" t="e">
+      <c r="F61" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G61" s="63" t="s">
+      <c r="G61" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="I61" s="21"/>
-[...4 lines deleted...]
-      <c r="B63" s="183" t="e">
+      <c r="I61" s="20"/>
+      <c r="L61" s="16"/>
+    </row>
+    <row r="62" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="63" spans="2:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B63" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C63" s="184"/>
+      <c r="C63" s="173"/>
       <c r="D63" s="14" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E63" s="63" t="s">
+      <c r="E63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="F63" s="64" t="e">
+      <c r="F63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G63" s="63" t="s">
+      <c r="G63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H63" s="64" t="e">
+      <c r="H63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I63" s="63" t="s">
+      <c r="I63" s="61" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="64" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.45"/>
-[...1 lines deleted...]
-      <c r="B65" s="183" t="e">
+    <row r="64" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="65" spans="2:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B65" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C65" s="185"/>
-[...12 lines deleted...]
-      <c r="B66" s="193" t="e">
+      <c r="C65" s="174"/>
+      <c r="D65" s="174"/>
+      <c r="E65" s="174"/>
+      <c r="F65" s="174"/>
+      <c r="G65" s="174"/>
+      <c r="H65" s="174"/>
+      <c r="I65" s="174"/>
+      <c r="J65" s="174"/>
+      <c r="K65" s="174"/>
+      <c r="L65" s="174"/>
+      <c r="M65" s="173"/>
+    </row>
+    <row r="66" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B66" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C66" s="194"/>
-      <c r="D66" s="187" t="e">
+      <c r="C66" s="183"/>
+      <c r="D66" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E66" s="188"/>
-[...1 lines deleted...]
-      <c r="G66" s="190" t="e">
+      <c r="E66" s="177"/>
+      <c r="F66" s="178"/>
+      <c r="G66" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H66" s="191"/>
-[...9 lines deleted...]
-      <c r="D67" s="66" t="e">
+      <c r="H66" s="180"/>
+      <c r="I66" s="180"/>
+      <c r="J66" s="180"/>
+      <c r="K66" s="180"/>
+      <c r="L66" s="180"/>
+      <c r="M66" s="181"/>
+    </row>
+    <row r="67" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B67" s="184"/>
+      <c r="C67" s="185"/>
+      <c r="D67" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E67" s="197"/>
-[...10 lines deleted...]
-      <c r="B68" s="193" t="e">
+      <c r="E67" s="186"/>
+      <c r="F67" s="186"/>
+      <c r="G67" s="186"/>
+      <c r="H67" s="186"/>
+      <c r="I67" s="186"/>
+      <c r="J67" s="186"/>
+      <c r="K67" s="186"/>
+      <c r="L67" s="186"/>
+      <c r="M67" s="186"/>
+    </row>
+    <row r="68" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B68" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C68" s="194"/>
-      <c r="D68" s="187" t="e">
+      <c r="C68" s="183"/>
+      <c r="D68" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E68" s="188"/>
-[...1 lines deleted...]
-      <c r="G68" s="190" t="e">
+      <c r="E68" s="177"/>
+      <c r="F68" s="178"/>
+      <c r="G68" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H68" s="191"/>
-[...9 lines deleted...]
-      <c r="D69" s="66" t="e">
+      <c r="H68" s="180"/>
+      <c r="I68" s="180"/>
+      <c r="J68" s="180"/>
+      <c r="K68" s="180"/>
+      <c r="L68" s="180"/>
+      <c r="M68" s="181"/>
+    </row>
+    <row r="69" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B69" s="184"/>
+      <c r="C69" s="185"/>
+      <c r="D69" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E69" s="198"/>
-[...10 lines deleted...]
-      <c r="B70" s="183" t="e">
+      <c r="E69" s="187"/>
+      <c r="F69" s="188"/>
+      <c r="G69" s="179"/>
+      <c r="H69" s="180"/>
+      <c r="I69" s="180"/>
+      <c r="J69" s="180"/>
+      <c r="K69" s="180"/>
+      <c r="L69" s="180"/>
+      <c r="M69" s="181"/>
+    </row>
+    <row r="70" spans="2:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B70" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C70" s="185"/>
-[...13 lines deleted...]
-      <c r="B71" s="193" t="e">
+      <c r="C70" s="174"/>
+      <c r="D70" s="174"/>
+      <c r="E70" s="174"/>
+      <c r="F70" s="174"/>
+      <c r="G70" s="174"/>
+      <c r="H70" s="174"/>
+      <c r="I70" s="174"/>
+      <c r="J70" s="174"/>
+      <c r="K70" s="174"/>
+      <c r="L70" s="174"/>
+      <c r="M70" s="173"/>
+      <c r="N70" s="19"/>
+    </row>
+    <row r="71" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B71" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C71" s="194"/>
-      <c r="D71" s="207" t="e">
+      <c r="C71" s="183"/>
+      <c r="D71" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E71" s="208"/>
-[...1 lines deleted...]
-      <c r="G71" s="63" t="s">
+      <c r="E71" s="197"/>
+      <c r="F71" s="198"/>
+      <c r="G71" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H71" s="186"/>
-[...10 lines deleted...]
-      <c r="D72" s="207" t="e">
+      <c r="H71" s="175"/>
+      <c r="I71" s="175"/>
+      <c r="J71" s="175"/>
+      <c r="K71" s="175"/>
+      <c r="L71" s="175"/>
+      <c r="M71" s="175"/>
+      <c r="N71" s="19"/>
+    </row>
+    <row r="72" spans="2:14" ht="26.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B72" s="184"/>
+      <c r="C72" s="185"/>
+      <c r="D72" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E72" s="208"/>
-[...1 lines deleted...]
-      <c r="G72" s="63" t="s">
+      <c r="E72" s="197"/>
+      <c r="F72" s="198"/>
+      <c r="G72" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H72" s="205" t="e">
+      <c r="H72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I72" s="205"/>
-[...2 lines deleted...]
-      <c r="L72" s="205" t="e">
+      <c r="I72" s="194"/>
+      <c r="J72" s="195"/>
+      <c r="K72" s="195"/>
+      <c r="L72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="M72" s="205"/>
-[...3 lines deleted...]
-      <c r="B74" s="67" t="e">
+      <c r="M72" s="194"/>
+    </row>
+    <row r="73" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="74" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B74" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C74" s="68"/>
-[...12 lines deleted...]
-      <c r="B75" s="67" t="e">
+      <c r="C74" s="66"/>
+      <c r="D74" s="66"/>
+      <c r="E74" s="66"/>
+      <c r="F74" s="66"/>
+      <c r="G74" s="66"/>
+      <c r="H74" s="66"/>
+      <c r="I74" s="66"/>
+      <c r="J74" s="66"/>
+      <c r="K74" s="66"/>
+      <c r="L74" s="66"/>
+      <c r="M74" s="66"/>
+    </row>
+    <row r="75" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B75" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C75" s="68"/>
-[...12 lines deleted...]
-      <c r="B76" s="67" t="e">
+      <c r="C75" s="66"/>
+      <c r="D75" s="66"/>
+      <c r="E75" s="66"/>
+      <c r="F75" s="66"/>
+      <c r="G75" s="66"/>
+      <c r="H75" s="66"/>
+      <c r="I75" s="66"/>
+      <c r="J75" s="66"/>
+      <c r="K75" s="66"/>
+      <c r="L75" s="66"/>
+      <c r="M75" s="66"/>
+    </row>
+    <row r="76" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B76" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C76" s="68"/>
-[...82 lines deleted...]
-      <c r="B82" s="67" t="e">
+      <c r="C76" s="66"/>
+      <c r="D76" s="66"/>
+      <c r="E76" s="66"/>
+      <c r="F76" s="66"/>
+      <c r="G76" s="66"/>
+      <c r="H76" s="66"/>
+      <c r="I76" s="66"/>
+      <c r="J76" s="66"/>
+      <c r="K76" s="66"/>
+      <c r="L76" s="66"/>
+      <c r="M76" s="66"/>
+    </row>
+    <row r="77" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B77" s="65"/>
+      <c r="C77" s="66"/>
+      <c r="D77" s="66"/>
+      <c r="E77" s="66"/>
+      <c r="F77" s="66"/>
+      <c r="G77" s="66"/>
+      <c r="H77" s="66"/>
+      <c r="I77" s="66"/>
+      <c r="J77" s="66"/>
+      <c r="K77" s="66"/>
+      <c r="L77" s="66"/>
+      <c r="M77" s="66"/>
+    </row>
+    <row r="78" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B78" s="65"/>
+      <c r="C78" s="66"/>
+      <c r="D78" s="66"/>
+      <c r="E78" s="66"/>
+      <c r="F78" s="66"/>
+      <c r="G78" s="66"/>
+      <c r="H78" s="66"/>
+      <c r="I78" s="66"/>
+      <c r="J78" s="66"/>
+      <c r="K78" s="66"/>
+      <c r="L78" s="66"/>
+      <c r="M78" s="66"/>
+    </row>
+    <row r="79" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B79" s="65"/>
+      <c r="C79" s="66"/>
+      <c r="D79" s="66"/>
+      <c r="E79" s="66"/>
+      <c r="F79" s="66"/>
+      <c r="G79" s="66"/>
+      <c r="H79" s="66"/>
+      <c r="I79" s="66"/>
+      <c r="J79" s="66"/>
+      <c r="K79" s="66"/>
+      <c r="L79" s="66"/>
+      <c r="M79" s="66"/>
+    </row>
+    <row r="80" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B80" s="65"/>
+      <c r="C80" s="66"/>
+      <c r="D80" s="66"/>
+      <c r="E80" s="66"/>
+      <c r="F80" s="66"/>
+      <c r="G80" s="66"/>
+      <c r="H80" s="66"/>
+      <c r="I80" s="66"/>
+      <c r="J80" s="66"/>
+      <c r="K80" s="66"/>
+      <c r="L80" s="66"/>
+      <c r="M80" s="66"/>
+    </row>
+    <row r="81" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B81" s="65"/>
+      <c r="C81" s="66"/>
+      <c r="D81" s="66"/>
+      <c r="E81" s="66"/>
+      <c r="F81" s="66"/>
+      <c r="G81" s="66"/>
+      <c r="H81" s="66"/>
+      <c r="I81" s="66"/>
+      <c r="J81" s="66"/>
+      <c r="K81" s="66"/>
+      <c r="L81" s="66"/>
+      <c r="M81" s="66"/>
+    </row>
+    <row r="82" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B82" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="68"/>
-[...12 lines deleted...]
-      <c r="B83" s="67" t="e">
+      <c r="C82" s="66"/>
+      <c r="D82" s="66"/>
+      <c r="E82" s="66"/>
+      <c r="F82" s="66"/>
+      <c r="G82" s="66"/>
+      <c r="H82" s="66"/>
+      <c r="I82" s="66"/>
+      <c r="J82" s="66"/>
+      <c r="K82" s="66"/>
+      <c r="L82" s="66"/>
+      <c r="M82" s="66"/>
+    </row>
+    <row r="83" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B83" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="68"/>
-[...12 lines deleted...]
-      <c r="B84" s="67" t="e">
+      <c r="C83" s="66"/>
+      <c r="D83" s="66"/>
+      <c r="E83" s="66"/>
+      <c r="F83" s="66"/>
+      <c r="G83" s="66"/>
+      <c r="H83" s="66"/>
+      <c r="I83" s="66"/>
+      <c r="J83" s="66"/>
+      <c r="K83" s="66"/>
+      <c r="L83" s="66"/>
+      <c r="M83" s="66"/>
+    </row>
+    <row r="84" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B84" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="68"/>
-[...110 lines deleted...]
-      <c r="B92" s="67" t="e">
+      <c r="C84" s="66"/>
+      <c r="D84" s="66"/>
+      <c r="E84" s="66"/>
+      <c r="F84" s="66"/>
+      <c r="G84" s="66"/>
+      <c r="H84" s="66"/>
+      <c r="I84" s="66"/>
+      <c r="J84" s="66"/>
+      <c r="K84" s="66"/>
+      <c r="L84" s="66"/>
+      <c r="M84" s="66"/>
+    </row>
+    <row r="85" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B85" s="65"/>
+      <c r="C85" s="66"/>
+      <c r="D85" s="66"/>
+      <c r="E85" s="66"/>
+      <c r="F85" s="66"/>
+      <c r="G85" s="66"/>
+      <c r="H85" s="66"/>
+      <c r="I85" s="66"/>
+      <c r="J85" s="66"/>
+      <c r="K85" s="66"/>
+      <c r="L85" s="66"/>
+      <c r="M85" s="66"/>
+    </row>
+    <row r="86" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B86" s="67"/>
+      <c r="C86" s="67"/>
+      <c r="D86" s="67"/>
+      <c r="E86" s="67"/>
+      <c r="F86" s="67"/>
+      <c r="G86" s="67"/>
+      <c r="H86" s="67"/>
+      <c r="I86" s="67"/>
+      <c r="J86" s="67"/>
+      <c r="K86" s="67"/>
+      <c r="L86" s="67"/>
+      <c r="M86" s="67"/>
+    </row>
+    <row r="87" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B87" s="68"/>
+      <c r="C87" s="69"/>
+      <c r="D87" s="69"/>
+      <c r="E87" s="69"/>
+      <c r="F87" s="69"/>
+      <c r="G87" s="69"/>
+      <c r="H87" s="69"/>
+      <c r="I87" s="69"/>
+      <c r="J87" s="69"/>
+      <c r="K87" s="69"/>
+      <c r="L87" s="69"/>
+      <c r="M87" s="69"/>
+    </row>
+    <row r="88" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B88" s="68"/>
+      <c r="C88" s="69"/>
+      <c r="D88" s="69"/>
+      <c r="E88" s="69"/>
+      <c r="F88" s="69"/>
+      <c r="G88" s="69"/>
+      <c r="H88" s="67"/>
+      <c r="I88" s="67"/>
+      <c r="J88" s="67"/>
+      <c r="K88" s="67"/>
+      <c r="L88" s="67"/>
+      <c r="M88" s="67"/>
+    </row>
+    <row r="89" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B89" s="68"/>
+      <c r="C89" s="69"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="69"/>
+      <c r="F89" s="69"/>
+      <c r="G89" s="69"/>
+      <c r="H89" s="69"/>
+      <c r="I89" s="69"/>
+      <c r="J89" s="69"/>
+      <c r="K89" s="69"/>
+      <c r="L89" s="69"/>
+      <c r="M89" s="69"/>
+    </row>
+    <row r="90" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B90" s="68"/>
+      <c r="C90" s="69"/>
+      <c r="D90" s="69"/>
+      <c r="E90" s="69"/>
+      <c r="F90" s="69"/>
+      <c r="G90" s="69"/>
+      <c r="H90" s="69"/>
+      <c r="I90" s="69"/>
+      <c r="J90" s="69"/>
+      <c r="K90" s="69"/>
+      <c r="L90" s="69"/>
+      <c r="M90" s="69"/>
+    </row>
+    <row r="91" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B91" s="67"/>
+      <c r="C91" s="67"/>
+      <c r="D91" s="67"/>
+      <c r="E91" s="67"/>
+      <c r="F91" s="67"/>
+      <c r="G91" s="67"/>
+      <c r="H91" s="67"/>
+      <c r="I91" s="67"/>
+      <c r="J91" s="67"/>
+      <c r="K91" s="67"/>
+      <c r="L91" s="67"/>
+      <c r="M91" s="67"/>
+    </row>
+    <row r="92" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B92" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C92" s="71"/>
-[...24 lines deleted...]
-      <c r="B94" s="183" t="e">
+      <c r="C92" s="69"/>
+      <c r="D92" s="69"/>
+      <c r="E92" s="69"/>
+      <c r="F92" s="69"/>
+      <c r="G92" s="69"/>
+      <c r="H92" s="69"/>
+      <c r="I92" s="69"/>
+      <c r="J92" s="69"/>
+      <c r="K92" s="69"/>
+      <c r="L92" s="69"/>
+      <c r="M92" s="69"/>
+    </row>
+    <row r="93" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="18"/>
+      <c r="H93" s="18"/>
+      <c r="I93" s="18"/>
+      <c r="J93" s="17"/>
+      <c r="K93" s="17"/>
+      <c r="L93" s="17"/>
+      <c r="M93" s="17"/>
+    </row>
+    <row r="94" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B94" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C94" s="185"/>
-[...12 lines deleted...]
-      <c r="B95" s="183" t="e">
+      <c r="C94" s="174"/>
+      <c r="D94" s="174"/>
+      <c r="E94" s="174"/>
+      <c r="F94" s="174"/>
+      <c r="G94" s="174"/>
+      <c r="H94" s="174"/>
+      <c r="I94" s="174"/>
+      <c r="J94" s="174"/>
+      <c r="K94" s="174"/>
+      <c r="L94" s="174"/>
+      <c r="M94" s="173"/>
+    </row>
+    <row r="95" spans="2:13" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B95" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C95" s="184"/>
-[...12 lines deleted...]
-      <c r="B96" s="183" t="e">
+      <c r="C95" s="173"/>
+      <c r="D95" s="199"/>
+      <c r="E95" s="200"/>
+      <c r="F95" s="200"/>
+      <c r="G95" s="200"/>
+      <c r="H95" s="200"/>
+      <c r="I95" s="200"/>
+      <c r="J95" s="200"/>
+      <c r="K95" s="200"/>
+      <c r="L95" s="200"/>
+      <c r="M95" s="201"/>
+    </row>
+    <row r="96" spans="2:13" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B96" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C96" s="184"/>
-[...12 lines deleted...]
-    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C96" s="173"/>
+      <c r="D96" s="202"/>
+      <c r="E96" s="203"/>
+      <c r="F96" s="203"/>
+      <c r="G96" s="203"/>
+      <c r="H96" s="203"/>
+      <c r="I96" s="203"/>
+      <c r="J96" s="203"/>
+      <c r="K96" s="203"/>
+      <c r="L96" s="203"/>
+      <c r="M96" s="204"/>
+    </row>
+    <row r="97" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B98" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B99" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B101" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="72">
     <mergeCell ref="B94:M94"/>
     <mergeCell ref="B95:C95"/>
     <mergeCell ref="D95:M95"/>
     <mergeCell ref="B96:C96"/>
     <mergeCell ref="D96:M96"/>
     <mergeCell ref="G69:M69"/>
     <mergeCell ref="B70:M70"/>
     <mergeCell ref="B71:C72"/>
     <mergeCell ref="D71:F71"/>
     <mergeCell ref="H71:M71"/>
     <mergeCell ref="D72:F72"/>
     <mergeCell ref="H72:I72"/>
     <mergeCell ref="J72:K72"/>
     <mergeCell ref="L72:M72"/>
     <mergeCell ref="B68:C69"/>
     <mergeCell ref="D68:F68"/>
     <mergeCell ref="G68:M68"/>
     <mergeCell ref="E69:F69"/>
@@ -17824,1683 +17796,1683 @@
     </cfRule>
     <cfRule type="expression" dxfId="72" priority="2">
       <formula>$E$63="■"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H8:H9 K8:K10 E8:E10 E61 I63 G63 E63 G61 G71:G72" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.23622047244094491" top="0.55118110236220474" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="46" max="13" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:S101"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="2.59765625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="7" style="1" customWidth="1"/>
-    <col min="3" max="3" width="9.69921875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
-    <col min="5" max="5" width="8.69921875" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="8.19921875" style="1"/>
+    <col min="5" max="5" width="8.75" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.75" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.75" style="1" customWidth="1"/>
+    <col min="10" max="12" width="8.875" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="2.625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.25" style="1"/>
     <col min="16" max="18" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="19" max="16384" width="8.19921875" style="1"/>
+    <col min="19" max="16384" width="8.25" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="57.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="M1" s="61" t="str">
+    <row r="1" spans="2:18" ht="57.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M1" s="59" t="str">
         <f>SDM利用申込書!M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="103" t="str">
+    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="94" t="str">
         <f>SDM利用申込書!B2</f>
         <v>FiT SDM 利用申込書</v>
       </c>
-      <c r="C2" s="103"/>
-[...12 lines deleted...]
-      <c r="B3" s="106" t="str">
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+    </row>
+    <row r="3" spans="2:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="97" t="str">
         <f>SDM利用申込書!B3</f>
         <v>FiT SDMをお申し込みいただき誠にありがとうございます。
 ライセンス発行に際しては、本申込書の記入、送付をお願いいたします。(本書ご記入の際は、下記の「個人情報取扱について」をお読みください。）
 また、事前に「FiT SDM利用規約」のご確認をお願いいたします。
 記載内容に不備がありますと、ライセンスの発行ができない場合がございますのでご注意ください。</v>
       </c>
-      <c r="C3" s="107"/>
-[...12 lines deleted...]
-      <c r="B4" s="106" t="str">
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+    </row>
+    <row r="4" spans="2:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="97" t="str">
         <f>SDM利用申込書!B4</f>
         <v>〈送付先：sdm-info@isb.co.jp〉　捺印のうえPDFにてご送付ください。原本の郵送は不要です。</v>
       </c>
-      <c r="C4" s="106"/>
-[...12 lines deleted...]
-      <c r="B5" s="78" t="str">
+      <c r="C4" s="97"/>
+      <c r="D4" s="97"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="97"/>
+      <c r="G4" s="97"/>
+      <c r="H4" s="97"/>
+      <c r="I4" s="97"/>
+      <c r="J4" s="97"/>
+      <c r="K4" s="97"/>
+      <c r="L4" s="97"/>
+      <c r="M4" s="97"/>
+    </row>
+    <row r="5" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="73" t="str">
         <f>SDM利用申込書!B5</f>
         <v>お申込日</v>
       </c>
-      <c r="C5" s="78"/>
-      <c r="D5" s="155">
+      <c r="C5" s="73"/>
+      <c r="D5" s="144">
         <v>45731</v>
       </c>
-      <c r="E5" s="155"/>
-[...2 lines deleted...]
-      <c r="H5" s="78" t="str">
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="144"/>
+      <c r="H5" s="73" t="str">
         <f>SDM利用申込書!H5</f>
         <v>貴社ご発注番号</v>
       </c>
-      <c r="I5" s="78"/>
-[...7 lines deleted...]
-      <c r="B7" s="78" t="str">
+      <c r="I5" s="73"/>
+      <c r="J5" s="145"/>
+      <c r="K5" s="145"/>
+      <c r="L5" s="145"/>
+      <c r="M5" s="145"/>
+    </row>
+    <row r="6" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="73" t="str">
         <f>SDM利用申込書!B7</f>
         <v>お申込内容</v>
       </c>
-      <c r="C7" s="78"/>
-[...4 lines deleted...]
-      <c r="B8" s="123" t="str">
+      <c r="C7" s="73"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="99"/>
+    </row>
+    <row r="8" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="113" t="str">
         <f>SDM利用申込書!B8</f>
         <v>申込区分</v>
       </c>
-      <c r="C8" s="149"/>
-      <c r="D8" s="152" t="str">
+      <c r="C8" s="138"/>
+      <c r="D8" s="141" t="str">
         <f>SDM利用申込書!D8</f>
         <v>複数選択可</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="6" t="str">
         <f>SDM利用申込書!F8</f>
         <v>新規購入</v>
       </c>
       <c r="G8" s="11"/>
       <c r="H8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="6" t="str">
         <f>SDM利用申込書!I8</f>
         <v>追加購入</v>
       </c>
       <c r="J8" s="11"/>
       <c r="K8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="6" t="str">
         <f>SDM利用申込書!L8</f>
         <v>その他（登録情報変更等）</v>
       </c>
       <c r="M8" s="11"/>
     </row>
-    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D9" s="153"/>
+    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="115"/>
+      <c r="C9" s="139"/>
+      <c r="D9" s="142"/>
       <c r="E9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="8" t="str">
         <f>SDM利用申込書!F9</f>
         <v>プラン変更</v>
       </c>
-      <c r="G9" s="24"/>
+      <c r="G9" s="23"/>
       <c r="H9" s="7" t="s">
         <v>19</v>
       </c>
       <c r="I9" s="8" t="str">
         <f>SDM利用申込書!I9</f>
         <v>一部解約</v>
       </c>
-      <c r="J9" s="24"/>
+      <c r="J9" s="23"/>
       <c r="K9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="8" t="str">
         <f>SDM利用申込書!L9</f>
         <v>全解約</v>
       </c>
-      <c r="M9" s="24"/>
-[...4 lines deleted...]
-      <c r="D10" s="154"/>
+      <c r="M9" s="23"/>
+    </row>
+    <row r="10" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="117"/>
+      <c r="C10" s="140"/>
+      <c r="D10" s="143"/>
       <c r="E10" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="23" t="str">
+      <c r="F10" s="22" t="str">
         <f>SDM利用申込書!F10</f>
         <v>OS切替</v>
       </c>
-      <c r="G10" s="30" t="str">
+      <c r="G10" s="28" t="str">
         <f>SDM利用申込書!G10</f>
         <v>OS切替分は「OS変更・一部解約_端末一覧表」シートに記載ください。［申込製品・申込数量］欄への記載は不要です。</v>
       </c>
       <c r="H10" s="10"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="10"/>
       <c r="L10" s="4"/>
-      <c r="M10" s="23"/>
-[...2 lines deleted...]
-      <c r="B11" s="109" t="str">
+      <c r="M10" s="22"/>
+    </row>
+    <row r="11" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="100" t="str">
         <f>SDM利用申込書!B11</f>
         <v>契約識別番号</v>
       </c>
-      <c r="C11" s="157"/>
+      <c r="C11" s="146"/>
       <c r="D11" s="15" t="str">
         <f>SDM利用申込書!D11</f>
         <v>記載ください</v>
       </c>
-      <c r="E11" s="140">
+      <c r="E11" s="130">
         <v>123456</v>
       </c>
-      <c r="F11" s="142"/>
-      <c r="G11" s="28" t="str">
+      <c r="F11" s="131"/>
+      <c r="G11" s="26" t="str">
         <f>SDM利用申込書!G11</f>
         <v>契約識別番号は6桁の数字です。管理コンソールまたはライセンス証書よりご確認いただけます。</v>
       </c>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
     </row>
-    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B12" s="133" t="str">
+    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="123" t="str">
         <f>SDM利用申込書!B12</f>
         <v>サービス開始/終了希望日</v>
       </c>
-      <c r="C12" s="164"/>
-[...1 lines deleted...]
-      <c r="E12" s="165" t="s">
+      <c r="C12" s="153"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="154" t="s">
         <v>54</v>
       </c>
-      <c r="F12" s="166"/>
-[...9 lines deleted...]
-      <c r="B13" s="109" t="str">
+      <c r="F12" s="155"/>
+      <c r="G12" s="155"/>
+      <c r="H12" s="155"/>
+      <c r="I12" s="155"/>
+      <c r="J12" s="155"/>
+      <c r="K12" s="155"/>
+      <c r="L12" s="155"/>
+      <c r="M12" s="156"/>
+    </row>
+    <row r="13" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="100" t="str">
         <f>SDM利用申込書!B13</f>
         <v>申込製品・申込数量</v>
       </c>
-      <c r="C13" s="137"/>
-[...12 lines deleted...]
-      <c r="B14" s="115" t="str">
+      <c r="C13" s="127"/>
+      <c r="D13" s="127"/>
+      <c r="E13" s="127"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
+      <c r="H13" s="127"/>
+      <c r="I13" s="127"/>
+      <c r="J13" s="127"/>
+      <c r="K13" s="127"/>
+      <c r="L13" s="127"/>
+      <c r="M13" s="128"/>
+    </row>
+    <row r="14" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="106" t="str">
         <f>SDM利用申込書!B14</f>
         <v>基本プラン</v>
       </c>
-      <c r="C14" s="116"/>
-[...1 lines deleted...]
-      <c r="E14" s="95" t="str">
+      <c r="C14" s="107"/>
+      <c r="D14" s="110"/>
+      <c r="E14" s="86" t="str">
         <f>SDM利用申込書!E14</f>
         <v>　FiT SDM　Android（MSM版）</v>
       </c>
-      <c r="F14" s="96"/>
-[...3 lines deleted...]
-      <c r="J14" s="47" t="str">
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="45" t="str">
         <f>SDM利用申込書!J14</f>
         <v>申込数</v>
       </c>
-      <c r="K14" s="158">
+      <c r="K14" s="147">
         <v>20</v>
       </c>
-      <c r="L14" s="159"/>
-      <c r="M14" s="34" t="str">
+      <c r="L14" s="148"/>
+      <c r="M14" s="32" t="str">
         <f>SDM利用申込書!M14</f>
         <v>ライセンス</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R14" s="3" t="str">
         <f>P14&amp;Q14</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E15" s="143" t="str">
+    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="82"/>
+      <c r="C15" s="83"/>
+      <c r="D15" s="111"/>
+      <c r="E15" s="132" t="str">
         <f>SDM利用申込書!E15</f>
         <v>　FiT SDM　iOS/iPadOS（MSM版）</v>
       </c>
-      <c r="F15" s="143"/>
-[...2 lines deleted...]
-      <c r="I15" s="143"/>
+      <c r="F15" s="132"/>
+      <c r="G15" s="132"/>
+      <c r="H15" s="132"/>
+      <c r="I15" s="132"/>
       <c r="J15" s="14" t="str">
         <f>SDM利用申込書!J15</f>
         <v>申込数</v>
       </c>
-      <c r="K15" s="160"/>
-[...1 lines deleted...]
-      <c r="M15" s="41" t="str">
+      <c r="K15" s="149"/>
+      <c r="L15" s="150"/>
+      <c r="M15" s="39" t="str">
         <f>SDM利用申込書!M15</f>
         <v>ライセンス</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="3" t="str">
         <f t="shared" ref="R15" si="0">P15&amp;Q15</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E16" s="146" t="str">
+    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="82"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="110"/>
+      <c r="E16" s="135" t="str">
         <f>SDM利用申込書!E16</f>
         <v>　FiT SDM　Android コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F16" s="147"/>
-[...3 lines deleted...]
-      <c r="J16" s="48" t="str">
+      <c r="F16" s="136"/>
+      <c r="G16" s="136"/>
+      <c r="H16" s="136"/>
+      <c r="I16" s="137"/>
+      <c r="J16" s="46" t="str">
         <f>SDM利用申込書!J16</f>
         <v>申込数</v>
       </c>
-      <c r="K16" s="162"/>
-[...1 lines deleted...]
-      <c r="M16" s="51" t="str">
+      <c r="K16" s="151"/>
+      <c r="L16" s="152"/>
+      <c r="M16" s="49" t="str">
         <f>SDM利用申込書!M16</f>
         <v>ライセンス</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R16" s="3" t="str">
         <f>P16&amp;Q16</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="E17" s="112" t="str">
+    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B17" s="108"/>
+      <c r="C17" s="109"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="103" t="str">
         <f>SDM利用申込書!E17</f>
         <v>　FiT SDM　iOS/iPadOS　コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F17" s="112"/>
-[...3 lines deleted...]
-      <c r="J17" s="49" t="str">
+      <c r="F17" s="103"/>
+      <c r="G17" s="103"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="47" t="str">
         <f>SDM利用申込書!J17</f>
         <v>申込数</v>
       </c>
-      <c r="K17" s="168"/>
-[...1 lines deleted...]
-      <c r="M17" s="33" t="str">
+      <c r="K17" s="157"/>
+      <c r="L17" s="158"/>
+      <c r="M17" s="31" t="str">
         <f>SDM利用申込書!M17</f>
         <v>ライセンス</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R17" s="3" t="str">
         <f t="shared" ref="R17" si="1">P17&amp;Q17</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="91" t="str">
+    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="82" t="str">
         <f>SDM利用申込書!B18</f>
         <v>オプション</v>
       </c>
-      <c r="C18" s="92"/>
-      <c r="D18" s="54" t="str">
+      <c r="C18" s="83"/>
+      <c r="D18" s="52" t="str">
         <f>SDM利用申込書!D18</f>
         <v>24365代行</v>
       </c>
-      <c r="E18" s="93" t="str">
+      <c r="E18" s="84" t="str">
         <f>SDM利用申込書!E18</f>
         <v xml:space="preserve">　おまかせロック・ワイプサービス </v>
       </c>
-      <c r="F18" s="94"/>
-[...3 lines deleted...]
-      <c r="J18" s="50" t="str">
+      <c r="F18" s="85"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="85"/>
+      <c r="J18" s="48" t="str">
         <f>SDM利用申込書!J18</f>
         <v>申込数</v>
       </c>
-      <c r="K18" s="88" t="str">
+      <c r="K18" s="79" t="str">
         <f>SDM利用申込書!K18</f>
         <v>iOSのみ。基本サービスと同数のお申込となります。</v>
       </c>
-      <c r="L18" s="89"/>
-      <c r="M18" s="90"/>
+      <c r="L18" s="80"/>
+      <c r="M18" s="81"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
     </row>
-    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D19" s="55" t="str">
+    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="82"/>
+      <c r="C19" s="83"/>
+      <c r="D19" s="53" t="str">
         <f>SDM利用申込書!D19</f>
         <v>アンチウイルス</v>
       </c>
-      <c r="E19" s="80" t="str">
+      <c r="E19" s="75" t="str">
         <f>SDM利用申込書!E19</f>
         <v>　Harmony Mobile for SDM</v>
       </c>
-      <c r="F19" s="81"/>
-[...3 lines deleted...]
-      <c r="J19" s="47" t="str">
+      <c r="F19" s="76"/>
+      <c r="G19" s="76"/>
+      <c r="H19" s="76"/>
+      <c r="I19" s="76"/>
+      <c r="J19" s="45" t="str">
         <f>SDM利用申込書!J19</f>
         <v>申込数</v>
       </c>
-      <c r="K19" s="158">
+      <c r="K19" s="147">
         <v>10</v>
       </c>
-      <c r="L19" s="159"/>
-      <c r="M19" s="34" t="str">
+      <c r="L19" s="148"/>
+      <c r="M19" s="32" t="str">
         <f>SDM利用申込書!M19</f>
         <v>ライセンス</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R19" s="3" t="str">
         <f t="shared" ref="R19" si="2">P19&amp;Q19</f>
         <v>ロックワイプサービス</v>
       </c>
     </row>
-    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="109" t="str">
+    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="100" t="str">
         <f>SDM利用申込書!B20</f>
         <v>備考</v>
       </c>
-      <c r="C20" s="110"/>
-[...25 lines deleted...]
-    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C20" s="101"/>
+      <c r="D20" s="101"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="101"/>
+      <c r="G20" s="101"/>
+      <c r="H20" s="101"/>
+      <c r="I20" s="101"/>
+      <c r="J20" s="101"/>
+      <c r="K20" s="101"/>
+      <c r="L20" s="101"/>
+      <c r="M20" s="102"/>
+    </row>
+    <row r="21" spans="2:19" s="13" customFormat="1" ht="51.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="159"/>
+      <c r="C21" s="159"/>
+      <c r="D21" s="159"/>
+      <c r="E21" s="159"/>
+      <c r="F21" s="159"/>
+      <c r="G21" s="159"/>
+      <c r="H21" s="159"/>
+      <c r="I21" s="159"/>
+      <c r="J21" s="159"/>
+      <c r="K21" s="159"/>
+      <c r="L21" s="159"/>
+      <c r="M21" s="159"/>
+    </row>
+    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="12"/>
-      <c r="C22" s="29"/>
-[...12 lines deleted...]
-      <c r="B23" s="78" t="str">
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+    </row>
+    <row r="23" spans="2:19" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="73" t="str">
         <f>SDM利用申込書!B23</f>
         <v>お客様情報記入欄</v>
       </c>
-      <c r="C23" s="78"/>
-[...1 lines deleted...]
-      <c r="E23" s="78"/>
+      <c r="C23" s="73"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="73"/>
       <c r="F23" s="13" t="str">
         <f>SDM利用申込書!F23</f>
         <v>※修正の場合は修正箇所を赤字で記入ください</v>
       </c>
     </row>
-    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="79" t="str">
+    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="74" t="str">
         <f>SDM利用申込書!B24</f>
         <v>会社名</v>
       </c>
-      <c r="C24" s="79"/>
-[...12 lines deleted...]
-      <c r="B25" s="79" t="str">
+      <c r="C24" s="74"/>
+      <c r="D24" s="160"/>
+      <c r="E24" s="161"/>
+      <c r="F24" s="161"/>
+      <c r="G24" s="161"/>
+      <c r="H24" s="161"/>
+      <c r="I24" s="162"/>
+      <c r="J24" s="162"/>
+      <c r="K24" s="162"/>
+      <c r="L24" s="162"/>
+      <c r="M24" s="163"/>
+    </row>
+    <row r="25" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="74" t="str">
         <f>SDM利用申込書!B25</f>
         <v>部署名</v>
       </c>
-      <c r="C25" s="79"/>
-[...5 lines deleted...]
-      <c r="I25" s="57" t="str">
+      <c r="C25" s="74"/>
+      <c r="D25" s="160"/>
+      <c r="E25" s="161"/>
+      <c r="F25" s="161"/>
+      <c r="G25" s="161"/>
+      <c r="H25" s="164"/>
+      <c r="I25" s="55" t="str">
         <f>SDM利用申込書!I25</f>
         <v>担当者名</v>
       </c>
-      <c r="J25" s="176"/>
-[...5 lines deleted...]
-      <c r="B26" s="79" t="str">
+      <c r="J25" s="165"/>
+      <c r="K25" s="166"/>
+      <c r="L25" s="166"/>
+      <c r="M25" s="167"/>
+    </row>
+    <row r="26" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="74" t="str">
         <f>SDM利用申込書!B26</f>
         <v>住所</v>
       </c>
-      <c r="C26" s="79"/>
-[...12 lines deleted...]
-      <c r="B27" s="139" t="str">
+      <c r="C26" s="74"/>
+      <c r="D26" s="56"/>
+      <c r="E26" s="57"/>
+      <c r="F26" s="189"/>
+      <c r="G26" s="166"/>
+      <c r="H26" s="166"/>
+      <c r="I26" s="166"/>
+      <c r="J26" s="166"/>
+      <c r="K26" s="166"/>
+      <c r="L26" s="166"/>
+      <c r="M26" s="167"/>
+    </row>
+    <row r="27" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="129" t="str">
         <f>SDM利用申込書!B27</f>
         <v>TEL</v>
       </c>
-      <c r="C27" s="139"/>
-[...5 lines deleted...]
-      <c r="I27" s="57" t="str">
+      <c r="C27" s="129"/>
+      <c r="D27" s="190"/>
+      <c r="E27" s="191"/>
+      <c r="F27" s="191"/>
+      <c r="G27" s="191"/>
+      <c r="H27" s="192"/>
+      <c r="I27" s="55" t="str">
         <f>SDM利用申込書!I27</f>
         <v>E-mail</v>
       </c>
-      <c r="J27" s="204"/>
-[...2 lines deleted...]
-      <c r="M27" s="204"/>
+      <c r="J27" s="193"/>
+      <c r="K27" s="193"/>
+      <c r="L27" s="193"/>
+      <c r="M27" s="193"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
     </row>
-    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="12"/>
-      <c r="C28" s="29"/>
-[...12 lines deleted...]
-      <c r="B29" s="52" t="str">
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+    </row>
+    <row r="29" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="50" t="str">
         <f>SDM利用申込書!B29</f>
         <v>記載のメールアドレス宛に①ライセンス証書、②アナウンスメールを送付します。メーリングリストの登録も可能です。</v>
       </c>
-      <c r="C29" s="27"/>
-[...12 lines deleted...]
-      <c r="B30" s="52" t="str">
+      <c r="C29" s="25"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="24"/>
+      <c r="I29" s="24"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="24"/>
+      <c r="L29" s="24"/>
+      <c r="M29" s="24"/>
+    </row>
+    <row r="30" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="50" t="str">
         <f>SDM利用申込書!B30</f>
         <v>・ライセンス証書：新規契約やライセンスの追加/減数時の処理証明として、メールにてPDF形式で送付します。</v>
       </c>
-      <c r="C30" s="27"/>
-[...12 lines deleted...]
-      <c r="B31" s="52" t="str">
+      <c r="C30" s="25"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="24"/>
+      <c r="I30" s="24"/>
+      <c r="J30" s="24"/>
+      <c r="K30" s="24"/>
+      <c r="L30" s="24"/>
+      <c r="M30" s="24"/>
+    </row>
+    <row r="31" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="50" t="str">
         <f>SDM利用申込書!B31</f>
         <v>・アナウンスメール：メンテナンスや障害連絡、新機能のリリースに関するご案内などを送付します。</v>
       </c>
-      <c r="C31" s="27"/>
-[...11 lines deleted...]
-    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C31" s="25"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+    </row>
+    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="12"/>
-      <c r="C32" s="29"/>
-[...12 lines deleted...]
-      <c r="B33" s="102" t="str">
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="27"/>
+      <c r="K32" s="27"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+    </row>
+    <row r="33" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="93" t="str">
         <f>SDM利用申込書!B33</f>
         <v>■　ご契約の注意点　■
 ・本サービスの提供内容、提供条件は、「FiT SDM利用規約」、「FiT SDMサービス仕様書」、「FiT SDM取扱説明書」に準拠します。
 　各書面：https://support.mdm.isb.co.jp/support/manual?tab=tab4　（ID：fitsdm　パスワード：Sdm-9702）
 　本申込書のご提出をもって、上記に同意したものとします。
 ・ライセンスは自動更新です。解約・減数をご希望の場合は、1ヶ月前までに本申込書のご提出をお願いします。ご連絡がない場合は自動更新となります。
 ■　個人情報の取扱について　■
 -　本書にて収集した個人情報は、個人情報保護法及び当社プライバシー・ポリシーに基き適切に管理いたします。
 -　当社は、お客様等の個人情報を以下の目的のために利用いたします。
 　　1.お客様に関する個人情報(a.製品の発送のため b.製品・サービス・イベント、セミナー、キャンペーンなどのご案内の送付のため c.製品サポート・メンテナンス
 　  の提供のため d.お問い合わせ・ご相談へのご対応 e.製品・サービスの開発、アンケート調査実施、モニター実施のため f.お客様との商談、打合せ等のため)
     2.お取引先各社の役員・従業員の方々に関する個人情報 
 　　　(a.業務上必要な諸連絡・ご商談等 b.お取引先様の情報管理、支払・収入処理のため)
 -　本書は、お申込頂いた販売代理店様並びに当社一次代理店にて受発注業務を行う為にお預かりする場合があります。
 -　尚、当社プライバシーポリシーの詳細につきましては当社ウェブサイトをご覧下さい。(https://www.isb.co.jp/privacypolicy/)
 ※　本内容にご同意頂けない場合、お申込をお受けできないことを予めご了承下さい。</v>
       </c>
-      <c r="C33" s="102"/>
-[...179 lines deleted...]
-    <row r="46" spans="1:14" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C33" s="93"/>
+      <c r="D33" s="93"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="93"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="93"/>
+      <c r="M33" s="93"/>
+    </row>
+    <row r="34" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="93"/>
+      <c r="C34" s="93"/>
+      <c r="D34" s="93"/>
+      <c r="E34" s="93"/>
+      <c r="F34" s="93"/>
+      <c r="G34" s="93"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="93"/>
+      <c r="J34" s="93"/>
+      <c r="K34" s="93"/>
+      <c r="L34" s="93"/>
+      <c r="M34" s="93"/>
+    </row>
+    <row r="35" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="93"/>
+      <c r="C35" s="93"/>
+      <c r="D35" s="93"/>
+      <c r="E35" s="93"/>
+      <c r="F35" s="93"/>
+      <c r="G35" s="93"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="93"/>
+      <c r="J35" s="93"/>
+      <c r="K35" s="93"/>
+      <c r="L35" s="93"/>
+      <c r="M35" s="93"/>
+    </row>
+    <row r="36" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="93"/>
+      <c r="C36" s="93"/>
+      <c r="D36" s="93"/>
+      <c r="E36" s="93"/>
+      <c r="F36" s="93"/>
+      <c r="G36" s="93"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="93"/>
+      <c r="J36" s="93"/>
+      <c r="K36" s="93"/>
+      <c r="L36" s="93"/>
+      <c r="M36" s="93"/>
+    </row>
+    <row r="37" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="93"/>
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+    </row>
+    <row r="38" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="93"/>
+      <c r="C38" s="93"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="93"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+    </row>
+    <row r="39" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="93"/>
+      <c r="C39" s="93"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="93"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+    </row>
+    <row r="40" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="93"/>
+      <c r="C40" s="93"/>
+      <c r="D40" s="93"/>
+      <c r="E40" s="93"/>
+      <c r="F40" s="93"/>
+      <c r="G40" s="93"/>
+      <c r="H40" s="93"/>
+      <c r="I40" s="93"/>
+      <c r="J40" s="93"/>
+      <c r="K40" s="93"/>
+      <c r="L40" s="93"/>
+      <c r="M40" s="93"/>
+    </row>
+    <row r="41" spans="1:14" s="3" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="93"/>
+      <c r="C41" s="93"/>
+      <c r="D41" s="93"/>
+      <c r="E41" s="93"/>
+      <c r="F41" s="93"/>
+      <c r="G41" s="93"/>
+      <c r="H41" s="93"/>
+      <c r="I41" s="93"/>
+      <c r="J41" s="93"/>
+      <c r="K41" s="93"/>
+      <c r="L41" s="93"/>
+      <c r="M41" s="93"/>
+    </row>
+    <row r="42" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="93"/>
+      <c r="C42" s="93"/>
+      <c r="D42" s="93"/>
+      <c r="E42" s="93"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="93"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="93"/>
+      <c r="J42" s="93"/>
+      <c r="K42" s="93"/>
+      <c r="L42" s="93"/>
+      <c r="M42" s="93"/>
+    </row>
+    <row r="43" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="93"/>
+      <c r="C43" s="93"/>
+      <c r="D43" s="93"/>
+      <c r="E43" s="93"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="93"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="93"/>
+      <c r="J43" s="93"/>
+      <c r="K43" s="93"/>
+      <c r="L43" s="93"/>
+      <c r="M43" s="93"/>
+    </row>
+    <row r="44" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="93"/>
+      <c r="C44" s="93"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="93"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="93"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="93"/>
+      <c r="J44" s="93"/>
+      <c r="K44" s="93"/>
+      <c r="L44" s="93"/>
+      <c r="M44" s="93"/>
+    </row>
+    <row r="45" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="40"/>
+      <c r="C45" s="40"/>
+      <c r="D45" s="40"/>
+      <c r="E45" s="40"/>
+      <c r="F45" s="40"/>
+      <c r="G45" s="40"/>
+      <c r="H45" s="40"/>
+      <c r="I45" s="40"/>
+      <c r="J45" s="40"/>
+      <c r="K45" s="40"/>
+      <c r="L45" s="40"/>
+      <c r="M45" s="40"/>
+    </row>
+    <row r="46" spans="1:14" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="1"/>
-      <c r="B46" s="42"/>
-[...10 lines deleted...]
-      <c r="M46" s="42"/>
+      <c r="B46" s="40"/>
+      <c r="C46" s="40"/>
+      <c r="D46" s="40"/>
+      <c r="E46" s="40"/>
+      <c r="F46" s="40"/>
+      <c r="G46" s="40"/>
+      <c r="H46" s="40"/>
+      <c r="I46" s="40"/>
+      <c r="J46" s="40"/>
+      <c r="K46" s="40"/>
+      <c r="L46" s="40"/>
+      <c r="M46" s="40"/>
       <c r="N46" s="1"/>
     </row>
-    <row r="47" spans="1:14" s="13" customFormat="1" ht="80.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:14" s="13" customFormat="1" ht="80.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1"/>
-      <c r="C47" s="29"/>
-[...9 lines deleted...]
-      <c r="M47" s="60" t="str">
+      <c r="C47" s="27"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="58" t="str">
         <f>M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="48" spans="1:14" s="13" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
+    <row r="48" spans="1:14" s="13" customFormat="1" ht="19.5" x14ac:dyDescent="0.4">
       <c r="A48" s="1"/>
-      <c r="B48" s="216" t="e">
+      <c r="B48" s="205" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C48" s="216"/>
-[...9 lines deleted...]
-      <c r="M48" s="216"/>
+      <c r="C48" s="205"/>
+      <c r="D48" s="205"/>
+      <c r="E48" s="205"/>
+      <c r="F48" s="205"/>
+      <c r="G48" s="205"/>
+      <c r="H48" s="205"/>
+      <c r="I48" s="205"/>
+      <c r="J48" s="205"/>
+      <c r="K48" s="205"/>
+      <c r="L48" s="205"/>
+      <c r="M48" s="205"/>
       <c r="N48" s="1"/>
     </row>
-    <row r="49" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="49" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49"/>
-      <c r="B49" s="180" t="e">
+      <c r="B49" s="169" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C49" s="181"/>
-[...9 lines deleted...]
-      <c r="M49" s="182"/>
+      <c r="C49" s="170"/>
+      <c r="D49" s="170"/>
+      <c r="E49" s="170"/>
+      <c r="F49" s="170"/>
+      <c r="G49" s="170"/>
+      <c r="H49" s="170"/>
+      <c r="I49" s="170"/>
+      <c r="J49" s="170"/>
+      <c r="K49" s="170"/>
+      <c r="L49" s="170"/>
+      <c r="M49" s="171"/>
       <c r="N49"/>
     </row>
-    <row r="50" spans="1:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="50" spans="1:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A50" s="13"/>
       <c r="B50" s="12"/>
-      <c r="C50" s="29"/>
-[...9 lines deleted...]
-      <c r="M50" s="29"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="27"/>
       <c r="N50" s="13"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
     </row>
-    <row r="51" spans="1:19" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.45">
+    <row r="51" spans="1:19" s="13" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A51" s="1"/>
       <c r="B51" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="3"/>
       <c r="P51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
     </row>
-    <row r="52" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="52" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B52" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="53" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="53" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B53" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="54" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="54" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B54" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="55" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="55" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B55" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="56" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="56" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B56" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="57" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="57" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B57" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="58" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="58" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B58" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J58" s="53"/>
-[...4 lines deleted...]
-    <row r="59" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="J58" s="51"/>
+      <c r="K58" s="51"/>
+      <c r="L58" s="51"/>
+      <c r="M58" s="51"/>
+    </row>
+    <row r="59" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B59" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J59" s="53"/>
-[...11 lines deleted...]
-      <c r="B61" s="183" t="e">
+      <c r="J59" s="51"/>
+      <c r="K59" s="51"/>
+      <c r="L59" s="51"/>
+      <c r="M59" s="51"/>
+    </row>
+    <row r="60" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="J60" s="51"/>
+      <c r="K60" s="51"/>
+      <c r="L60" s="16"/>
+      <c r="M60" s="51"/>
+    </row>
+    <row r="61" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B61" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C61" s="184"/>
-      <c r="D61" s="65" t="e">
+      <c r="C61" s="173"/>
+      <c r="D61" s="63" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E61" s="62" t="s">
+      <c r="E61" s="60" t="s">
         <v>3</v>
       </c>
-      <c r="F61" s="64" t="e">
+      <c r="F61" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G61" s="63" t="s">
+      <c r="G61" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="I61" s="21"/>
-[...4 lines deleted...]
-      <c r="B63" s="183" t="e">
+      <c r="I61" s="20"/>
+      <c r="L61" s="16"/>
+    </row>
+    <row r="62" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="63" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B63" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C63" s="184"/>
+      <c r="C63" s="173"/>
       <c r="D63" s="14" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E63" s="63" t="s">
+      <c r="E63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="F63" s="64" t="e">
+      <c r="F63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G63" s="63" t="s">
+      <c r="G63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H63" s="64" t="e">
+      <c r="H63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I63" s="63" t="s">
+      <c r="I63" s="61" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="64" spans="1:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.45"/>
-[...1 lines deleted...]
-      <c r="B65" s="183" t="e">
+    <row r="64" spans="1:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="65" spans="2:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B65" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C65" s="185"/>
-[...12 lines deleted...]
-      <c r="B66" s="193" t="e">
+      <c r="C65" s="174"/>
+      <c r="D65" s="174"/>
+      <c r="E65" s="174"/>
+      <c r="F65" s="174"/>
+      <c r="G65" s="174"/>
+      <c r="H65" s="174"/>
+      <c r="I65" s="174"/>
+      <c r="J65" s="174"/>
+      <c r="K65" s="174"/>
+      <c r="L65" s="174"/>
+      <c r="M65" s="173"/>
+    </row>
+    <row r="66" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B66" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C66" s="194"/>
-      <c r="D66" s="187" t="e">
+      <c r="C66" s="183"/>
+      <c r="D66" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E66" s="188"/>
-[...1 lines deleted...]
-      <c r="G66" s="190" t="e">
+      <c r="E66" s="177"/>
+      <c r="F66" s="178"/>
+      <c r="G66" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H66" s="191"/>
-[...9 lines deleted...]
-      <c r="D67" s="66" t="e">
+      <c r="H66" s="180"/>
+      <c r="I66" s="180"/>
+      <c r="J66" s="180"/>
+      <c r="K66" s="180"/>
+      <c r="L66" s="180"/>
+      <c r="M66" s="181"/>
+    </row>
+    <row r="67" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B67" s="184"/>
+      <c r="C67" s="185"/>
+      <c r="D67" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E67" s="197"/>
-[...10 lines deleted...]
-      <c r="B68" s="193" t="e">
+      <c r="E67" s="186"/>
+      <c r="F67" s="186"/>
+      <c r="G67" s="186"/>
+      <c r="H67" s="186"/>
+      <c r="I67" s="186"/>
+      <c r="J67" s="186"/>
+      <c r="K67" s="186"/>
+      <c r="L67" s="186"/>
+      <c r="M67" s="186"/>
+    </row>
+    <row r="68" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B68" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C68" s="194"/>
-      <c r="D68" s="187" t="e">
+      <c r="C68" s="183"/>
+      <c r="D68" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E68" s="188"/>
-[...1 lines deleted...]
-      <c r="G68" s="190" t="e">
+      <c r="E68" s="177"/>
+      <c r="F68" s="178"/>
+      <c r="G68" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H68" s="191"/>
-[...9 lines deleted...]
-      <c r="D69" s="66" t="e">
+      <c r="H68" s="180"/>
+      <c r="I68" s="180"/>
+      <c r="J68" s="180"/>
+      <c r="K68" s="180"/>
+      <c r="L68" s="180"/>
+      <c r="M68" s="181"/>
+    </row>
+    <row r="69" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B69" s="184"/>
+      <c r="C69" s="185"/>
+      <c r="D69" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E69" s="198"/>
-[...10 lines deleted...]
-      <c r="B70" s="183" t="e">
+      <c r="E69" s="187"/>
+      <c r="F69" s="188"/>
+      <c r="G69" s="179"/>
+      <c r="H69" s="180"/>
+      <c r="I69" s="180"/>
+      <c r="J69" s="180"/>
+      <c r="K69" s="180"/>
+      <c r="L69" s="180"/>
+      <c r="M69" s="181"/>
+    </row>
+    <row r="70" spans="2:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B70" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C70" s="185"/>
-[...13 lines deleted...]
-      <c r="B71" s="193" t="e">
+      <c r="C70" s="174"/>
+      <c r="D70" s="174"/>
+      <c r="E70" s="174"/>
+      <c r="F70" s="174"/>
+      <c r="G70" s="174"/>
+      <c r="H70" s="174"/>
+      <c r="I70" s="174"/>
+      <c r="J70" s="174"/>
+      <c r="K70" s="174"/>
+      <c r="L70" s="174"/>
+      <c r="M70" s="173"/>
+      <c r="N70" s="19"/>
+    </row>
+    <row r="71" spans="2:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B71" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C71" s="194"/>
-      <c r="D71" s="207" t="e">
+      <c r="C71" s="183"/>
+      <c r="D71" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E71" s="208"/>
-[...1 lines deleted...]
-      <c r="G71" s="63" t="s">
+      <c r="E71" s="197"/>
+      <c r="F71" s="198"/>
+      <c r="G71" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H71" s="186"/>
-[...10 lines deleted...]
-      <c r="D72" s="207" t="e">
+      <c r="H71" s="175"/>
+      <c r="I71" s="175"/>
+      <c r="J71" s="175"/>
+      <c r="K71" s="175"/>
+      <c r="L71" s="175"/>
+      <c r="M71" s="175"/>
+      <c r="N71" s="19"/>
+    </row>
+    <row r="72" spans="2:14" ht="26.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B72" s="184"/>
+      <c r="C72" s="185"/>
+      <c r="D72" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E72" s="208"/>
-[...1 lines deleted...]
-      <c r="G72" s="63" t="s">
+      <c r="E72" s="197"/>
+      <c r="F72" s="198"/>
+      <c r="G72" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H72" s="205" t="e">
+      <c r="H72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I72" s="205"/>
-[...2 lines deleted...]
-      <c r="L72" s="205" t="e">
+      <c r="I72" s="194"/>
+      <c r="J72" s="195"/>
+      <c r="K72" s="195"/>
+      <c r="L72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="M72" s="205"/>
-[...3 lines deleted...]
-      <c r="B74" s="67" t="e">
+      <c r="M72" s="194"/>
+    </row>
+    <row r="73" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="74" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B74" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C74" s="68"/>
-[...12 lines deleted...]
-      <c r="B75" s="67" t="e">
+      <c r="C74" s="66"/>
+      <c r="D74" s="66"/>
+      <c r="E74" s="66"/>
+      <c r="F74" s="66"/>
+      <c r="G74" s="66"/>
+      <c r="H74" s="66"/>
+      <c r="I74" s="66"/>
+      <c r="J74" s="66"/>
+      <c r="K74" s="66"/>
+      <c r="L74" s="66"/>
+      <c r="M74" s="66"/>
+    </row>
+    <row r="75" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B75" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C75" s="68"/>
-[...12 lines deleted...]
-      <c r="B76" s="67" t="e">
+      <c r="C75" s="66"/>
+      <c r="D75" s="66"/>
+      <c r="E75" s="66"/>
+      <c r="F75" s="66"/>
+      <c r="G75" s="66"/>
+      <c r="H75" s="66"/>
+      <c r="I75" s="66"/>
+      <c r="J75" s="66"/>
+      <c r="K75" s="66"/>
+      <c r="L75" s="66"/>
+      <c r="M75" s="66"/>
+    </row>
+    <row r="76" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B76" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C76" s="68"/>
-[...82 lines deleted...]
-      <c r="B82" s="67" t="e">
+      <c r="C76" s="66"/>
+      <c r="D76" s="66"/>
+      <c r="E76" s="66"/>
+      <c r="F76" s="66"/>
+      <c r="G76" s="66"/>
+      <c r="H76" s="66"/>
+      <c r="I76" s="66"/>
+      <c r="J76" s="66"/>
+      <c r="K76" s="66"/>
+      <c r="L76" s="66"/>
+      <c r="M76" s="66"/>
+    </row>
+    <row r="77" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B77" s="65"/>
+      <c r="C77" s="66"/>
+      <c r="D77" s="66"/>
+      <c r="E77" s="66"/>
+      <c r="F77" s="66"/>
+      <c r="G77" s="66"/>
+      <c r="H77" s="66"/>
+      <c r="I77" s="66"/>
+      <c r="J77" s="66"/>
+      <c r="K77" s="66"/>
+      <c r="L77" s="66"/>
+      <c r="M77" s="66"/>
+    </row>
+    <row r="78" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B78" s="65"/>
+      <c r="C78" s="66"/>
+      <c r="D78" s="66"/>
+      <c r="E78" s="66"/>
+      <c r="F78" s="66"/>
+      <c r="G78" s="66"/>
+      <c r="H78" s="66"/>
+      <c r="I78" s="66"/>
+      <c r="J78" s="66"/>
+      <c r="K78" s="66"/>
+      <c r="L78" s="66"/>
+      <c r="M78" s="66"/>
+    </row>
+    <row r="79" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B79" s="65"/>
+      <c r="C79" s="66"/>
+      <c r="D79" s="66"/>
+      <c r="E79" s="66"/>
+      <c r="F79" s="66"/>
+      <c r="G79" s="66"/>
+      <c r="H79" s="66"/>
+      <c r="I79" s="66"/>
+      <c r="J79" s="66"/>
+      <c r="K79" s="66"/>
+      <c r="L79" s="66"/>
+      <c r="M79" s="66"/>
+    </row>
+    <row r="80" spans="2:14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B80" s="65"/>
+      <c r="C80" s="66"/>
+      <c r="D80" s="66"/>
+      <c r="E80" s="66"/>
+      <c r="F80" s="66"/>
+      <c r="G80" s="66"/>
+      <c r="H80" s="66"/>
+      <c r="I80" s="66"/>
+      <c r="J80" s="66"/>
+      <c r="K80" s="66"/>
+      <c r="L80" s="66"/>
+      <c r="M80" s="66"/>
+    </row>
+    <row r="81" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B81" s="65"/>
+      <c r="C81" s="66"/>
+      <c r="D81" s="66"/>
+      <c r="E81" s="66"/>
+      <c r="F81" s="66"/>
+      <c r="G81" s="66"/>
+      <c r="H81" s="66"/>
+      <c r="I81" s="66"/>
+      <c r="J81" s="66"/>
+      <c r="K81" s="66"/>
+      <c r="L81" s="66"/>
+      <c r="M81" s="66"/>
+    </row>
+    <row r="82" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B82" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="68"/>
-[...12 lines deleted...]
-      <c r="B83" s="67" t="e">
+      <c r="C82" s="66"/>
+      <c r="D82" s="66"/>
+      <c r="E82" s="66"/>
+      <c r="F82" s="66"/>
+      <c r="G82" s="66"/>
+      <c r="H82" s="66"/>
+      <c r="I82" s="66"/>
+      <c r="J82" s="66"/>
+      <c r="K82" s="66"/>
+      <c r="L82" s="66"/>
+      <c r="M82" s="66"/>
+    </row>
+    <row r="83" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B83" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="68"/>
-[...12 lines deleted...]
-      <c r="B84" s="67" t="e">
+      <c r="C83" s="66"/>
+      <c r="D83" s="66"/>
+      <c r="E83" s="66"/>
+      <c r="F83" s="66"/>
+      <c r="G83" s="66"/>
+      <c r="H83" s="66"/>
+      <c r="I83" s="66"/>
+      <c r="J83" s="66"/>
+      <c r="K83" s="66"/>
+      <c r="L83" s="66"/>
+      <c r="M83" s="66"/>
+    </row>
+    <row r="84" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B84" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="68"/>
-[...110 lines deleted...]
-      <c r="B92" s="67" t="e">
+      <c r="C84" s="66"/>
+      <c r="D84" s="66"/>
+      <c r="E84" s="66"/>
+      <c r="F84" s="66"/>
+      <c r="G84" s="66"/>
+      <c r="H84" s="66"/>
+      <c r="I84" s="66"/>
+      <c r="J84" s="66"/>
+      <c r="K84" s="66"/>
+      <c r="L84" s="66"/>
+      <c r="M84" s="66"/>
+    </row>
+    <row r="85" spans="2:13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B85" s="65"/>
+      <c r="C85" s="66"/>
+      <c r="D85" s="66"/>
+      <c r="E85" s="66"/>
+      <c r="F85" s="66"/>
+      <c r="G85" s="66"/>
+      <c r="H85" s="66"/>
+      <c r="I85" s="66"/>
+      <c r="J85" s="66"/>
+      <c r="K85" s="66"/>
+      <c r="L85" s="66"/>
+      <c r="M85" s="66"/>
+    </row>
+    <row r="86" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B86" s="67"/>
+      <c r="C86" s="67"/>
+      <c r="D86" s="67"/>
+      <c r="E86" s="67"/>
+      <c r="F86" s="67"/>
+      <c r="G86" s="67"/>
+      <c r="H86" s="67"/>
+      <c r="I86" s="67"/>
+      <c r="J86" s="67"/>
+      <c r="K86" s="67"/>
+      <c r="L86" s="67"/>
+      <c r="M86" s="67"/>
+    </row>
+    <row r="87" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B87" s="68"/>
+      <c r="C87" s="69"/>
+      <c r="D87" s="69"/>
+      <c r="E87" s="69"/>
+      <c r="F87" s="69"/>
+      <c r="G87" s="69"/>
+      <c r="H87" s="69"/>
+      <c r="I87" s="69"/>
+      <c r="J87" s="69"/>
+      <c r="K87" s="69"/>
+      <c r="L87" s="69"/>
+      <c r="M87" s="69"/>
+    </row>
+    <row r="88" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B88" s="68"/>
+      <c r="C88" s="69"/>
+      <c r="D88" s="69"/>
+      <c r="E88" s="69"/>
+      <c r="F88" s="69"/>
+      <c r="G88" s="69"/>
+      <c r="H88" s="67"/>
+      <c r="I88" s="67"/>
+      <c r="J88" s="67"/>
+      <c r="K88" s="67"/>
+      <c r="L88" s="67"/>
+      <c r="M88" s="67"/>
+    </row>
+    <row r="89" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B89" s="68"/>
+      <c r="C89" s="69"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="69"/>
+      <c r="F89" s="69"/>
+      <c r="G89" s="69"/>
+      <c r="H89" s="69"/>
+      <c r="I89" s="69"/>
+      <c r="J89" s="69"/>
+      <c r="K89" s="69"/>
+      <c r="L89" s="69"/>
+      <c r="M89" s="69"/>
+    </row>
+    <row r="90" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B90" s="68"/>
+      <c r="C90" s="69"/>
+      <c r="D90" s="69"/>
+      <c r="E90" s="69"/>
+      <c r="F90" s="69"/>
+      <c r="G90" s="69"/>
+      <c r="H90" s="69"/>
+      <c r="I90" s="69"/>
+      <c r="J90" s="69"/>
+      <c r="K90" s="69"/>
+      <c r="L90" s="69"/>
+      <c r="M90" s="69"/>
+    </row>
+    <row r="91" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B91" s="67"/>
+      <c r="C91" s="67"/>
+      <c r="D91" s="67"/>
+      <c r="E91" s="67"/>
+      <c r="F91" s="67"/>
+      <c r="G91" s="67"/>
+      <c r="H91" s="67"/>
+      <c r="I91" s="67"/>
+      <c r="J91" s="67"/>
+      <c r="K91" s="67"/>
+      <c r="L91" s="67"/>
+      <c r="M91" s="67"/>
+    </row>
+    <row r="92" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B92" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C92" s="71"/>
-[...24 lines deleted...]
-      <c r="B94" s="183" t="e">
+      <c r="C92" s="69"/>
+      <c r="D92" s="69"/>
+      <c r="E92" s="69"/>
+      <c r="F92" s="69"/>
+      <c r="G92" s="69"/>
+      <c r="H92" s="69"/>
+      <c r="I92" s="69"/>
+      <c r="J92" s="69"/>
+      <c r="K92" s="69"/>
+      <c r="L92" s="69"/>
+      <c r="M92" s="69"/>
+    </row>
+    <row r="93" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="18"/>
+      <c r="H93" s="18"/>
+      <c r="I93" s="18"/>
+      <c r="J93" s="17"/>
+      <c r="K93" s="17"/>
+      <c r="L93" s="17"/>
+      <c r="M93" s="17"/>
+    </row>
+    <row r="94" spans="2:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B94" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C94" s="185"/>
-[...12 lines deleted...]
-      <c r="B95" s="183" t="e">
+      <c r="C94" s="174"/>
+      <c r="D94" s="174"/>
+      <c r="E94" s="174"/>
+      <c r="F94" s="174"/>
+      <c r="G94" s="174"/>
+      <c r="H94" s="174"/>
+      <c r="I94" s="174"/>
+      <c r="J94" s="174"/>
+      <c r="K94" s="174"/>
+      <c r="L94" s="174"/>
+      <c r="M94" s="173"/>
+    </row>
+    <row r="95" spans="2:13" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B95" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C95" s="184"/>
-[...12 lines deleted...]
-      <c r="B96" s="183" t="e">
+      <c r="C95" s="173"/>
+      <c r="D95" s="199"/>
+      <c r="E95" s="200"/>
+      <c r="F95" s="200"/>
+      <c r="G95" s="200"/>
+      <c r="H95" s="200"/>
+      <c r="I95" s="200"/>
+      <c r="J95" s="200"/>
+      <c r="K95" s="200"/>
+      <c r="L95" s="200"/>
+      <c r="M95" s="201"/>
+    </row>
+    <row r="96" spans="2:13" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B96" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C96" s="184"/>
-[...12 lines deleted...]
-    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C96" s="173"/>
+      <c r="D96" s="202"/>
+      <c r="E96" s="203"/>
+      <c r="F96" s="203"/>
+      <c r="G96" s="203"/>
+      <c r="H96" s="203"/>
+      <c r="I96" s="203"/>
+      <c r="J96" s="203"/>
+      <c r="K96" s="203"/>
+      <c r="L96" s="203"/>
+      <c r="M96" s="204"/>
+    </row>
+    <row r="97" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B98" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B99" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B101" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="72">
     <mergeCell ref="B94:M94"/>
     <mergeCell ref="B95:C95"/>
     <mergeCell ref="D95:M95"/>
     <mergeCell ref="B96:C96"/>
     <mergeCell ref="D96:M96"/>
     <mergeCell ref="B70:M70"/>
     <mergeCell ref="B71:C72"/>
     <mergeCell ref="D71:F71"/>
     <mergeCell ref="H71:M71"/>
     <mergeCell ref="D72:F72"/>
     <mergeCell ref="H72:I72"/>
     <mergeCell ref="J72:K72"/>
     <mergeCell ref="L72:M72"/>
     <mergeCell ref="B68:C69"/>
     <mergeCell ref="D68:F68"/>
     <mergeCell ref="G68:M68"/>
     <mergeCell ref="E69:F69"/>
     <mergeCell ref="G69:M69"/>
@@ -19670,1729 +19642,1729 @@
       <formula>$E$63="■"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H8:H9 K8:K10 E8:E10 E61 I63 G63 E63 G61 G71:G72" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.23622047244094491" top="0.55118110236220474" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="46" max="13" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:S103"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="A51" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <selection activeCell="V67" sqref="V67"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="2.59765625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="7" style="1" customWidth="1"/>
-    <col min="3" max="3" width="9.69921875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
-    <col min="5" max="5" width="8.69921875" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="8.19921875" style="1"/>
+    <col min="5" max="5" width="8.75" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.75" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.75" style="1" customWidth="1"/>
+    <col min="10" max="12" width="8.875" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="2.625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.25" style="1"/>
     <col min="16" max="18" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="19" max="16384" width="8.19921875" style="1"/>
+    <col min="19" max="16384" width="8.25" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="57.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="M1" s="61" t="str">
+    <row r="1" spans="2:18" ht="57.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M1" s="59" t="str">
         <f>SDM利用申込書!M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="103" t="str">
+    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="94" t="str">
         <f>SDM利用申込書!B2</f>
         <v>FiT SDM 利用申込書</v>
       </c>
-      <c r="C2" s="103"/>
-[...12 lines deleted...]
-      <c r="B3" s="106" t="str">
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+    </row>
+    <row r="3" spans="2:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="97" t="str">
         <f>SDM利用申込書!B3</f>
         <v>FiT SDMをお申し込みいただき誠にありがとうございます。
 ライセンス発行に際しては、本申込書の記入、送付をお願いいたします。(本書ご記入の際は、下記の「個人情報取扱について」をお読みください。）
 また、事前に「FiT SDM利用規約」のご確認をお願いいたします。
 記載内容に不備がありますと、ライセンスの発行ができない場合がございますのでご注意ください。</v>
       </c>
-      <c r="C3" s="107"/>
-[...12 lines deleted...]
-      <c r="B4" s="106" t="str">
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+    </row>
+    <row r="4" spans="2:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="97" t="str">
         <f>SDM利用申込書!B4</f>
         <v>〈送付先：sdm-info@isb.co.jp〉　捺印のうえPDFにてご送付ください。原本の郵送は不要です。</v>
       </c>
-      <c r="C4" s="106"/>
-[...12 lines deleted...]
-      <c r="B5" s="78" t="str">
+      <c r="C4" s="97"/>
+      <c r="D4" s="97"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="97"/>
+      <c r="G4" s="97"/>
+      <c r="H4" s="97"/>
+      <c r="I4" s="97"/>
+      <c r="J4" s="97"/>
+      <c r="K4" s="97"/>
+      <c r="L4" s="97"/>
+      <c r="M4" s="97"/>
+    </row>
+    <row r="5" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="73" t="str">
         <f>SDM利用申込書!B5</f>
         <v>お申込日</v>
       </c>
-      <c r="C5" s="78"/>
-      <c r="D5" s="155">
+      <c r="C5" s="73"/>
+      <c r="D5" s="144">
         <v>45731</v>
       </c>
-      <c r="E5" s="155"/>
-[...2 lines deleted...]
-      <c r="H5" s="78" t="str">
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="144"/>
+      <c r="H5" s="73" t="str">
         <f>SDM利用申込書!H5</f>
         <v>貴社ご発注番号</v>
       </c>
-      <c r="I5" s="78"/>
-[...7 lines deleted...]
-      <c r="B7" s="78" t="str">
+      <c r="I5" s="73"/>
+      <c r="J5" s="145"/>
+      <c r="K5" s="145"/>
+      <c r="L5" s="145"/>
+      <c r="M5" s="145"/>
+    </row>
+    <row r="6" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="73" t="str">
         <f>SDM利用申込書!B7</f>
         <v>お申込内容</v>
       </c>
-      <c r="C7" s="78"/>
-[...4 lines deleted...]
-      <c r="B8" s="123" t="str">
+      <c r="C7" s="73"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="99"/>
+    </row>
+    <row r="8" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="113" t="str">
         <f>SDM利用申込書!B8</f>
         <v>申込区分</v>
       </c>
-      <c r="C8" s="149"/>
-      <c r="D8" s="152" t="str">
+      <c r="C8" s="138"/>
+      <c r="D8" s="141" t="str">
         <f>SDM利用申込書!D8</f>
         <v>複数選択可</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="6" t="str">
         <f>SDM利用申込書!F8</f>
         <v>新規購入</v>
       </c>
       <c r="G8" s="11"/>
       <c r="H8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="6" t="str">
         <f>SDM利用申込書!I8</f>
         <v>追加購入</v>
       </c>
       <c r="J8" s="11"/>
       <c r="K8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="6" t="str">
         <f>SDM利用申込書!L8</f>
         <v>その他（登録情報変更等）</v>
       </c>
       <c r="M8" s="11"/>
     </row>
-    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D9" s="153"/>
+    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="115"/>
+      <c r="C9" s="139"/>
+      <c r="D9" s="142"/>
       <c r="E9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="8" t="str">
         <f>SDM利用申込書!F9</f>
         <v>プラン変更</v>
       </c>
-      <c r="G9" s="24"/>
+      <c r="G9" s="23"/>
       <c r="H9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="8" t="str">
         <f>SDM利用申込書!I9</f>
         <v>一部解約</v>
       </c>
-      <c r="J9" s="24"/>
+      <c r="J9" s="23"/>
       <c r="K9" s="7" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="8" t="str">
         <f>SDM利用申込書!L9</f>
         <v>全解約</v>
       </c>
-      <c r="M9" s="24"/>
-[...4 lines deleted...]
-      <c r="D10" s="154"/>
+      <c r="M9" s="23"/>
+    </row>
+    <row r="10" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="117"/>
+      <c r="C10" s="140"/>
+      <c r="D10" s="143"/>
       <c r="E10" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="23" t="str">
+      <c r="F10" s="22" t="str">
         <f>SDM利用申込書!F10</f>
         <v>OS切替</v>
       </c>
-      <c r="G10" s="30" t="str">
+      <c r="G10" s="28" t="str">
         <f>SDM利用申込書!G10</f>
         <v>OS切替分は「OS変更・一部解約_端末一覧表」シートに記載ください。［申込製品・申込数量］欄への記載は不要です。</v>
       </c>
       <c r="H10" s="10"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="10"/>
       <c r="L10" s="4"/>
-      <c r="M10" s="23"/>
-[...2 lines deleted...]
-      <c r="B11" s="109" t="str">
+      <c r="M10" s="22"/>
+    </row>
+    <row r="11" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="100" t="str">
         <f>SDM利用申込書!B11</f>
         <v>契約識別番号</v>
       </c>
-      <c r="C11" s="157"/>
+      <c r="C11" s="146"/>
       <c r="D11" s="15" t="str">
         <f>SDM利用申込書!D11</f>
         <v>記載ください</v>
       </c>
-      <c r="E11" s="140">
+      <c r="E11" s="130">
         <v>123456</v>
       </c>
-      <c r="F11" s="142"/>
-      <c r="G11" s="28" t="str">
+      <c r="F11" s="131"/>
+      <c r="G11" s="26" t="str">
         <f>SDM利用申込書!G11</f>
         <v>契約識別番号は6桁の数字です。管理コンソールまたはライセンス証書よりご確認いただけます。</v>
       </c>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
     </row>
-    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B12" s="133" t="str">
+    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="123" t="str">
         <f>SDM利用申込書!B12</f>
         <v>サービス開始/終了希望日</v>
       </c>
-      <c r="C12" s="164"/>
-[...1 lines deleted...]
-      <c r="E12" s="165" t="s">
+      <c r="C12" s="153"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="154" t="s">
         <v>54</v>
       </c>
-      <c r="F12" s="166"/>
-[...9 lines deleted...]
-      <c r="B13" s="109" t="str">
+      <c r="F12" s="155"/>
+      <c r="G12" s="155"/>
+      <c r="H12" s="155"/>
+      <c r="I12" s="155"/>
+      <c r="J12" s="155"/>
+      <c r="K12" s="155"/>
+      <c r="L12" s="155"/>
+      <c r="M12" s="156"/>
+    </row>
+    <row r="13" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="100" t="str">
         <f>SDM利用申込書!B13</f>
         <v>申込製品・申込数量</v>
       </c>
-      <c r="C13" s="137"/>
-[...12 lines deleted...]
-      <c r="B14" s="115" t="str">
+      <c r="C13" s="127"/>
+      <c r="D13" s="127"/>
+      <c r="E13" s="127"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
+      <c r="H13" s="127"/>
+      <c r="I13" s="127"/>
+      <c r="J13" s="127"/>
+      <c r="K13" s="127"/>
+      <c r="L13" s="127"/>
+      <c r="M13" s="128"/>
+    </row>
+    <row r="14" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="106" t="str">
         <f>SDM利用申込書!B14</f>
         <v>基本プラン</v>
       </c>
-      <c r="C14" s="116"/>
-[...1 lines deleted...]
-      <c r="E14" s="95" t="str">
+      <c r="C14" s="107"/>
+      <c r="D14" s="110"/>
+      <c r="E14" s="86" t="str">
         <f>SDM利用申込書!E14</f>
         <v>　FiT SDM　Android（MSM版）</v>
       </c>
-      <c r="F14" s="96"/>
-[...3 lines deleted...]
-      <c r="J14" s="47" t="str">
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="45" t="str">
         <f>SDM利用申込書!J14</f>
         <v>申込数</v>
       </c>
-      <c r="K14" s="158">
+      <c r="K14" s="147">
         <v>50</v>
       </c>
-      <c r="L14" s="159"/>
-      <c r="M14" s="34" t="str">
+      <c r="L14" s="148"/>
+      <c r="M14" s="32" t="str">
         <f>SDM利用申込書!M14</f>
         <v>ライセンス</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R14" s="3" t="str">
         <f>P14&amp;Q14</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E15" s="143" t="str">
+    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="82"/>
+      <c r="C15" s="83"/>
+      <c r="D15" s="111"/>
+      <c r="E15" s="132" t="str">
         <f>SDM利用申込書!E15</f>
         <v>　FiT SDM　iOS/iPadOS（MSM版）</v>
       </c>
-      <c r="F15" s="143"/>
-[...2 lines deleted...]
-      <c r="I15" s="143"/>
+      <c r="F15" s="132"/>
+      <c r="G15" s="132"/>
+      <c r="H15" s="132"/>
+      <c r="I15" s="132"/>
       <c r="J15" s="14" t="str">
         <f>SDM利用申込書!J15</f>
         <v>申込数</v>
       </c>
-      <c r="K15" s="160"/>
-[...1 lines deleted...]
-      <c r="M15" s="41" t="str">
+      <c r="K15" s="149"/>
+      <c r="L15" s="150"/>
+      <c r="M15" s="39" t="str">
         <f>SDM利用申込書!M15</f>
         <v>ライセンス</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="3" t="str">
         <f t="shared" ref="R15" si="0">P15&amp;Q15</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E16" s="146" t="str">
+    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="82"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="110"/>
+      <c r="E16" s="135" t="str">
         <f>SDM利用申込書!E16</f>
         <v>　FiT SDM　Android コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F16" s="147"/>
-[...3 lines deleted...]
-      <c r="J16" s="48" t="str">
+      <c r="F16" s="136"/>
+      <c r="G16" s="136"/>
+      <c r="H16" s="136"/>
+      <c r="I16" s="137"/>
+      <c r="J16" s="46" t="str">
         <f>SDM利用申込書!J16</f>
         <v>申込数</v>
       </c>
-      <c r="K16" s="162"/>
-[...1 lines deleted...]
-      <c r="M16" s="51" t="str">
+      <c r="K16" s="151"/>
+      <c r="L16" s="152"/>
+      <c r="M16" s="49" t="str">
         <f>SDM利用申込書!M16</f>
         <v>ライセンス</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R16" s="3" t="str">
         <f>P16&amp;Q16</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="E17" s="112" t="str">
+    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B17" s="108"/>
+      <c r="C17" s="109"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="103" t="str">
         <f>SDM利用申込書!E17</f>
         <v>　FiT SDM　iOS/iPadOS　コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F17" s="112"/>
-[...3 lines deleted...]
-      <c r="J17" s="49" t="str">
+      <c r="F17" s="103"/>
+      <c r="G17" s="103"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="47" t="str">
         <f>SDM利用申込書!J17</f>
         <v>申込数</v>
       </c>
-      <c r="K17" s="168"/>
-[...1 lines deleted...]
-      <c r="M17" s="33" t="str">
+      <c r="K17" s="157"/>
+      <c r="L17" s="158"/>
+      <c r="M17" s="31" t="str">
         <f>SDM利用申込書!M17</f>
         <v>ライセンス</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R17" s="3" t="str">
         <f t="shared" ref="R17" si="1">P17&amp;Q17</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="91" t="str">
+    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="82" t="str">
         <f>SDM利用申込書!B18</f>
         <v>オプション</v>
       </c>
-      <c r="C18" s="92"/>
-      <c r="D18" s="54" t="str">
+      <c r="C18" s="83"/>
+      <c r="D18" s="52" t="str">
         <f>SDM利用申込書!D18</f>
         <v>24365代行</v>
       </c>
-      <c r="E18" s="93" t="str">
+      <c r="E18" s="84" t="str">
         <f>SDM利用申込書!E18</f>
         <v xml:space="preserve">　おまかせロック・ワイプサービス </v>
       </c>
-      <c r="F18" s="94"/>
-[...3 lines deleted...]
-      <c r="J18" s="50" t="str">
+      <c r="F18" s="85"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="85"/>
+      <c r="J18" s="48" t="str">
         <f>SDM利用申込書!J18</f>
         <v>申込数</v>
       </c>
-      <c r="K18" s="88" t="str">
+      <c r="K18" s="79" t="str">
         <f>SDM利用申込書!K18</f>
         <v>iOSのみ。基本サービスと同数のお申込となります。</v>
       </c>
-      <c r="L18" s="89"/>
-      <c r="M18" s="90"/>
+      <c r="L18" s="80"/>
+      <c r="M18" s="81"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
     </row>
-    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D19" s="55" t="str">
+    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="82"/>
+      <c r="C19" s="83"/>
+      <c r="D19" s="53" t="str">
         <f>SDM利用申込書!D19</f>
         <v>アンチウイルス</v>
       </c>
-      <c r="E19" s="80" t="str">
+      <c r="E19" s="75" t="str">
         <f>SDM利用申込書!E19</f>
         <v>　Harmony Mobile for SDM</v>
       </c>
-      <c r="F19" s="81"/>
-[...3 lines deleted...]
-      <c r="J19" s="47" t="str">
+      <c r="F19" s="76"/>
+      <c r="G19" s="76"/>
+      <c r="H19" s="76"/>
+      <c r="I19" s="76"/>
+      <c r="J19" s="45" t="str">
         <f>SDM利用申込書!J19</f>
         <v>申込数</v>
       </c>
-      <c r="K19" s="158">
+      <c r="K19" s="147">
         <v>30</v>
       </c>
-      <c r="L19" s="159"/>
-      <c r="M19" s="34" t="str">
+      <c r="L19" s="148"/>
+      <c r="M19" s="32" t="str">
         <f>SDM利用申込書!M19</f>
         <v>ライセンス</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R19" s="3" t="str">
         <f t="shared" ref="R19" si="2">P19&amp;Q19</f>
         <v>ロックワイプサービス</v>
       </c>
     </row>
-    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="109" t="str">
+    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="100" t="str">
         <f>SDM利用申込書!B20</f>
         <v>備考</v>
       </c>
-      <c r="C20" s="110"/>
-[...25 lines deleted...]
-    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C20" s="101"/>
+      <c r="D20" s="101"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="101"/>
+      <c r="G20" s="101"/>
+      <c r="H20" s="101"/>
+      <c r="I20" s="101"/>
+      <c r="J20" s="101"/>
+      <c r="K20" s="101"/>
+      <c r="L20" s="101"/>
+      <c r="M20" s="102"/>
+    </row>
+    <row r="21" spans="2:19" s="13" customFormat="1" ht="51.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="159"/>
+      <c r="C21" s="159"/>
+      <c r="D21" s="159"/>
+      <c r="E21" s="159"/>
+      <c r="F21" s="159"/>
+      <c r="G21" s="159"/>
+      <c r="H21" s="159"/>
+      <c r="I21" s="159"/>
+      <c r="J21" s="159"/>
+      <c r="K21" s="159"/>
+      <c r="L21" s="159"/>
+      <c r="M21" s="159"/>
+    </row>
+    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="12"/>
-      <c r="C22" s="29"/>
-[...12 lines deleted...]
-      <c r="B23" s="78" t="str">
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+    </row>
+    <row r="23" spans="2:19" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="73" t="str">
         <f>SDM利用申込書!B23</f>
         <v>お客様情報記入欄</v>
       </c>
-      <c r="C23" s="78"/>
-[...1 lines deleted...]
-      <c r="E23" s="78"/>
+      <c r="C23" s="73"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="73"/>
       <c r="F23" s="13" t="str">
         <f>SDM利用申込書!F23</f>
         <v>※修正の場合は修正箇所を赤字で記入ください</v>
       </c>
     </row>
-    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="79" t="str">
+    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="74" t="str">
         <f>SDM利用申込書!B24</f>
         <v>会社名</v>
       </c>
-      <c r="C24" s="79"/>
-[...12 lines deleted...]
-      <c r="B25" s="79" t="str">
+      <c r="C24" s="74"/>
+      <c r="D24" s="160"/>
+      <c r="E24" s="161"/>
+      <c r="F24" s="161"/>
+      <c r="G24" s="161"/>
+      <c r="H24" s="161"/>
+      <c r="I24" s="162"/>
+      <c r="J24" s="162"/>
+      <c r="K24" s="162"/>
+      <c r="L24" s="162"/>
+      <c r="M24" s="163"/>
+    </row>
+    <row r="25" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="74" t="str">
         <f>SDM利用申込書!B25</f>
         <v>部署名</v>
       </c>
-      <c r="C25" s="79"/>
-[...5 lines deleted...]
-      <c r="I25" s="57" t="str">
+      <c r="C25" s="74"/>
+      <c r="D25" s="160"/>
+      <c r="E25" s="161"/>
+      <c r="F25" s="161"/>
+      <c r="G25" s="161"/>
+      <c r="H25" s="164"/>
+      <c r="I25" s="55" t="str">
         <f>SDM利用申込書!I25</f>
         <v>担当者名</v>
       </c>
-      <c r="J25" s="176"/>
-[...5 lines deleted...]
-      <c r="B26" s="79" t="str">
+      <c r="J25" s="165"/>
+      <c r="K25" s="166"/>
+      <c r="L25" s="166"/>
+      <c r="M25" s="167"/>
+    </row>
+    <row r="26" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="74" t="str">
         <f>SDM利用申込書!B26</f>
         <v>住所</v>
       </c>
-      <c r="C26" s="79"/>
-[...12 lines deleted...]
-      <c r="B27" s="139" t="str">
+      <c r="C26" s="74"/>
+      <c r="D26" s="56"/>
+      <c r="E26" s="57"/>
+      <c r="F26" s="189"/>
+      <c r="G26" s="166"/>
+      <c r="H26" s="166"/>
+      <c r="I26" s="166"/>
+      <c r="J26" s="166"/>
+      <c r="K26" s="166"/>
+      <c r="L26" s="166"/>
+      <c r="M26" s="167"/>
+    </row>
+    <row r="27" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="129" t="str">
         <f>SDM利用申込書!B27</f>
         <v>TEL</v>
       </c>
-      <c r="C27" s="139"/>
-[...5 lines deleted...]
-      <c r="I27" s="57" t="str">
+      <c r="C27" s="129"/>
+      <c r="D27" s="190"/>
+      <c r="E27" s="191"/>
+      <c r="F27" s="191"/>
+      <c r="G27" s="191"/>
+      <c r="H27" s="192"/>
+      <c r="I27" s="55" t="str">
         <f>SDM利用申込書!I27</f>
         <v>E-mail</v>
       </c>
-      <c r="J27" s="204"/>
-[...2 lines deleted...]
-      <c r="M27" s="204"/>
+      <c r="J27" s="193"/>
+      <c r="K27" s="193"/>
+      <c r="L27" s="193"/>
+      <c r="M27" s="193"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
     </row>
-    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="12"/>
-      <c r="C28" s="29"/>
-[...12 lines deleted...]
-      <c r="B29" s="52" t="str">
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+    </row>
+    <row r="29" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="50" t="str">
         <f>SDM利用申込書!B29</f>
         <v>記載のメールアドレス宛に①ライセンス証書、②アナウンスメールを送付します。メーリングリストの登録も可能です。</v>
       </c>
-      <c r="C29" s="27"/>
-[...12 lines deleted...]
-      <c r="B30" s="52" t="str">
+      <c r="C29" s="25"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="24"/>
+      <c r="I29" s="24"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="24"/>
+      <c r="L29" s="24"/>
+      <c r="M29" s="24"/>
+    </row>
+    <row r="30" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="50" t="str">
         <f>SDM利用申込書!B30</f>
         <v>・ライセンス証書：新規契約やライセンスの追加/減数時の処理証明として、メールにてPDF形式で送付します。</v>
       </c>
-      <c r="C30" s="27"/>
-[...12 lines deleted...]
-      <c r="B31" s="52" t="str">
+      <c r="C30" s="25"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="24"/>
+      <c r="I30" s="24"/>
+      <c r="J30" s="24"/>
+      <c r="K30" s="24"/>
+      <c r="L30" s="24"/>
+      <c r="M30" s="24"/>
+    </row>
+    <row r="31" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="50" t="str">
         <f>SDM利用申込書!B31</f>
         <v>・アナウンスメール：メンテナンスや障害連絡、新機能のリリースに関するご案内などを送付します。</v>
       </c>
-      <c r="C31" s="27"/>
-[...11 lines deleted...]
-    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C31" s="25"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+    </row>
+    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="12"/>
-      <c r="C32" s="29"/>
-[...12 lines deleted...]
-      <c r="B33" s="102" t="str">
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="27"/>
+      <c r="K32" s="27"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+    </row>
+    <row r="33" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="93" t="str">
         <f>SDM利用申込書!B33</f>
         <v>■　ご契約の注意点　■
 ・本サービスの提供内容、提供条件は、「FiT SDM利用規約」、「FiT SDMサービス仕様書」、「FiT SDM取扱説明書」に準拠します。
 　各書面：https://support.mdm.isb.co.jp/support/manual?tab=tab4　（ID：fitsdm　パスワード：Sdm-9702）
 　本申込書のご提出をもって、上記に同意したものとします。
 ・ライセンスは自動更新です。解約・減数をご希望の場合は、1ヶ月前までに本申込書のご提出をお願いします。ご連絡がない場合は自動更新となります。
 ■　個人情報の取扱について　■
 -　本書にて収集した個人情報は、個人情報保護法及び当社プライバシー・ポリシーに基き適切に管理いたします。
 -　当社は、お客様等の個人情報を以下の目的のために利用いたします。
 　　1.お客様に関する個人情報(a.製品の発送のため b.製品・サービス・イベント、セミナー、キャンペーンなどのご案内の送付のため c.製品サポート・メンテナンス
 　  の提供のため d.お問い合わせ・ご相談へのご対応 e.製品・サービスの開発、アンケート調査実施、モニター実施のため f.お客様との商談、打合せ等のため)
     2.お取引先各社の役員・従業員の方々に関する個人情報 
 　　　(a.業務上必要な諸連絡・ご商談等 b.お取引先様の情報管理、支払・収入処理のため)
 -　本書は、お申込頂いた販売代理店様並びに当社一次代理店にて受発注業務を行う為にお預かりする場合があります。
 -　尚、当社プライバシーポリシーの詳細につきましては当社ウェブサイトをご覧下さい。(https://www.isb.co.jp/privacypolicy/)
 ※　本内容にご同意頂けない場合、お申込をお受けできないことを予めご了承下さい。</v>
       </c>
-      <c r="C33" s="102"/>
-[...179 lines deleted...]
-    <row r="46" spans="1:14" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C33" s="93"/>
+      <c r="D33" s="93"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="93"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="93"/>
+      <c r="M33" s="93"/>
+    </row>
+    <row r="34" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="93"/>
+      <c r="C34" s="93"/>
+      <c r="D34" s="93"/>
+      <c r="E34" s="93"/>
+      <c r="F34" s="93"/>
+      <c r="G34" s="93"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="93"/>
+      <c r="J34" s="93"/>
+      <c r="K34" s="93"/>
+      <c r="L34" s="93"/>
+      <c r="M34" s="93"/>
+    </row>
+    <row r="35" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="93"/>
+      <c r="C35" s="93"/>
+      <c r="D35" s="93"/>
+      <c r="E35" s="93"/>
+      <c r="F35" s="93"/>
+      <c r="G35" s="93"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="93"/>
+      <c r="J35" s="93"/>
+      <c r="K35" s="93"/>
+      <c r="L35" s="93"/>
+      <c r="M35" s="93"/>
+    </row>
+    <row r="36" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="93"/>
+      <c r="C36" s="93"/>
+      <c r="D36" s="93"/>
+      <c r="E36" s="93"/>
+      <c r="F36" s="93"/>
+      <c r="G36" s="93"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="93"/>
+      <c r="J36" s="93"/>
+      <c r="K36" s="93"/>
+      <c r="L36" s="93"/>
+      <c r="M36" s="93"/>
+    </row>
+    <row r="37" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="93"/>
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+    </row>
+    <row r="38" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="93"/>
+      <c r="C38" s="93"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="93"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+    </row>
+    <row r="39" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="93"/>
+      <c r="C39" s="93"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="93"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+    </row>
+    <row r="40" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="93"/>
+      <c r="C40" s="93"/>
+      <c r="D40" s="93"/>
+      <c r="E40" s="93"/>
+      <c r="F40" s="93"/>
+      <c r="G40" s="93"/>
+      <c r="H40" s="93"/>
+      <c r="I40" s="93"/>
+      <c r="J40" s="93"/>
+      <c r="K40" s="93"/>
+      <c r="L40" s="93"/>
+      <c r="M40" s="93"/>
+    </row>
+    <row r="41" spans="1:14" s="3" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="93"/>
+      <c r="C41" s="93"/>
+      <c r="D41" s="93"/>
+      <c r="E41" s="93"/>
+      <c r="F41" s="93"/>
+      <c r="G41" s="93"/>
+      <c r="H41" s="93"/>
+      <c r="I41" s="93"/>
+      <c r="J41" s="93"/>
+      <c r="K41" s="93"/>
+      <c r="L41" s="93"/>
+      <c r="M41" s="93"/>
+    </row>
+    <row r="42" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="93"/>
+      <c r="C42" s="93"/>
+      <c r="D42" s="93"/>
+      <c r="E42" s="93"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="93"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="93"/>
+      <c r="J42" s="93"/>
+      <c r="K42" s="93"/>
+      <c r="L42" s="93"/>
+      <c r="M42" s="93"/>
+    </row>
+    <row r="43" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="93"/>
+      <c r="C43" s="93"/>
+      <c r="D43" s="93"/>
+      <c r="E43" s="93"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="93"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="93"/>
+      <c r="J43" s="93"/>
+      <c r="K43" s="93"/>
+      <c r="L43" s="93"/>
+      <c r="M43" s="93"/>
+    </row>
+    <row r="44" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="93"/>
+      <c r="C44" s="93"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="93"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="93"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="93"/>
+      <c r="J44" s="93"/>
+      <c r="K44" s="93"/>
+      <c r="L44" s="93"/>
+      <c r="M44" s="93"/>
+    </row>
+    <row r="45" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="40"/>
+      <c r="C45" s="40"/>
+      <c r="D45" s="40"/>
+      <c r="E45" s="40"/>
+      <c r="F45" s="40"/>
+      <c r="G45" s="40"/>
+      <c r="H45" s="40"/>
+      <c r="I45" s="40"/>
+      <c r="J45" s="40"/>
+      <c r="K45" s="40"/>
+      <c r="L45" s="40"/>
+      <c r="M45" s="40"/>
+    </row>
+    <row r="46" spans="1:14" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="1"/>
-      <c r="B46" s="42"/>
-[...10 lines deleted...]
-      <c r="M46" s="42"/>
+      <c r="B46" s="40"/>
+      <c r="C46" s="40"/>
+      <c r="D46" s="40"/>
+      <c r="E46" s="40"/>
+      <c r="F46" s="40"/>
+      <c r="G46" s="40"/>
+      <c r="H46" s="40"/>
+      <c r="I46" s="40"/>
+      <c r="J46" s="40"/>
+      <c r="K46" s="40"/>
+      <c r="L46" s="40"/>
+      <c r="M46" s="40"/>
       <c r="N46" s="1"/>
     </row>
-    <row r="47" spans="1:14" s="13" customFormat="1" ht="72.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:14" s="13" customFormat="1" ht="72.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1"/>
-      <c r="C47" s="29"/>
-[...9 lines deleted...]
-      <c r="M47" s="60" t="str">
+      <c r="C47" s="27"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="58" t="str">
         <f>M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="48" spans="1:14" s="13" customFormat="1" ht="18.600000000000001" x14ac:dyDescent="0.45">
+    <row r="48" spans="1:14" s="13" customFormat="1" ht="19.5" x14ac:dyDescent="0.4">
       <c r="A48" s="1"/>
-      <c r="B48" s="179" t="e">
+      <c r="B48" s="168" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C48" s="179"/>
-[...9 lines deleted...]
-      <c r="M48" s="179"/>
+      <c r="C48" s="168"/>
+      <c r="D48" s="168"/>
+      <c r="E48" s="168"/>
+      <c r="F48" s="168"/>
+      <c r="G48" s="168"/>
+      <c r="H48" s="168"/>
+      <c r="I48" s="168"/>
+      <c r="J48" s="168"/>
+      <c r="K48" s="168"/>
+      <c r="L48" s="168"/>
+      <c r="M48" s="168"/>
       <c r="N48" s="1"/>
     </row>
-    <row r="49" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="49" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49"/>
-      <c r="B49" s="180" t="e">
+      <c r="B49" s="169" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C49" s="181"/>
-[...9 lines deleted...]
-      <c r="M49" s="182"/>
+      <c r="C49" s="170"/>
+      <c r="D49" s="170"/>
+      <c r="E49" s="170"/>
+      <c r="F49" s="170"/>
+      <c r="G49" s="170"/>
+      <c r="H49" s="170"/>
+      <c r="I49" s="170"/>
+      <c r="J49" s="170"/>
+      <c r="K49" s="170"/>
+      <c r="L49" s="170"/>
+      <c r="M49" s="171"/>
       <c r="N49"/>
     </row>
-    <row r="50" spans="1:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="50" spans="1:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A50" s="13"/>
       <c r="B50" s="12"/>
-      <c r="C50" s="29"/>
-[...9 lines deleted...]
-      <c r="M50" s="29"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="27"/>
       <c r="N50" s="13"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
     </row>
-    <row r="51" spans="1:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="51" spans="1:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A51" s="1"/>
       <c r="B51" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="3"/>
       <c r="P51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
     </row>
-    <row r="52" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="52" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B52" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="53" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="53" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B53" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="54" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="54" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B54" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="55" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="55" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B55" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="56" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="56" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B56" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="57" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="57" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B57" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="58" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="58" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B58" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J58" s="53"/>
-[...4 lines deleted...]
-    <row r="59" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="J58" s="51"/>
+      <c r="K58" s="51"/>
+      <c r="L58" s="51"/>
+      <c r="M58" s="51"/>
+    </row>
+    <row r="59" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B59" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J59" s="53"/>
-[...11 lines deleted...]
-      <c r="B61" s="183" t="e">
+      <c r="J59" s="51"/>
+      <c r="K59" s="51"/>
+      <c r="L59" s="51"/>
+      <c r="M59" s="51"/>
+    </row>
+    <row r="60" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="J60" s="51"/>
+      <c r="K60" s="51"/>
+      <c r="L60" s="16"/>
+      <c r="M60" s="51"/>
+    </row>
+    <row r="61" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B61" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C61" s="184"/>
-      <c r="D61" s="65" t="e">
+      <c r="C61" s="173"/>
+      <c r="D61" s="63" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E61" s="62" t="s">
+      <c r="E61" s="60" t="s">
         <v>3</v>
       </c>
-      <c r="F61" s="64" t="e">
+      <c r="F61" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G61" s="63" t="s">
+      <c r="G61" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="I61" s="21"/>
-[...4 lines deleted...]
-      <c r="B63" s="183" t="e">
+      <c r="I61" s="20"/>
+      <c r="L61" s="16"/>
+    </row>
+    <row r="62" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="63" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B63" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C63" s="184"/>
+      <c r="C63" s="173"/>
       <c r="D63" s="14" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E63" s="63" t="s">
+      <c r="E63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="F63" s="64" t="e">
+      <c r="F63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G63" s="63" t="s">
+      <c r="G63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H63" s="64" t="e">
+      <c r="H63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I63" s="63" t="s">
+      <c r="I63" s="61" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="64" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-[...1 lines deleted...]
-      <c r="B65" s="183" t="e">
+    <row r="64" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="65" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B65" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C65" s="185"/>
-[...12 lines deleted...]
-      <c r="B66" s="193" t="e">
+      <c r="C65" s="174"/>
+      <c r="D65" s="174"/>
+      <c r="E65" s="174"/>
+      <c r="F65" s="174"/>
+      <c r="G65" s="174"/>
+      <c r="H65" s="174"/>
+      <c r="I65" s="174"/>
+      <c r="J65" s="174"/>
+      <c r="K65" s="174"/>
+      <c r="L65" s="174"/>
+      <c r="M65" s="173"/>
+    </row>
+    <row r="66" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B66" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C66" s="194"/>
-      <c r="D66" s="187" t="e">
+      <c r="C66" s="183"/>
+      <c r="D66" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E66" s="188"/>
-[...1 lines deleted...]
-      <c r="G66" s="190" t="e">
+      <c r="E66" s="177"/>
+      <c r="F66" s="178"/>
+      <c r="G66" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H66" s="191"/>
-[...9 lines deleted...]
-      <c r="D67" s="66" t="e">
+      <c r="H66" s="180"/>
+      <c r="I66" s="180"/>
+      <c r="J66" s="180"/>
+      <c r="K66" s="180"/>
+      <c r="L66" s="180"/>
+      <c r="M66" s="181"/>
+    </row>
+    <row r="67" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B67" s="184"/>
+      <c r="C67" s="185"/>
+      <c r="D67" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E67" s="197"/>
-[...10 lines deleted...]
-      <c r="B68" s="193" t="e">
+      <c r="E67" s="186"/>
+      <c r="F67" s="186"/>
+      <c r="G67" s="186"/>
+      <c r="H67" s="186"/>
+      <c r="I67" s="186"/>
+      <c r="J67" s="186"/>
+      <c r="K67" s="186"/>
+      <c r="L67" s="186"/>
+      <c r="M67" s="186"/>
+    </row>
+    <row r="68" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B68" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C68" s="194"/>
-      <c r="D68" s="187" t="e">
+      <c r="C68" s="183"/>
+      <c r="D68" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E68" s="188"/>
-[...1 lines deleted...]
-      <c r="G68" s="190" t="e">
+      <c r="E68" s="177"/>
+      <c r="F68" s="178"/>
+      <c r="G68" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H68" s="191"/>
-[...9 lines deleted...]
-      <c r="D69" s="66" t="e">
+      <c r="H68" s="180"/>
+      <c r="I68" s="180"/>
+      <c r="J68" s="180"/>
+      <c r="K68" s="180"/>
+      <c r="L68" s="180"/>
+      <c r="M68" s="181"/>
+    </row>
+    <row r="69" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B69" s="184"/>
+      <c r="C69" s="185"/>
+      <c r="D69" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E69" s="198"/>
-[...10 lines deleted...]
-      <c r="B70" s="183" t="e">
+      <c r="E69" s="187"/>
+      <c r="F69" s="188"/>
+      <c r="G69" s="179"/>
+      <c r="H69" s="180"/>
+      <c r="I69" s="180"/>
+      <c r="J69" s="180"/>
+      <c r="K69" s="180"/>
+      <c r="L69" s="180"/>
+      <c r="M69" s="181"/>
+    </row>
+    <row r="70" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B70" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C70" s="185"/>
-[...13 lines deleted...]
-      <c r="B71" s="193" t="e">
+      <c r="C70" s="174"/>
+      <c r="D70" s="174"/>
+      <c r="E70" s="174"/>
+      <c r="F70" s="174"/>
+      <c r="G70" s="174"/>
+      <c r="H70" s="174"/>
+      <c r="I70" s="174"/>
+      <c r="J70" s="174"/>
+      <c r="K70" s="174"/>
+      <c r="L70" s="174"/>
+      <c r="M70" s="173"/>
+      <c r="N70" s="19"/>
+    </row>
+    <row r="71" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B71" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C71" s="194"/>
-      <c r="D71" s="207" t="e">
+      <c r="C71" s="183"/>
+      <c r="D71" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E71" s="208"/>
-[...1 lines deleted...]
-      <c r="G71" s="63" t="s">
+      <c r="E71" s="197"/>
+      <c r="F71" s="198"/>
+      <c r="G71" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H71" s="186"/>
-[...10 lines deleted...]
-      <c r="D72" s="207" t="e">
+      <c r="H71" s="175"/>
+      <c r="I71" s="175"/>
+      <c r="J71" s="175"/>
+      <c r="K71" s="175"/>
+      <c r="L71" s="175"/>
+      <c r="M71" s="175"/>
+      <c r="N71" s="19"/>
+    </row>
+    <row r="72" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B72" s="184"/>
+      <c r="C72" s="185"/>
+      <c r="D72" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E72" s="208"/>
-[...1 lines deleted...]
-      <c r="G72" s="63" t="s">
+      <c r="E72" s="197"/>
+      <c r="F72" s="198"/>
+      <c r="G72" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H72" s="205" t="e">
+      <c r="H72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I72" s="205"/>
-[...2 lines deleted...]
-      <c r="L72" s="205" t="e">
+      <c r="I72" s="194"/>
+      <c r="J72" s="195"/>
+      <c r="K72" s="195"/>
+      <c r="L72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="M72" s="205"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:14" ht="21.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="M72" s="194"/>
+    </row>
+    <row r="73" spans="1:14" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A73"/>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73"/>
       <c r="J73"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
     </row>
-    <row r="74" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="74" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A74"/>
-      <c r="B74" s="67" t="e">
+      <c r="B74" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C74" s="68"/>
-[...9 lines deleted...]
-      <c r="M74" s="68"/>
+      <c r="C74" s="66"/>
+      <c r="D74" s="66"/>
+      <c r="E74" s="66"/>
+      <c r="F74" s="66"/>
+      <c r="G74" s="66"/>
+      <c r="H74" s="66"/>
+      <c r="I74" s="66"/>
+      <c r="J74" s="66"/>
+      <c r="K74" s="66"/>
+      <c r="L74" s="66"/>
+      <c r="M74" s="66"/>
       <c r="N74"/>
     </row>
-    <row r="75" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="75" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A75"/>
-      <c r="B75" s="67" t="e">
+      <c r="B75" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C75" s="68"/>
-[...9 lines deleted...]
-      <c r="M75" s="68"/>
+      <c r="C75" s="66"/>
+      <c r="D75" s="66"/>
+      <c r="E75" s="66"/>
+      <c r="F75" s="66"/>
+      <c r="G75" s="66"/>
+      <c r="H75" s="66"/>
+      <c r="I75" s="66"/>
+      <c r="J75" s="66"/>
+      <c r="K75" s="66"/>
+      <c r="L75" s="66"/>
+      <c r="M75" s="66"/>
       <c r="N75"/>
     </row>
-    <row r="76" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="76" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A76"/>
-      <c r="B76" s="67" t="e">
+      <c r="B76" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C76" s="68"/>
-[...9 lines deleted...]
-      <c r="M76" s="68"/>
+      <c r="C76" s="66"/>
+      <c r="D76" s="66"/>
+      <c r="E76" s="66"/>
+      <c r="F76" s="66"/>
+      <c r="G76" s="66"/>
+      <c r="H76" s="66"/>
+      <c r="I76" s="66"/>
+      <c r="J76" s="66"/>
+      <c r="K76" s="66"/>
+      <c r="L76" s="66"/>
+      <c r="M76" s="66"/>
       <c r="N76"/>
     </row>
-    <row r="77" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="77" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A77"/>
-      <c r="B77" s="67"/>
-[...10 lines deleted...]
-      <c r="M77" s="68"/>
+      <c r="B77" s="65"/>
+      <c r="C77" s="66"/>
+      <c r="D77" s="66"/>
+      <c r="E77" s="66"/>
+      <c r="F77" s="66"/>
+      <c r="G77" s="66"/>
+      <c r="H77" s="66"/>
+      <c r="I77" s="66"/>
+      <c r="J77" s="66"/>
+      <c r="K77" s="66"/>
+      <c r="L77" s="66"/>
+      <c r="M77" s="66"/>
       <c r="N77"/>
     </row>
-    <row r="78" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="78" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A78"/>
-      <c r="B78" s="67"/>
-[...10 lines deleted...]
-      <c r="M78" s="68"/>
+      <c r="B78" s="65"/>
+      <c r="C78" s="66"/>
+      <c r="D78" s="66"/>
+      <c r="E78" s="66"/>
+      <c r="F78" s="66"/>
+      <c r="G78" s="66"/>
+      <c r="H78" s="66"/>
+      <c r="I78" s="66"/>
+      <c r="J78" s="66"/>
+      <c r="K78" s="66"/>
+      <c r="L78" s="66"/>
+      <c r="M78" s="66"/>
       <c r="N78"/>
     </row>
-    <row r="79" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="79" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A79"/>
-      <c r="B79" s="67"/>
-[...10 lines deleted...]
-      <c r="M79" s="68"/>
+      <c r="B79" s="65"/>
+      <c r="C79" s="66"/>
+      <c r="D79" s="66"/>
+      <c r="E79" s="66"/>
+      <c r="F79" s="66"/>
+      <c r="G79" s="66"/>
+      <c r="H79" s="66"/>
+      <c r="I79" s="66"/>
+      <c r="J79" s="66"/>
+      <c r="K79" s="66"/>
+      <c r="L79" s="66"/>
+      <c r="M79" s="66"/>
       <c r="N79"/>
     </row>
-    <row r="80" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="80" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A80"/>
-      <c r="B80" s="67"/>
-[...10 lines deleted...]
-      <c r="M80" s="68"/>
+      <c r="B80" s="65"/>
+      <c r="C80" s="66"/>
+      <c r="D80" s="66"/>
+      <c r="E80" s="66"/>
+      <c r="F80" s="66"/>
+      <c r="G80" s="66"/>
+      <c r="H80" s="66"/>
+      <c r="I80" s="66"/>
+      <c r="J80" s="66"/>
+      <c r="K80" s="66"/>
+      <c r="L80" s="66"/>
+      <c r="M80" s="66"/>
       <c r="N80"/>
     </row>
-    <row r="81" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="81" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A81"/>
-      <c r="B81" s="67"/>
-[...10 lines deleted...]
-      <c r="M81" s="68"/>
+      <c r="B81" s="65"/>
+      <c r="C81" s="66"/>
+      <c r="D81" s="66"/>
+      <c r="E81" s="66"/>
+      <c r="F81" s="66"/>
+      <c r="G81" s="66"/>
+      <c r="H81" s="66"/>
+      <c r="I81" s="66"/>
+      <c r="J81" s="66"/>
+      <c r="K81" s="66"/>
+      <c r="L81" s="66"/>
+      <c r="M81" s="66"/>
       <c r="N81"/>
     </row>
-    <row r="82" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="82" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A82"/>
-      <c r="B82" s="67" t="e">
+      <c r="B82" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="68"/>
-[...9 lines deleted...]
-      <c r="M82" s="68"/>
+      <c r="C82" s="66"/>
+      <c r="D82" s="66"/>
+      <c r="E82" s="66"/>
+      <c r="F82" s="66"/>
+      <c r="G82" s="66"/>
+      <c r="H82" s="66"/>
+      <c r="I82" s="66"/>
+      <c r="J82" s="66"/>
+      <c r="K82" s="66"/>
+      <c r="L82" s="66"/>
+      <c r="M82" s="66"/>
       <c r="N82"/>
     </row>
-    <row r="83" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="83" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A83"/>
-      <c r="B83" s="67" t="e">
+      <c r="B83" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="68"/>
-[...9 lines deleted...]
-      <c r="M83" s="68"/>
+      <c r="C83" s="66"/>
+      <c r="D83" s="66"/>
+      <c r="E83" s="66"/>
+      <c r="F83" s="66"/>
+      <c r="G83" s="66"/>
+      <c r="H83" s="66"/>
+      <c r="I83" s="66"/>
+      <c r="J83" s="66"/>
+      <c r="K83" s="66"/>
+      <c r="L83" s="66"/>
+      <c r="M83" s="66"/>
       <c r="N83"/>
     </row>
-    <row r="84" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="84" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A84"/>
-      <c r="B84" s="67" t="e">
+      <c r="B84" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="68"/>
-[...9 lines deleted...]
-      <c r="M84" s="68"/>
+      <c r="C84" s="66"/>
+      <c r="D84" s="66"/>
+      <c r="E84" s="66"/>
+      <c r="F84" s="66"/>
+      <c r="G84" s="66"/>
+      <c r="H84" s="66"/>
+      <c r="I84" s="66"/>
+      <c r="J84" s="66"/>
+      <c r="K84" s="66"/>
+      <c r="L84" s="66"/>
+      <c r="M84" s="66"/>
       <c r="N84"/>
     </row>
-    <row r="85" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="85" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A85"/>
-      <c r="B85" s="67"/>
-[...10 lines deleted...]
-      <c r="M85" s="68"/>
+      <c r="B85" s="65"/>
+      <c r="C85" s="66"/>
+      <c r="D85" s="66"/>
+      <c r="E85" s="66"/>
+      <c r="F85" s="66"/>
+      <c r="G85" s="66"/>
+      <c r="H85" s="66"/>
+      <c r="I85" s="66"/>
+      <c r="J85" s="66"/>
+      <c r="K85" s="66"/>
+      <c r="L85" s="66"/>
+      <c r="M85" s="66"/>
       <c r="N85"/>
     </row>
-    <row r="86" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-[...84 lines deleted...]
-      <c r="B92" s="67" t="e">
+    <row r="86" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B86" s="67"/>
+      <c r="C86" s="67"/>
+      <c r="D86" s="67"/>
+      <c r="E86" s="67"/>
+      <c r="F86" s="67"/>
+      <c r="G86" s="67"/>
+      <c r="H86" s="67"/>
+      <c r="I86" s="67"/>
+      <c r="J86" s="67"/>
+      <c r="K86" s="67"/>
+      <c r="L86" s="67"/>
+      <c r="M86" s="67"/>
+    </row>
+    <row r="87" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B87" s="68"/>
+      <c r="C87" s="69"/>
+      <c r="D87" s="69"/>
+      <c r="E87" s="69"/>
+      <c r="F87" s="69"/>
+      <c r="G87" s="69"/>
+      <c r="H87" s="69"/>
+      <c r="I87" s="69"/>
+      <c r="J87" s="69"/>
+      <c r="K87" s="69"/>
+      <c r="L87" s="69"/>
+      <c r="M87" s="69"/>
+    </row>
+    <row r="88" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B88" s="68"/>
+      <c r="C88" s="69"/>
+      <c r="D88" s="69"/>
+      <c r="E88" s="69"/>
+      <c r="F88" s="69"/>
+      <c r="G88" s="69"/>
+      <c r="H88" s="67"/>
+      <c r="I88" s="67"/>
+      <c r="J88" s="67"/>
+      <c r="K88" s="67"/>
+      <c r="L88" s="67"/>
+      <c r="M88" s="67"/>
+    </row>
+    <row r="89" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B89" s="68"/>
+      <c r="C89" s="69"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="69"/>
+      <c r="F89" s="69"/>
+      <c r="G89" s="69"/>
+      <c r="H89" s="69"/>
+      <c r="I89" s="69"/>
+      <c r="J89" s="69"/>
+      <c r="K89" s="69"/>
+      <c r="L89" s="69"/>
+      <c r="M89" s="69"/>
+    </row>
+    <row r="90" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B90" s="68"/>
+      <c r="C90" s="69"/>
+      <c r="D90" s="69"/>
+      <c r="E90" s="69"/>
+      <c r="F90" s="69"/>
+      <c r="G90" s="69"/>
+      <c r="H90" s="69"/>
+      <c r="I90" s="69"/>
+      <c r="J90" s="69"/>
+      <c r="K90" s="69"/>
+      <c r="L90" s="69"/>
+      <c r="M90" s="69"/>
+    </row>
+    <row r="91" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B91" s="67"/>
+      <c r="C91" s="67"/>
+      <c r="D91" s="67"/>
+      <c r="E91" s="67"/>
+      <c r="F91" s="67"/>
+      <c r="G91" s="67"/>
+      <c r="H91" s="67"/>
+      <c r="I91" s="67"/>
+      <c r="J91" s="67"/>
+      <c r="K91" s="67"/>
+      <c r="L91" s="67"/>
+      <c r="M91" s="67"/>
+    </row>
+    <row r="92" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B92" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C92" s="71"/>
-[...24 lines deleted...]
-      <c r="B94" s="183" t="e">
+      <c r="C92" s="69"/>
+      <c r="D92" s="69"/>
+      <c r="E92" s="69"/>
+      <c r="F92" s="69"/>
+      <c r="G92" s="69"/>
+      <c r="H92" s="69"/>
+      <c r="I92" s="69"/>
+      <c r="J92" s="69"/>
+      <c r="K92" s="69"/>
+      <c r="L92" s="69"/>
+      <c r="M92" s="69"/>
+    </row>
+    <row r="93" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="18"/>
+      <c r="H93" s="18"/>
+      <c r="I93" s="18"/>
+      <c r="J93" s="17"/>
+      <c r="K93" s="17"/>
+      <c r="L93" s="17"/>
+      <c r="M93" s="17"/>
+    </row>
+    <row r="94" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B94" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C94" s="185"/>
-[...12 lines deleted...]
-      <c r="B95" s="183" t="e">
+      <c r="C94" s="174"/>
+      <c r="D94" s="174"/>
+      <c r="E94" s="174"/>
+      <c r="F94" s="174"/>
+      <c r="G94" s="174"/>
+      <c r="H94" s="174"/>
+      <c r="I94" s="174"/>
+      <c r="J94" s="174"/>
+      <c r="K94" s="174"/>
+      <c r="L94" s="174"/>
+      <c r="M94" s="173"/>
+    </row>
+    <row r="95" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B95" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C95" s="184"/>
-[...12 lines deleted...]
-      <c r="B96" s="183" t="e">
+      <c r="C95" s="173"/>
+      <c r="D95" s="199"/>
+      <c r="E95" s="200"/>
+      <c r="F95" s="200"/>
+      <c r="G95" s="200"/>
+      <c r="H95" s="200"/>
+      <c r="I95" s="200"/>
+      <c r="J95" s="200"/>
+      <c r="K95" s="200"/>
+      <c r="L95" s="200"/>
+      <c r="M95" s="201"/>
+    </row>
+    <row r="96" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B96" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C96" s="184"/>
-[...12 lines deleted...]
-    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C96" s="173"/>
+      <c r="D96" s="202"/>
+      <c r="E96" s="203"/>
+      <c r="F96" s="203"/>
+      <c r="G96" s="203"/>
+      <c r="H96" s="203"/>
+      <c r="I96" s="203"/>
+      <c r="J96" s="203"/>
+      <c r="K96" s="203"/>
+      <c r="L96" s="203"/>
+      <c r="M96" s="204"/>
+    </row>
+    <row r="97" spans="2:2" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B98" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B99" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B101" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="102" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="103" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="102" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="103" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <mergeCells count="72">
     <mergeCell ref="B94:M94"/>
     <mergeCell ref="B95:C95"/>
     <mergeCell ref="D95:M95"/>
     <mergeCell ref="B96:C96"/>
     <mergeCell ref="D96:M96"/>
     <mergeCell ref="B70:M70"/>
     <mergeCell ref="B71:C72"/>
     <mergeCell ref="D71:F71"/>
     <mergeCell ref="H71:M71"/>
     <mergeCell ref="D72:F72"/>
     <mergeCell ref="H72:I72"/>
     <mergeCell ref="J72:K72"/>
     <mergeCell ref="L72:M72"/>
     <mergeCell ref="B68:C69"/>
     <mergeCell ref="D68:F68"/>
     <mergeCell ref="G68:M68"/>
     <mergeCell ref="E69:F69"/>
     <mergeCell ref="G69:M69"/>
     <mergeCell ref="B33:M44"/>
     <mergeCell ref="B48:M48"/>
     <mergeCell ref="B61:C61"/>
     <mergeCell ref="B63:C63"/>
     <mergeCell ref="B65:M65"/>
@@ -21557,1749 +21529,1749 @@
       <formula>$E$63="■"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H8:H9 K8:K10 E8:E10 E61 I63 G63 E63 G61 G71:G72" xr:uid="{00000000-0002-0000-0400-000000000000}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.23622047244094491" top="0.55118110236220474" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="46" max="13" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:S103"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="A53" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <selection activeCell="V67" sqref="V67"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="2.59765625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="7" style="1" customWidth="1"/>
-    <col min="3" max="3" width="9.69921875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
-    <col min="5" max="5" width="8.69921875" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="8.19921875" style="1"/>
+    <col min="5" max="5" width="8.75" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.75" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.75" style="1" customWidth="1"/>
+    <col min="10" max="12" width="8.875" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="2.625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.25" style="1"/>
     <col min="16" max="18" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="19" max="16384" width="8.19921875" style="1"/>
+    <col min="19" max="16384" width="8.25" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="57.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="M1" s="61" t="str">
+    <row r="1" spans="2:18" ht="57.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M1" s="59" t="str">
         <f>SDM利用申込書!M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B2" s="103" t="str">
+    <row r="2" spans="2:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="94" t="str">
         <f>SDM利用申込書!B2</f>
         <v>FiT SDM 利用申込書</v>
       </c>
-      <c r="C2" s="103"/>
-[...12 lines deleted...]
-      <c r="B3" s="106" t="str">
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+    </row>
+    <row r="3" spans="2:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="97" t="str">
         <f>SDM利用申込書!B3</f>
         <v>FiT SDMをお申し込みいただき誠にありがとうございます。
 ライセンス発行に際しては、本申込書の記入、送付をお願いいたします。(本書ご記入の際は、下記の「個人情報取扱について」をお読みください。）
 また、事前に「FiT SDM利用規約」のご確認をお願いいたします。
 記載内容に不備がありますと、ライセンスの発行ができない場合がございますのでご注意ください。</v>
       </c>
-      <c r="C3" s="107"/>
-[...12 lines deleted...]
-      <c r="B4" s="106" t="str">
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+    </row>
+    <row r="4" spans="2:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="97" t="str">
         <f>SDM利用申込書!B4</f>
         <v>〈送付先：sdm-info@isb.co.jp〉　捺印のうえPDFにてご送付ください。原本の郵送は不要です。</v>
       </c>
-      <c r="C4" s="106"/>
-[...12 lines deleted...]
-      <c r="B5" s="78" t="str">
+      <c r="C4" s="97"/>
+      <c r="D4" s="97"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="97"/>
+      <c r="G4" s="97"/>
+      <c r="H4" s="97"/>
+      <c r="I4" s="97"/>
+      <c r="J4" s="97"/>
+      <c r="K4" s="97"/>
+      <c r="L4" s="97"/>
+      <c r="M4" s="97"/>
+    </row>
+    <row r="5" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="73" t="str">
         <f>SDM利用申込書!B5</f>
         <v>お申込日</v>
       </c>
-      <c r="C5" s="78"/>
-      <c r="D5" s="155">
+      <c r="C5" s="73"/>
+      <c r="D5" s="144">
         <v>45747</v>
       </c>
-      <c r="E5" s="155"/>
-[...2 lines deleted...]
-      <c r="H5" s="78" t="str">
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="144"/>
+      <c r="H5" s="73" t="str">
         <f>SDM利用申込書!H5</f>
         <v>貴社ご発注番号</v>
       </c>
-      <c r="I5" s="78"/>
-[...7 lines deleted...]
-      <c r="B7" s="78" t="str">
+      <c r="I5" s="73"/>
+      <c r="J5" s="145"/>
+      <c r="K5" s="145"/>
+      <c r="L5" s="145"/>
+      <c r="M5" s="145"/>
+    </row>
+    <row r="6" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="73" t="str">
         <f>SDM利用申込書!B7</f>
         <v>お申込内容</v>
       </c>
-      <c r="C7" s="78"/>
-[...4 lines deleted...]
-      <c r="B8" s="123" t="str">
+      <c r="C7" s="73"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="99"/>
+    </row>
+    <row r="8" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="113" t="str">
         <f>SDM利用申込書!B8</f>
         <v>申込区分</v>
       </c>
-      <c r="C8" s="149"/>
-      <c r="D8" s="152" t="str">
+      <c r="C8" s="138"/>
+      <c r="D8" s="141" t="str">
         <f>SDM利用申込書!D8</f>
         <v>複数選択可</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="6" t="str">
         <f>SDM利用申込書!F8</f>
         <v>新規購入</v>
       </c>
       <c r="G8" s="11"/>
       <c r="H8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="6" t="str">
         <f>SDM利用申込書!I8</f>
         <v>追加購入</v>
       </c>
       <c r="J8" s="11"/>
       <c r="K8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="6" t="str">
         <f>SDM利用申込書!L8</f>
         <v>その他（登録情報変更等）</v>
       </c>
       <c r="M8" s="11"/>
     </row>
-    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D9" s="153"/>
+    <row r="9" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="115"/>
+      <c r="C9" s="139"/>
+      <c r="D9" s="142"/>
       <c r="E9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="8" t="str">
         <f>SDM利用申込書!F9</f>
         <v>プラン変更</v>
       </c>
-      <c r="G9" s="24"/>
+      <c r="G9" s="23"/>
       <c r="H9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="8" t="str">
         <f>SDM利用申込書!I9</f>
         <v>一部解約</v>
       </c>
-      <c r="J9" s="24"/>
+      <c r="J9" s="23"/>
       <c r="K9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="8" t="str">
         <f>SDM利用申込書!L9</f>
         <v>全解約</v>
       </c>
-      <c r="M9" s="24"/>
-[...4 lines deleted...]
-      <c r="D10" s="154"/>
+      <c r="M9" s="23"/>
+    </row>
+    <row r="10" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="117"/>
+      <c r="C10" s="140"/>
+      <c r="D10" s="143"/>
       <c r="E10" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="F10" s="23" t="str">
+      <c r="F10" s="22" t="str">
         <f>SDM利用申込書!F10</f>
         <v>OS切替</v>
       </c>
-      <c r="G10" s="30" t="str">
+      <c r="G10" s="28" t="str">
         <f>SDM利用申込書!G10</f>
         <v>OS切替分は「OS変更・一部解約_端末一覧表」シートに記載ください。［申込製品・申込数量］欄への記載は不要です。</v>
       </c>
       <c r="H10" s="10"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="10"/>
       <c r="L10" s="4"/>
-      <c r="M10" s="23"/>
-[...2 lines deleted...]
-      <c r="B11" s="109" t="str">
+      <c r="M10" s="22"/>
+    </row>
+    <row r="11" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="100" t="str">
         <f>SDM利用申込書!B11</f>
         <v>契約識別番号</v>
       </c>
-      <c r="C11" s="157"/>
+      <c r="C11" s="146"/>
       <c r="D11" s="15" t="str">
         <f>SDM利用申込書!D11</f>
         <v>記載ください</v>
       </c>
-      <c r="E11" s="140">
+      <c r="E11" s="130">
         <v>123456</v>
       </c>
-      <c r="F11" s="142"/>
-      <c r="G11" s="28" t="str">
+      <c r="F11" s="131"/>
+      <c r="G11" s="26" t="str">
         <f>SDM利用申込書!G11</f>
         <v>契約識別番号は6桁の数字です。管理コンソールまたはライセンス証書よりご確認いただけます。</v>
       </c>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
     </row>
-    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B12" s="133" t="str">
+    <row r="12" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="123" t="str">
         <f>SDM利用申込書!B12</f>
         <v>サービス開始/終了希望日</v>
       </c>
-      <c r="C12" s="164"/>
-[...1 lines deleted...]
-      <c r="E12" s="165" t="s">
+      <c r="C12" s="153"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="154" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="166"/>
-[...9 lines deleted...]
-      <c r="B13" s="109" t="str">
+      <c r="F12" s="155"/>
+      <c r="G12" s="155"/>
+      <c r="H12" s="155"/>
+      <c r="I12" s="155"/>
+      <c r="J12" s="155"/>
+      <c r="K12" s="155"/>
+      <c r="L12" s="155"/>
+      <c r="M12" s="156"/>
+    </row>
+    <row r="13" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="100" t="str">
         <f>SDM利用申込書!B13</f>
         <v>申込製品・申込数量</v>
       </c>
-      <c r="C13" s="137"/>
-[...12 lines deleted...]
-      <c r="B14" s="115" t="str">
+      <c r="C13" s="127"/>
+      <c r="D13" s="127"/>
+      <c r="E13" s="127"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
+      <c r="H13" s="127"/>
+      <c r="I13" s="127"/>
+      <c r="J13" s="127"/>
+      <c r="K13" s="127"/>
+      <c r="L13" s="127"/>
+      <c r="M13" s="128"/>
+    </row>
+    <row r="14" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="106" t="str">
         <f>SDM利用申込書!B14</f>
         <v>基本プラン</v>
       </c>
-      <c r="C14" s="116"/>
-[...1 lines deleted...]
-      <c r="E14" s="95" t="str">
+      <c r="C14" s="107"/>
+      <c r="D14" s="110"/>
+      <c r="E14" s="86" t="str">
         <f>SDM利用申込書!E14</f>
         <v>　FiT SDM　Android（MSM版）</v>
       </c>
-      <c r="F14" s="96"/>
-[...3 lines deleted...]
-      <c r="J14" s="47" t="str">
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="45" t="str">
         <f>SDM利用申込書!J14</f>
         <v>申込数</v>
       </c>
-      <c r="K14" s="158"/>
-[...1 lines deleted...]
-      <c r="M14" s="34" t="str">
+      <c r="K14" s="147"/>
+      <c r="L14" s="148"/>
+      <c r="M14" s="32" t="str">
         <f>SDM利用申込書!M14</f>
         <v>ライセンス</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R14" s="3" t="str">
         <f>P14&amp;Q14</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E15" s="143" t="str">
+    <row r="15" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="82"/>
+      <c r="C15" s="83"/>
+      <c r="D15" s="111"/>
+      <c r="E15" s="132" t="str">
         <f>SDM利用申込書!E15</f>
         <v>　FiT SDM　iOS/iPadOS（MSM版）</v>
       </c>
-      <c r="F15" s="143"/>
-[...2 lines deleted...]
-      <c r="I15" s="143"/>
+      <c r="F15" s="132"/>
+      <c r="G15" s="132"/>
+      <c r="H15" s="132"/>
+      <c r="I15" s="132"/>
       <c r="J15" s="14" t="str">
         <f>SDM利用申込書!J15</f>
         <v>申込数</v>
       </c>
-      <c r="K15" s="160"/>
-[...1 lines deleted...]
-      <c r="M15" s="41" t="str">
+      <c r="K15" s="149"/>
+      <c r="L15" s="150"/>
+      <c r="M15" s="39" t="str">
         <f>SDM利用申込書!M15</f>
         <v>ライセンス</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="3" t="str">
         <f t="shared" ref="R15" si="0">P15&amp;Q15</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="E16" s="146" t="str">
+    <row r="16" spans="2:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="82"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="110"/>
+      <c r="E16" s="135" t="str">
         <f>SDM利用申込書!E16</f>
         <v>　FiT SDM　Android コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F16" s="147"/>
-[...3 lines deleted...]
-      <c r="J16" s="48" t="str">
+      <c r="F16" s="136"/>
+      <c r="G16" s="136"/>
+      <c r="H16" s="136"/>
+      <c r="I16" s="137"/>
+      <c r="J16" s="46" t="str">
         <f>SDM利用申込書!J16</f>
         <v>申込数</v>
       </c>
-      <c r="K16" s="162"/>
-[...1 lines deleted...]
-      <c r="M16" s="51" t="str">
+      <c r="K16" s="151"/>
+      <c r="L16" s="152"/>
+      <c r="M16" s="49" t="str">
         <f>SDM利用申込書!M16</f>
         <v>ライセンス</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="R16" s="3" t="str">
         <f>P16&amp;Q16</f>
         <v>Stage1Android</v>
       </c>
     </row>
-    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="E17" s="112" t="str">
+    <row r="17" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B17" s="108"/>
+      <c r="C17" s="109"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="103" t="str">
         <f>SDM利用申込書!E17</f>
         <v>　FiT SDM　iOS/iPadOS　コンテンツ配信プラン（MSM版）</v>
       </c>
-      <c r="F17" s="112"/>
-[...3 lines deleted...]
-      <c r="J17" s="49" t="str">
+      <c r="F17" s="103"/>
+      <c r="G17" s="103"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="47" t="str">
         <f>SDM利用申込書!J17</f>
         <v>申込数</v>
       </c>
-      <c r="K17" s="168"/>
-[...1 lines deleted...]
-      <c r="M17" s="33" t="str">
+      <c r="K17" s="157"/>
+      <c r="L17" s="158"/>
+      <c r="M17" s="31" t="str">
         <f>SDM利用申込書!M17</f>
         <v>ライセンス</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="R17" s="3" t="str">
         <f t="shared" ref="R17" si="1">P17&amp;Q17</f>
         <v>マカフィー for SDM</v>
       </c>
     </row>
-    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="91" t="str">
+    <row r="18" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="82" t="str">
         <f>SDM利用申込書!B18</f>
         <v>オプション</v>
       </c>
-      <c r="C18" s="92"/>
-      <c r="D18" s="54" t="str">
+      <c r="C18" s="83"/>
+      <c r="D18" s="52" t="str">
         <f>SDM利用申込書!D18</f>
         <v>24365代行</v>
       </c>
-      <c r="E18" s="93" t="str">
+      <c r="E18" s="84" t="str">
         <f>SDM利用申込書!E18</f>
         <v xml:space="preserve">　おまかせロック・ワイプサービス </v>
       </c>
-      <c r="F18" s="94"/>
-[...3 lines deleted...]
-      <c r="J18" s="50" t="str">
+      <c r="F18" s="85"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="85"/>
+      <c r="J18" s="48" t="str">
         <f>SDM利用申込書!J18</f>
         <v>申込数</v>
       </c>
-      <c r="K18" s="88" t="str">
+      <c r="K18" s="79" t="str">
         <f>SDM利用申込書!K18</f>
         <v>iOSのみ。基本サービスと同数のお申込となります。</v>
       </c>
-      <c r="L18" s="89"/>
-      <c r="M18" s="90"/>
+      <c r="L18" s="80"/>
+      <c r="M18" s="81"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
     </row>
-    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D19" s="55" t="str">
+    <row r="19" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="82"/>
+      <c r="C19" s="83"/>
+      <c r="D19" s="53" t="str">
         <f>SDM利用申込書!D19</f>
         <v>アンチウイルス</v>
       </c>
-      <c r="E19" s="80" t="str">
+      <c r="E19" s="75" t="str">
         <f>SDM利用申込書!E19</f>
         <v>　Harmony Mobile for SDM</v>
       </c>
-      <c r="F19" s="81"/>
-[...3 lines deleted...]
-      <c r="J19" s="47" t="str">
+      <c r="F19" s="76"/>
+      <c r="G19" s="76"/>
+      <c r="H19" s="76"/>
+      <c r="I19" s="76"/>
+      <c r="J19" s="45" t="str">
         <f>SDM利用申込書!J19</f>
         <v>申込数</v>
       </c>
-      <c r="K19" s="158"/>
-[...1 lines deleted...]
-      <c r="M19" s="34" t="str">
+      <c r="K19" s="147"/>
+      <c r="L19" s="148"/>
+      <c r="M19" s="32" t="str">
         <f>SDM利用申込書!M19</f>
         <v>ライセンス</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R19" s="3" t="str">
         <f t="shared" ref="R19" si="2">P19&amp;Q19</f>
         <v>ロックワイプサービス</v>
       </c>
     </row>
-    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="109" t="str">
+    <row r="20" spans="2:19" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="100" t="str">
         <f>SDM利用申込書!B20</f>
         <v>備考</v>
       </c>
-      <c r="C20" s="110"/>
-[...25 lines deleted...]
-    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C20" s="101"/>
+      <c r="D20" s="101"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="101"/>
+      <c r="G20" s="101"/>
+      <c r="H20" s="101"/>
+      <c r="I20" s="101"/>
+      <c r="J20" s="101"/>
+      <c r="K20" s="101"/>
+      <c r="L20" s="101"/>
+      <c r="M20" s="102"/>
+    </row>
+    <row r="21" spans="2:19" s="13" customFormat="1" ht="51.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="159"/>
+      <c r="C21" s="159"/>
+      <c r="D21" s="159"/>
+      <c r="E21" s="159"/>
+      <c r="F21" s="159"/>
+      <c r="G21" s="159"/>
+      <c r="H21" s="159"/>
+      <c r="I21" s="159"/>
+      <c r="J21" s="159"/>
+      <c r="K21" s="159"/>
+      <c r="L21" s="159"/>
+      <c r="M21" s="159"/>
+    </row>
+    <row r="22" spans="2:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="12"/>
-      <c r="C22" s="29"/>
-[...12 lines deleted...]
-      <c r="B23" s="78" t="str">
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+    </row>
+    <row r="23" spans="2:19" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="73" t="str">
         <f>SDM利用申込書!B23</f>
         <v>お客様情報記入欄</v>
       </c>
-      <c r="C23" s="78"/>
-[...1 lines deleted...]
-      <c r="E23" s="78"/>
+      <c r="C23" s="73"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="73"/>
       <c r="F23" s="13" t="str">
         <f>SDM利用申込書!F23</f>
         <v>※修正の場合は修正箇所を赤字で記入ください</v>
       </c>
     </row>
-    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="79" t="str">
+    <row r="24" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="74" t="str">
         <f>SDM利用申込書!B24</f>
         <v>会社名</v>
       </c>
-      <c r="C24" s="79"/>
-[...12 lines deleted...]
-      <c r="B25" s="79" t="str">
+      <c r="C24" s="74"/>
+      <c r="D24" s="160"/>
+      <c r="E24" s="161"/>
+      <c r="F24" s="161"/>
+      <c r="G24" s="161"/>
+      <c r="H24" s="161"/>
+      <c r="I24" s="162"/>
+      <c r="J24" s="162"/>
+      <c r="K24" s="162"/>
+      <c r="L24" s="162"/>
+      <c r="M24" s="163"/>
+    </row>
+    <row r="25" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="74" t="str">
         <f>SDM利用申込書!B25</f>
         <v>部署名</v>
       </c>
-      <c r="C25" s="79"/>
-[...5 lines deleted...]
-      <c r="I25" s="57" t="str">
+      <c r="C25" s="74"/>
+      <c r="D25" s="160"/>
+      <c r="E25" s="161"/>
+      <c r="F25" s="161"/>
+      <c r="G25" s="161"/>
+      <c r="H25" s="164"/>
+      <c r="I25" s="55" t="str">
         <f>SDM利用申込書!I25</f>
         <v>担当者名</v>
       </c>
-      <c r="J25" s="176"/>
-[...5 lines deleted...]
-      <c r="B26" s="79" t="str">
+      <c r="J25" s="165"/>
+      <c r="K25" s="166"/>
+      <c r="L25" s="166"/>
+      <c r="M25" s="167"/>
+    </row>
+    <row r="26" spans="2:19" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="74" t="str">
         <f>SDM利用申込書!B26</f>
         <v>住所</v>
       </c>
-      <c r="C26" s="79"/>
-[...12 lines deleted...]
-      <c r="B27" s="139" t="str">
+      <c r="C26" s="74"/>
+      <c r="D26" s="56"/>
+      <c r="E26" s="57"/>
+      <c r="F26" s="189"/>
+      <c r="G26" s="166"/>
+      <c r="H26" s="166"/>
+      <c r="I26" s="166"/>
+      <c r="J26" s="166"/>
+      <c r="K26" s="166"/>
+      <c r="L26" s="166"/>
+      <c r="M26" s="167"/>
+    </row>
+    <row r="27" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="129" t="str">
         <f>SDM利用申込書!B27</f>
         <v>TEL</v>
       </c>
-      <c r="C27" s="139"/>
-[...5 lines deleted...]
-      <c r="I27" s="57" t="str">
+      <c r="C27" s="129"/>
+      <c r="D27" s="190"/>
+      <c r="E27" s="191"/>
+      <c r="F27" s="191"/>
+      <c r="G27" s="191"/>
+      <c r="H27" s="192"/>
+      <c r="I27" s="55" t="str">
         <f>SDM利用申込書!I27</f>
         <v>E-mail</v>
       </c>
-      <c r="J27" s="204"/>
-[...2 lines deleted...]
-      <c r="M27" s="204"/>
+      <c r="J27" s="193"/>
+      <c r="K27" s="193"/>
+      <c r="L27" s="193"/>
+      <c r="M27" s="193"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
     </row>
-    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="28" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="12"/>
-      <c r="C28" s="29"/>
-[...12 lines deleted...]
-      <c r="B29" s="52" t="str">
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+    </row>
+    <row r="29" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="50" t="str">
         <f>SDM利用申込書!B29</f>
         <v>記載のメールアドレス宛に①ライセンス証書、②アナウンスメールを送付します。メーリングリストの登録も可能です。</v>
       </c>
-      <c r="C29" s="27"/>
-[...12 lines deleted...]
-      <c r="B30" s="52" t="str">
+      <c r="C29" s="25"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="24"/>
+      <c r="I29" s="24"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="24"/>
+      <c r="L29" s="24"/>
+      <c r="M29" s="24"/>
+    </row>
+    <row r="30" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="50" t="str">
         <f>SDM利用申込書!B30</f>
         <v>・ライセンス証書：新規契約やライセンスの追加/減数時の処理証明として、メールにてPDF形式で送付します。</v>
       </c>
-      <c r="C30" s="27"/>
-[...12 lines deleted...]
-      <c r="B31" s="52" t="str">
+      <c r="C30" s="25"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="24"/>
+      <c r="I30" s="24"/>
+      <c r="J30" s="24"/>
+      <c r="K30" s="24"/>
+      <c r="L30" s="24"/>
+      <c r="M30" s="24"/>
+    </row>
+    <row r="31" spans="2:19" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="50" t="str">
         <f>SDM利用申込書!B31</f>
         <v>・アナウンスメール：メンテナンスや障害連絡、新機能のリリースに関するご案内などを送付します。</v>
       </c>
-      <c r="C31" s="27"/>
-[...11 lines deleted...]
-    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C31" s="25"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+    </row>
+    <row r="32" spans="2:19" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="12"/>
-      <c r="C32" s="29"/>
-[...12 lines deleted...]
-      <c r="B33" s="102" t="str">
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="27"/>
+      <c r="K32" s="27"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+    </row>
+    <row r="33" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="93" t="str">
         <f>SDM利用申込書!B33</f>
         <v>■　ご契約の注意点　■
 ・本サービスの提供内容、提供条件は、「FiT SDM利用規約」、「FiT SDMサービス仕様書」、「FiT SDM取扱説明書」に準拠します。
 　各書面：https://support.mdm.isb.co.jp/support/manual?tab=tab4　（ID：fitsdm　パスワード：Sdm-9702）
 　本申込書のご提出をもって、上記に同意したものとします。
 ・ライセンスは自動更新です。解約・減数をご希望の場合は、1ヶ月前までに本申込書のご提出をお願いします。ご連絡がない場合は自動更新となります。
 ■　個人情報の取扱について　■
 -　本書にて収集した個人情報は、個人情報保護法及び当社プライバシー・ポリシーに基き適切に管理いたします。
 -　当社は、お客様等の個人情報を以下の目的のために利用いたします。
 　　1.お客様に関する個人情報(a.製品の発送のため b.製品・サービス・イベント、セミナー、キャンペーンなどのご案内の送付のため c.製品サポート・メンテナンス
 　  の提供のため d.お問い合わせ・ご相談へのご対応 e.製品・サービスの開発、アンケート調査実施、モニター実施のため f.お客様との商談、打合せ等のため)
     2.お取引先各社の役員・従業員の方々に関する個人情報 
 　　　(a.業務上必要な諸連絡・ご商談等 b.お取引先様の情報管理、支払・収入処理のため)
 -　本書は、お申込頂いた販売代理店様並びに当社一次代理店にて受発注業務を行う為にお預かりする場合があります。
 -　尚、当社プライバシーポリシーの詳細につきましては当社ウェブサイトをご覧下さい。(https://www.isb.co.jp/privacypolicy/)
 ※　本内容にご同意頂けない場合、お申込をお受けできないことを予めご了承下さい。</v>
       </c>
-      <c r="C33" s="102"/>
-[...179 lines deleted...]
-    <row r="46" spans="1:14" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C33" s="93"/>
+      <c r="D33" s="93"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="93"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="93"/>
+      <c r="M33" s="93"/>
+    </row>
+    <row r="34" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="93"/>
+      <c r="C34" s="93"/>
+      <c r="D34" s="93"/>
+      <c r="E34" s="93"/>
+      <c r="F34" s="93"/>
+      <c r="G34" s="93"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="93"/>
+      <c r="J34" s="93"/>
+      <c r="K34" s="93"/>
+      <c r="L34" s="93"/>
+      <c r="M34" s="93"/>
+    </row>
+    <row r="35" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="93"/>
+      <c r="C35" s="93"/>
+      <c r="D35" s="93"/>
+      <c r="E35" s="93"/>
+      <c r="F35" s="93"/>
+      <c r="G35" s="93"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="93"/>
+      <c r="J35" s="93"/>
+      <c r="K35" s="93"/>
+      <c r="L35" s="93"/>
+      <c r="M35" s="93"/>
+    </row>
+    <row r="36" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="93"/>
+      <c r="C36" s="93"/>
+      <c r="D36" s="93"/>
+      <c r="E36" s="93"/>
+      <c r="F36" s="93"/>
+      <c r="G36" s="93"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="93"/>
+      <c r="J36" s="93"/>
+      <c r="K36" s="93"/>
+      <c r="L36" s="93"/>
+      <c r="M36" s="93"/>
+    </row>
+    <row r="37" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="93"/>
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+    </row>
+    <row r="38" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="93"/>
+      <c r="C38" s="93"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="93"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+    </row>
+    <row r="39" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="93"/>
+      <c r="C39" s="93"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="93"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+    </row>
+    <row r="40" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="93"/>
+      <c r="C40" s="93"/>
+      <c r="D40" s="93"/>
+      <c r="E40" s="93"/>
+      <c r="F40" s="93"/>
+      <c r="G40" s="93"/>
+      <c r="H40" s="93"/>
+      <c r="I40" s="93"/>
+      <c r="J40" s="93"/>
+      <c r="K40" s="93"/>
+      <c r="L40" s="93"/>
+      <c r="M40" s="93"/>
+    </row>
+    <row r="41" spans="1:14" s="3" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="93"/>
+      <c r="C41" s="93"/>
+      <c r="D41" s="93"/>
+      <c r="E41" s="93"/>
+      <c r="F41" s="93"/>
+      <c r="G41" s="93"/>
+      <c r="H41" s="93"/>
+      <c r="I41" s="93"/>
+      <c r="J41" s="93"/>
+      <c r="K41" s="93"/>
+      <c r="L41" s="93"/>
+      <c r="M41" s="93"/>
+    </row>
+    <row r="42" spans="1:14" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="93"/>
+      <c r="C42" s="93"/>
+      <c r="D42" s="93"/>
+      <c r="E42" s="93"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="93"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="93"/>
+      <c r="J42" s="93"/>
+      <c r="K42" s="93"/>
+      <c r="L42" s="93"/>
+      <c r="M42" s="93"/>
+    </row>
+    <row r="43" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="93"/>
+      <c r="C43" s="93"/>
+      <c r="D43" s="93"/>
+      <c r="E43" s="93"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="93"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="93"/>
+      <c r="J43" s="93"/>
+      <c r="K43" s="93"/>
+      <c r="L43" s="93"/>
+      <c r="M43" s="93"/>
+    </row>
+    <row r="44" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="93"/>
+      <c r="C44" s="93"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="93"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="93"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="93"/>
+      <c r="J44" s="93"/>
+      <c r="K44" s="93"/>
+      <c r="L44" s="93"/>
+      <c r="M44" s="93"/>
+    </row>
+    <row r="45" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="40"/>
+      <c r="C45" s="40"/>
+      <c r="D45" s="40"/>
+      <c r="E45" s="40"/>
+      <c r="F45" s="40"/>
+      <c r="G45" s="40"/>
+      <c r="H45" s="40"/>
+      <c r="I45" s="40"/>
+      <c r="J45" s="40"/>
+      <c r="K45" s="40"/>
+      <c r="L45" s="40"/>
+      <c r="M45" s="40"/>
+    </row>
+    <row r="46" spans="1:14" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="1"/>
-      <c r="B46" s="42"/>
-[...10 lines deleted...]
-      <c r="M46" s="42"/>
+      <c r="B46" s="40"/>
+      <c r="C46" s="40"/>
+      <c r="D46" s="40"/>
+      <c r="E46" s="40"/>
+      <c r="F46" s="40"/>
+      <c r="G46" s="40"/>
+      <c r="H46" s="40"/>
+      <c r="I46" s="40"/>
+      <c r="J46" s="40"/>
+      <c r="K46" s="40"/>
+      <c r="L46" s="40"/>
+      <c r="M46" s="40"/>
       <c r="N46" s="1"/>
     </row>
-    <row r="47" spans="1:14" s="13" customFormat="1" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:14" s="13" customFormat="1" ht="74.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1"/>
-      <c r="C47" s="29"/>
-[...9 lines deleted...]
-      <c r="M47" s="60" t="str">
+      <c r="C47" s="27"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="58" t="str">
         <f>M1</f>
         <v>ver.1.0_msm</v>
       </c>
     </row>
-    <row r="48" spans="1:14" s="13" customFormat="1" ht="21.9" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="48" spans="1:14" s="13" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="1"/>
-      <c r="B48" s="179" t="e">
+      <c r="B48" s="168" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C48" s="179"/>
-[...9 lines deleted...]
-      <c r="M48" s="179"/>
+      <c r="C48" s="168"/>
+      <c r="D48" s="168"/>
+      <c r="E48" s="168"/>
+      <c r="F48" s="168"/>
+      <c r="G48" s="168"/>
+      <c r="H48" s="168"/>
+      <c r="I48" s="168"/>
+      <c r="J48" s="168"/>
+      <c r="K48" s="168"/>
+      <c r="L48" s="168"/>
+      <c r="M48" s="168"/>
       <c r="N48" s="1"/>
     </row>
-    <row r="49" spans="1:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="49" spans="1:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49"/>
-      <c r="B49" s="180" t="e">
+      <c r="B49" s="169" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C49" s="181"/>
-[...9 lines deleted...]
-      <c r="M49" s="182"/>
+      <c r="C49" s="170"/>
+      <c r="D49" s="170"/>
+      <c r="E49" s="170"/>
+      <c r="F49" s="170"/>
+      <c r="G49" s="170"/>
+      <c r="H49" s="170"/>
+      <c r="I49" s="170"/>
+      <c r="J49" s="170"/>
+      <c r="K49" s="170"/>
+      <c r="L49" s="170"/>
+      <c r="M49" s="171"/>
       <c r="N49"/>
     </row>
-    <row r="50" spans="1:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="50" spans="1:19" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B50" s="12"/>
-      <c r="C50" s="29"/>
-[...11 lines deleted...]
-    <row r="51" spans="1:19" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.45">
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="27"/>
+    </row>
+    <row r="51" spans="1:19" s="13" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A51" s="1"/>
       <c r="B51" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
     </row>
-    <row r="52" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="52" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B52" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="53" spans="1:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="53" spans="1:19" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A53" s="1"/>
       <c r="B53" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
     </row>
-    <row r="54" spans="1:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="54" spans="1:19" s="13" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A54" s="1"/>
       <c r="B54" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="3"/>
       <c r="P54" s="3"/>
       <c r="Q54" s="3"/>
       <c r="R54" s="3"/>
       <c r="S54" s="3"/>
     </row>
-    <row r="55" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="55" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B55" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="56" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="56" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B56" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="57" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="57" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B57" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="58" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="58" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B58" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J58" s="53"/>
-[...4 lines deleted...]
-    <row r="59" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="J58" s="51"/>
+      <c r="K58" s="51"/>
+      <c r="L58" s="51"/>
+      <c r="M58" s="51"/>
+    </row>
+    <row r="59" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B59" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J59" s="53"/>
-[...11 lines deleted...]
-      <c r="B61" s="183" t="e">
+      <c r="J59" s="51"/>
+      <c r="K59" s="51"/>
+      <c r="L59" s="51"/>
+      <c r="M59" s="51"/>
+    </row>
+    <row r="60" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="J60" s="51"/>
+      <c r="K60" s="51"/>
+      <c r="L60" s="16"/>
+      <c r="M60" s="51"/>
+    </row>
+    <row r="61" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B61" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C61" s="184"/>
-      <c r="D61" s="65" t="e">
+      <c r="C61" s="173"/>
+      <c r="D61" s="63" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E61" s="62" t="s">
+      <c r="E61" s="60" t="s">
         <v>3</v>
       </c>
-      <c r="F61" s="64" t="e">
+      <c r="F61" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G61" s="63" t="s">
+      <c r="G61" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="I61" s="21"/>
-[...4 lines deleted...]
-      <c r="B63" s="183" t="e">
+      <c r="I61" s="20"/>
+      <c r="L61" s="16"/>
+    </row>
+    <row r="62" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="63" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B63" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C63" s="184"/>
+      <c r="C63" s="173"/>
       <c r="D63" s="14" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E63" s="63" t="s">
+      <c r="E63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="F63" s="64" t="e">
+      <c r="F63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="G63" s="63" t="s">
+      <c r="G63" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H63" s="64" t="e">
+      <c r="H63" s="62" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I63" s="63" t="s">
+      <c r="I63" s="61" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="64" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-[...1 lines deleted...]
-      <c r="B65" s="183" t="e">
+    <row r="64" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="65" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B65" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C65" s="185"/>
-[...12 lines deleted...]
-      <c r="B66" s="193" t="e">
+      <c r="C65" s="174"/>
+      <c r="D65" s="174"/>
+      <c r="E65" s="174"/>
+      <c r="F65" s="174"/>
+      <c r="G65" s="174"/>
+      <c r="H65" s="174"/>
+      <c r="I65" s="174"/>
+      <c r="J65" s="174"/>
+      <c r="K65" s="174"/>
+      <c r="L65" s="174"/>
+      <c r="M65" s="173"/>
+    </row>
+    <row r="66" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B66" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C66" s="194"/>
-      <c r="D66" s="187" t="e">
+      <c r="C66" s="183"/>
+      <c r="D66" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E66" s="188"/>
-[...1 lines deleted...]
-      <c r="G66" s="190" t="e">
+      <c r="E66" s="177"/>
+      <c r="F66" s="178"/>
+      <c r="G66" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H66" s="191"/>
-[...9 lines deleted...]
-      <c r="D67" s="66" t="e">
+      <c r="H66" s="180"/>
+      <c r="I66" s="180"/>
+      <c r="J66" s="180"/>
+      <c r="K66" s="180"/>
+      <c r="L66" s="180"/>
+      <c r="M66" s="181"/>
+    </row>
+    <row r="67" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B67" s="184"/>
+      <c r="C67" s="185"/>
+      <c r="D67" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E67" s="197"/>
-[...10 lines deleted...]
-      <c r="B68" s="193" t="e">
+      <c r="E67" s="186"/>
+      <c r="F67" s="186"/>
+      <c r="G67" s="186"/>
+      <c r="H67" s="186"/>
+      <c r="I67" s="186"/>
+      <c r="J67" s="186"/>
+      <c r="K67" s="186"/>
+      <c r="L67" s="186"/>
+      <c r="M67" s="186"/>
+    </row>
+    <row r="68" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B68" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C68" s="194"/>
-      <c r="D68" s="187" t="e">
+      <c r="C68" s="183"/>
+      <c r="D68" s="176" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E68" s="188"/>
-[...1 lines deleted...]
-      <c r="G68" s="190" t="e">
+      <c r="E68" s="177"/>
+      <c r="F68" s="178"/>
+      <c r="G68" s="179" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="H68" s="191"/>
-[...9 lines deleted...]
-      <c r="D69" s="66" t="e">
+      <c r="H68" s="180"/>
+      <c r="I68" s="180"/>
+      <c r="J68" s="180"/>
+      <c r="K68" s="180"/>
+      <c r="L68" s="180"/>
+      <c r="M68" s="181"/>
+    </row>
+    <row r="69" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B69" s="184"/>
+      <c r="C69" s="185"/>
+      <c r="D69" s="64" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E69" s="198"/>
-[...10 lines deleted...]
-      <c r="B70" s="183" t="e">
+      <c r="E69" s="187"/>
+      <c r="F69" s="188"/>
+      <c r="G69" s="179"/>
+      <c r="H69" s="180"/>
+      <c r="I69" s="180"/>
+      <c r="J69" s="180"/>
+      <c r="K69" s="180"/>
+      <c r="L69" s="180"/>
+      <c r="M69" s="181"/>
+    </row>
+    <row r="70" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B70" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C70" s="185"/>
-[...13 lines deleted...]
-      <c r="B71" s="193" t="e">
+      <c r="C70" s="174"/>
+      <c r="D70" s="174"/>
+      <c r="E70" s="174"/>
+      <c r="F70" s="174"/>
+      <c r="G70" s="174"/>
+      <c r="H70" s="174"/>
+      <c r="I70" s="174"/>
+      <c r="J70" s="174"/>
+      <c r="K70" s="174"/>
+      <c r="L70" s="174"/>
+      <c r="M70" s="173"/>
+      <c r="N70" s="19"/>
+    </row>
+    <row r="71" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B71" s="182" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C71" s="194"/>
-      <c r="D71" s="207" t="e">
+      <c r="C71" s="183"/>
+      <c r="D71" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E71" s="208"/>
-[...1 lines deleted...]
-      <c r="G71" s="63" t="s">
+      <c r="E71" s="197"/>
+      <c r="F71" s="198"/>
+      <c r="G71" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H71" s="186"/>
-[...10 lines deleted...]
-      <c r="D72" s="207" t="e">
+      <c r="H71" s="175"/>
+      <c r="I71" s="175"/>
+      <c r="J71" s="175"/>
+      <c r="K71" s="175"/>
+      <c r="L71" s="175"/>
+      <c r="M71" s="175"/>
+      <c r="N71" s="19"/>
+    </row>
+    <row r="72" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B72" s="184"/>
+      <c r="C72" s="185"/>
+      <c r="D72" s="196" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="E72" s="208"/>
-[...1 lines deleted...]
-      <c r="G72" s="63" t="s">
+      <c r="E72" s="197"/>
+      <c r="F72" s="198"/>
+      <c r="G72" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="H72" s="205" t="e">
+      <c r="H72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="I72" s="205"/>
-[...2 lines deleted...]
-      <c r="L72" s="205" t="e">
+      <c r="I72" s="194"/>
+      <c r="J72" s="195"/>
+      <c r="K72" s="195"/>
+      <c r="L72" s="194" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="M72" s="205"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:14" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="M72" s="194"/>
+    </row>
+    <row r="73" spans="1:14" ht="20.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A73"/>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73"/>
       <c r="J73"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
     </row>
-    <row r="74" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="74" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A74"/>
-      <c r="B74" s="67" t="e">
+      <c r="B74" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C74" s="68"/>
-[...9 lines deleted...]
-      <c r="M74" s="68"/>
+      <c r="C74" s="66"/>
+      <c r="D74" s="66"/>
+      <c r="E74" s="66"/>
+      <c r="F74" s="66"/>
+      <c r="G74" s="66"/>
+      <c r="H74" s="66"/>
+      <c r="I74" s="66"/>
+      <c r="J74" s="66"/>
+      <c r="K74" s="66"/>
+      <c r="L74" s="66"/>
+      <c r="M74" s="66"/>
       <c r="N74"/>
     </row>
-    <row r="75" spans="1:14" ht="36.6" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="75" spans="1:14" ht="36.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A75"/>
-      <c r="B75" s="67" t="e">
+      <c r="B75" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C75" s="68"/>
-[...9 lines deleted...]
-      <c r="M75" s="68"/>
+      <c r="C75" s="66"/>
+      <c r="D75" s="66"/>
+      <c r="E75" s="66"/>
+      <c r="F75" s="66"/>
+      <c r="G75" s="66"/>
+      <c r="H75" s="66"/>
+      <c r="I75" s="66"/>
+      <c r="J75" s="66"/>
+      <c r="K75" s="66"/>
+      <c r="L75" s="66"/>
+      <c r="M75" s="66"/>
       <c r="N75"/>
     </row>
-    <row r="76" spans="1:14" ht="21.6" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="76" spans="1:14" ht="21.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A76"/>
-      <c r="B76" s="67" t="e">
+      <c r="B76" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C76" s="68"/>
-[...9 lines deleted...]
-      <c r="M76" s="68"/>
+      <c r="C76" s="66"/>
+      <c r="D76" s="66"/>
+      <c r="E76" s="66"/>
+      <c r="F76" s="66"/>
+      <c r="G76" s="66"/>
+      <c r="H76" s="66"/>
+      <c r="I76" s="66"/>
+      <c r="J76" s="66"/>
+      <c r="K76" s="66"/>
+      <c r="L76" s="66"/>
+      <c r="M76" s="66"/>
       <c r="N76"/>
     </row>
-    <row r="77" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="77" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A77"/>
-      <c r="B77" s="67"/>
-[...10 lines deleted...]
-      <c r="M77" s="68"/>
+      <c r="B77" s="65"/>
+      <c r="C77" s="66"/>
+      <c r="D77" s="66"/>
+      <c r="E77" s="66"/>
+      <c r="F77" s="66"/>
+      <c r="G77" s="66"/>
+      <c r="H77" s="66"/>
+      <c r="I77" s="66"/>
+      <c r="J77" s="66"/>
+      <c r="K77" s="66"/>
+      <c r="L77" s="66"/>
+      <c r="M77" s="66"/>
       <c r="N77"/>
     </row>
-    <row r="78" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="78" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A78"/>
-      <c r="B78" s="67"/>
-[...10 lines deleted...]
-      <c r="M78" s="68"/>
+      <c r="B78" s="65"/>
+      <c r="C78" s="66"/>
+      <c r="D78" s="66"/>
+      <c r="E78" s="66"/>
+      <c r="F78" s="66"/>
+      <c r="G78" s="66"/>
+      <c r="H78" s="66"/>
+      <c r="I78" s="66"/>
+      <c r="J78" s="66"/>
+      <c r="K78" s="66"/>
+      <c r="L78" s="66"/>
+      <c r="M78" s="66"/>
       <c r="N78"/>
     </row>
-    <row r="79" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="79" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A79"/>
-      <c r="B79" s="67"/>
-[...10 lines deleted...]
-      <c r="M79" s="68"/>
+      <c r="B79" s="65"/>
+      <c r="C79" s="66"/>
+      <c r="D79" s="66"/>
+      <c r="E79" s="66"/>
+      <c r="F79" s="66"/>
+      <c r="G79" s="66"/>
+      <c r="H79" s="66"/>
+      <c r="I79" s="66"/>
+      <c r="J79" s="66"/>
+      <c r="K79" s="66"/>
+      <c r="L79" s="66"/>
+      <c r="M79" s="66"/>
       <c r="N79"/>
     </row>
-    <row r="80" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="80" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A80"/>
-      <c r="B80" s="67"/>
-[...10 lines deleted...]
-      <c r="M80" s="68"/>
+      <c r="B80" s="65"/>
+      <c r="C80" s="66"/>
+      <c r="D80" s="66"/>
+      <c r="E80" s="66"/>
+      <c r="F80" s="66"/>
+      <c r="G80" s="66"/>
+      <c r="H80" s="66"/>
+      <c r="I80" s="66"/>
+      <c r="J80" s="66"/>
+      <c r="K80" s="66"/>
+      <c r="L80" s="66"/>
+      <c r="M80" s="66"/>
       <c r="N80"/>
     </row>
-    <row r="81" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="81" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A81"/>
-      <c r="B81" s="67"/>
-[...10 lines deleted...]
-      <c r="M81" s="68"/>
+      <c r="B81" s="65"/>
+      <c r="C81" s="66"/>
+      <c r="D81" s="66"/>
+      <c r="E81" s="66"/>
+      <c r="F81" s="66"/>
+      <c r="G81" s="66"/>
+      <c r="H81" s="66"/>
+      <c r="I81" s="66"/>
+      <c r="J81" s="66"/>
+      <c r="K81" s="66"/>
+      <c r="L81" s="66"/>
+      <c r="M81" s="66"/>
       <c r="N81"/>
     </row>
-    <row r="82" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="82" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A82"/>
-      <c r="B82" s="67" t="e">
+      <c r="B82" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="68"/>
-[...9 lines deleted...]
-      <c r="M82" s="68"/>
+      <c r="C82" s="66"/>
+      <c r="D82" s="66"/>
+      <c r="E82" s="66"/>
+      <c r="F82" s="66"/>
+      <c r="G82" s="66"/>
+      <c r="H82" s="66"/>
+      <c r="I82" s="66"/>
+      <c r="J82" s="66"/>
+      <c r="K82" s="66"/>
+      <c r="L82" s="66"/>
+      <c r="M82" s="66"/>
       <c r="N82"/>
     </row>
-    <row r="83" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="83" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A83"/>
-      <c r="B83" s="67" t="e">
+      <c r="B83" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="68"/>
-[...9 lines deleted...]
-      <c r="M83" s="68"/>
+      <c r="C83" s="66"/>
+      <c r="D83" s="66"/>
+      <c r="E83" s="66"/>
+      <c r="F83" s="66"/>
+      <c r="G83" s="66"/>
+      <c r="H83" s="66"/>
+      <c r="I83" s="66"/>
+      <c r="J83" s="66"/>
+      <c r="K83" s="66"/>
+      <c r="L83" s="66"/>
+      <c r="M83" s="66"/>
       <c r="N83"/>
     </row>
-    <row r="84" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="84" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A84"/>
-      <c r="B84" s="67" t="e">
+      <c r="B84" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="68"/>
-[...9 lines deleted...]
-      <c r="M84" s="68"/>
+      <c r="C84" s="66"/>
+      <c r="D84" s="66"/>
+      <c r="E84" s="66"/>
+      <c r="F84" s="66"/>
+      <c r="G84" s="66"/>
+      <c r="H84" s="66"/>
+      <c r="I84" s="66"/>
+      <c r="J84" s="66"/>
+      <c r="K84" s="66"/>
+      <c r="L84" s="66"/>
+      <c r="M84" s="66"/>
       <c r="N84"/>
     </row>
-    <row r="85" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="85" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A85"/>
-      <c r="B85" s="67"/>
-[...10 lines deleted...]
-      <c r="M85" s="68"/>
+      <c r="B85" s="65"/>
+      <c r="C85" s="66"/>
+      <c r="D85" s="66"/>
+      <c r="E85" s="66"/>
+      <c r="F85" s="66"/>
+      <c r="G85" s="66"/>
+      <c r="H85" s="66"/>
+      <c r="I85" s="66"/>
+      <c r="J85" s="66"/>
+      <c r="K85" s="66"/>
+      <c r="L85" s="66"/>
+      <c r="M85" s="66"/>
       <c r="N85"/>
     </row>
-    <row r="86" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
-[...84 lines deleted...]
-      <c r="B92" s="67" t="e">
+    <row r="86" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B86" s="67"/>
+      <c r="C86" s="67"/>
+      <c r="D86" s="67"/>
+      <c r="E86" s="67"/>
+      <c r="F86" s="67"/>
+      <c r="G86" s="67"/>
+      <c r="H86" s="67"/>
+      <c r="I86" s="67"/>
+      <c r="J86" s="67"/>
+      <c r="K86" s="67"/>
+      <c r="L86" s="67"/>
+      <c r="M86" s="67"/>
+    </row>
+    <row r="87" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B87" s="68"/>
+      <c r="C87" s="69"/>
+      <c r="D87" s="69"/>
+      <c r="E87" s="69"/>
+      <c r="F87" s="69"/>
+      <c r="G87" s="69"/>
+      <c r="H87" s="69"/>
+      <c r="I87" s="69"/>
+      <c r="J87" s="69"/>
+      <c r="K87" s="69"/>
+      <c r="L87" s="69"/>
+      <c r="M87" s="69"/>
+    </row>
+    <row r="88" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B88" s="68"/>
+      <c r="C88" s="69"/>
+      <c r="D88" s="69"/>
+      <c r="E88" s="69"/>
+      <c r="F88" s="69"/>
+      <c r="G88" s="69"/>
+      <c r="H88" s="67"/>
+      <c r="I88" s="67"/>
+      <c r="J88" s="67"/>
+      <c r="K88" s="67"/>
+      <c r="L88" s="67"/>
+      <c r="M88" s="67"/>
+    </row>
+    <row r="89" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B89" s="68"/>
+      <c r="C89" s="69"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="69"/>
+      <c r="F89" s="69"/>
+      <c r="G89" s="69"/>
+      <c r="H89" s="69"/>
+      <c r="I89" s="69"/>
+      <c r="J89" s="69"/>
+      <c r="K89" s="69"/>
+      <c r="L89" s="69"/>
+      <c r="M89" s="69"/>
+    </row>
+    <row r="90" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B90" s="68"/>
+      <c r="C90" s="69"/>
+      <c r="D90" s="69"/>
+      <c r="E90" s="69"/>
+      <c r="F90" s="69"/>
+      <c r="G90" s="69"/>
+      <c r="H90" s="69"/>
+      <c r="I90" s="69"/>
+      <c r="J90" s="69"/>
+      <c r="K90" s="69"/>
+      <c r="L90" s="69"/>
+      <c r="M90" s="69"/>
+    </row>
+    <row r="91" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B91" s="67"/>
+      <c r="C91" s="67"/>
+      <c r="D91" s="67"/>
+      <c r="E91" s="67"/>
+      <c r="F91" s="67"/>
+      <c r="G91" s="67"/>
+      <c r="H91" s="67"/>
+      <c r="I91" s="67"/>
+      <c r="J91" s="67"/>
+      <c r="K91" s="67"/>
+      <c r="L91" s="67"/>
+      <c r="M91" s="67"/>
+    </row>
+    <row r="92" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B92" s="65" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C92" s="71"/>
-[...24 lines deleted...]
-      <c r="B94" s="183" t="e">
+      <c r="C92" s="69"/>
+      <c r="D92" s="69"/>
+      <c r="E92" s="69"/>
+      <c r="F92" s="69"/>
+      <c r="G92" s="69"/>
+      <c r="H92" s="69"/>
+      <c r="I92" s="69"/>
+      <c r="J92" s="69"/>
+      <c r="K92" s="69"/>
+      <c r="L92" s="69"/>
+      <c r="M92" s="69"/>
+    </row>
+    <row r="93" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="18"/>
+      <c r="H93" s="18"/>
+      <c r="I93" s="18"/>
+      <c r="J93" s="17"/>
+      <c r="K93" s="17"/>
+      <c r="L93" s="17"/>
+      <c r="M93" s="17"/>
+    </row>
+    <row r="94" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B94" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C94" s="185"/>
-[...12 lines deleted...]
-      <c r="B95" s="183" t="e">
+      <c r="C94" s="174"/>
+      <c r="D94" s="174"/>
+      <c r="E94" s="174"/>
+      <c r="F94" s="174"/>
+      <c r="G94" s="174"/>
+      <c r="H94" s="174"/>
+      <c r="I94" s="174"/>
+      <c r="J94" s="174"/>
+      <c r="K94" s="174"/>
+      <c r="L94" s="174"/>
+      <c r="M94" s="173"/>
+    </row>
+    <row r="95" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B95" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C95" s="184"/>
-[...12 lines deleted...]
-      <c r="B96" s="183" t="e">
+      <c r="C95" s="173"/>
+      <c r="D95" s="199"/>
+      <c r="E95" s="200"/>
+      <c r="F95" s="200"/>
+      <c r="G95" s="200"/>
+      <c r="H95" s="200"/>
+      <c r="I95" s="200"/>
+      <c r="J95" s="200"/>
+      <c r="K95" s="200"/>
+      <c r="L95" s="200"/>
+      <c r="M95" s="201"/>
+    </row>
+    <row r="96" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B96" s="172" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="C96" s="184"/>
-[...12 lines deleted...]
-    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="C96" s="173"/>
+      <c r="D96" s="202"/>
+      <c r="E96" s="203"/>
+      <c r="F96" s="203"/>
+      <c r="G96" s="203"/>
+      <c r="H96" s="203"/>
+      <c r="I96" s="203"/>
+      <c r="J96" s="203"/>
+      <c r="K96" s="203"/>
+      <c r="L96" s="203"/>
+      <c r="M96" s="204"/>
+    </row>
+    <row r="97" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="98" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B98" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="99" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B99" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="100" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="101" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B101" s="1" t="e">
         <f>SDM利用申込書!#REF!</f>
         <v>#REF!</v>
       </c>
     </row>
-    <row r="102" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="103" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="102" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="103" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <mergeCells count="72">
     <mergeCell ref="B94:M94"/>
     <mergeCell ref="B95:C95"/>
     <mergeCell ref="D95:M95"/>
     <mergeCell ref="B96:C96"/>
     <mergeCell ref="D96:M96"/>
     <mergeCell ref="B70:M70"/>
     <mergeCell ref="B71:C72"/>
     <mergeCell ref="D71:F71"/>
     <mergeCell ref="H71:M71"/>
     <mergeCell ref="D72:F72"/>
     <mergeCell ref="H72:I72"/>
     <mergeCell ref="J72:K72"/>
     <mergeCell ref="L72:M72"/>
     <mergeCell ref="B49:M49"/>
     <mergeCell ref="B61:C61"/>
     <mergeCell ref="B63:C63"/>
     <mergeCell ref="B65:M65"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="D27:H27"/>
     <mergeCell ref="J27:M27"/>
     <mergeCell ref="B33:M44"/>
     <mergeCell ref="B48:M48"/>
     <mergeCell ref="B25:C25"/>